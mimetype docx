--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:140.65934065934px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Karim Beddiar </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-LOD generative approach for multi-objective sustainability optimization from the early stages of building design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cohen Boulakia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Jaboin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automation in Construction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 177, pp.106326. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.autcon.2025.106326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05125651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced multi-horizon occupancy prediction in smart buildings using cascaded Bi-LSTM models with integrated features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinmayi Kanthila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhinandana Boodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Marszal-Pomianowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Amirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 318, pp.114442. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbuild.2024.114442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04626807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BIM data flow architecture with AR/VR technologies: Use cases in architecture, engineering and construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Schiavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automation in Construction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 134, pp.104054. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.autcon.2021.104054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03967321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction hors-site : un nouveau paradigme dans l’acte de construire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emna Attouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chazal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et organisation générale de la construction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-c3213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Scheduling of Grid Transactive Home Demand Responsive Appliances Using Polar Bear Optimization Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Muzaffar Iqbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Fahad Zia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Benbouzid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.222285-222296. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3043639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bâtiment 4.0 - Enjeux, concepts et technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et organisation générale de la construction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-c3207⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Times to cracking in reinforced mortar beams subjected to accelerated corrosion tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Caré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Berthaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 43 (1-2), pp.107-124. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1617/s11527-009-9474-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04100908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accélération de la consolidation des argiles par électro-osmose : essais en centrifugeuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Berthaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dupas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de Géotechnique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 114, pp.43-52. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/geotech/2006114043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of pH in Electro-Osmosis: Experimental Study on NaCl–Water Saturated Kaolinite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Fen-Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Berthaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Dangla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport in Porous Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 61 (1), pp.93-107. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11242-004-6798-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vérification expérimentale de la relation de réciprocité d'Onsager pour l'électro-osmose et l'électro-filtration dans une argile naturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Berthaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Dupas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 330 (12), pp.893-898. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1631-0721(02)01538-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of pH in Electro-Osmosis: Experimental Study on NaCl–Water Saturated Kaolinite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Berthaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Dupas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 330 (12), pp.893-898. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1631-0721(02)01538-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-Policy vs. Off-Policy HVAC Control: Comparing PPO and SAC–Gumbel in EnergyPlus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalil Al Sayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhinandana Boodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roozbeh Sadeghian Broujeny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE 16th Annual Ubiquitous Computing, Electronics & Mobile Communication Conference (UEMCON)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Yorktown Heights, United States. pp.0382-0387, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/UEMCON67449.2025.11267698⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05399809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information Fusion for Real-Time Occupancy Estimation Using CO2 Dynamics and PIR Sensors in Smart Building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bourgoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Micheneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhinandana Boodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 10th International Conference on Energy Efficiency and Agricultural Engineering (EE&amp;AE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Stara Zagora, Bulgaria. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEAE65901.2025.11273608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05420505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attention Makes HVAC Control More Efficient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalil Al Sayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhinandana Boodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roozbeh Sadeghian Broujeny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2025 – 51st Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Madrid, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON58223.2025.11221485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction-Based Methods for Multivariate Time Series Anomaly Detection : A Review and Taxonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Errachidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimilia Tasidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Advances in Artificial Intelligence (ICAAI 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-Aware Optimization of Multi-Robot Systems with Task Allocation and Partial Recharge Scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Junior Avossevou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouahib Guenounou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Split - Croatia, Croatia. pp.2541-2546, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoDIT66093.2025.11321551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05279538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hybrid Approach to Building Thermal Modeling Using Physics-Based Machine Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhinandana Boodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE 16th Annual Ubiquitous Computing, Electronics & Mobile Communication Conference (UEMCON)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Yorktown Heights, United States. pp.0335-0339, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/UEMCON67449.2025.11267566⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05399803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinforcement Learning for Optimal HVAC Control: From Theory to Real-World Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalil Al Sayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhinandana Boodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roozbeh Sadeghian Broujeny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2023- 49th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Singapore, Singapore. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON51785.2023.10312131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occupancy Prediction in Buildings Using Cascaded LSTM Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinmayi Kanthila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhinandana Boodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Amirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Benbouzid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2023- 49th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Singapore, Singapore. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON51785.2023.10311629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed transactive energy management in microgrids based on blockchain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douiri Leila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Ouchani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Kordoghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Féthi Zagrouba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Risks and Security of Internet and System</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lecture Notes in Computer Science, 2023, Rabat (MOROCCO), Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04371569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-automatic generation of virtual reality procedural scenarios for operation in construction based on 4d building information models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Schiavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONVR 2021 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Middlesbrough, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VR Simulation of Operating Procedure in Construction Based on BIM and Safety Ontology: A Proof of Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Schiavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroXR 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Milan, Italy. pp.126-141, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-90739-6_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of cover delamination on the assessment of the corroding rebar in concrete, using the half-cell potential mapping method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ouglova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Berthaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilie Petre-Lazar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International RILEM Workshop on Life Prediction and Aging Management of Concrete Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Paris, France. pp.103-113, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1617/2912143780.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture proposal of a VR operating procedure system for construction training based on BIM and QHSE rules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Schiavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">VTT. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 21st EuroXR International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Athènes, Greece. pp.193-197, 2024, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32040/2242-122X.2024.T432⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05048829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Building Information Modeling in Property Industry: Beginning with Building Information Modeling Construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Godefry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djaoued Beladjine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICBINMSM 2018: 20th International Conference on Building Information Models and Space Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One or More Building Information Modeling Managers in France: The Confusion of the Kind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djaoued Beladjine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICBINMSM 2018: 20th International Conference on Building Information Models and Space Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction circulaire en action - Enjeux et outils numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DUNOD. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DUNOD</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massification énergétique des bâtiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riad Ziour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">dunod. dunod, 2022, 9782100826414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction hors-site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Cléraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DUNOD. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DUNOD</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9782100811335</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction 4.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Grellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Woods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DUNOD. DUNOD, 2019, 9782100790500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain pour l’énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Imbault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9782100776757</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BIM et énergétique du bâtiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Imbault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2017, 9782100766604</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bâtiment intelligent et efficacité énergétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lemale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DUNOD. DUNOD, 2016, 9782100747207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solutions énergétiques dans les écoquartiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lemale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amjahdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DUNOD. DUNOD, 2015, 9782100711345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId118"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:140.65934065934px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Karim Beddiar </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-LOD generative approach for multi-objective sustainability optimization from the early stages of building design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cohen Boulakia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Jaboin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automation in Construction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 177, pp.106326. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.autcon.2025.106326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05125651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced multi-horizon occupancy prediction in smart buildings using cascaded Bi-LSTM models with integrated features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinmayi Kanthila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhinandana Boodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Marszal-Pomianowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Amirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 318, pp.114442. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbuild.2024.114442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04626807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BIM data flow architecture with AR/VR technologies: Use cases in architecture, engineering and construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Schiavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automation in Construction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 134, pp.104054. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.autcon.2021.104054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03967321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction hors-site : un nouveau paradigme dans l’acte de construire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emna Attouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chazal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et organisation générale de la construction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-c3213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Scheduling of Grid Transactive Home Demand Responsive Appliances Using Polar Bear Optimization Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Muzaffar Iqbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Fahad Zia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Benbouzid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.222285-222296. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3043639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bâtiment 4.0 - Enjeux, concepts et technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et organisation générale de la construction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-c3207⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Times to cracking in reinforced mortar beams subjected to accelerated corrosion tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Caré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Berthaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 43 (1-2), pp.107-124. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1617/s11527-009-9474-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04100908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accélération de la consolidation des argiles par électro-osmose : essais en centrifugeuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Berthaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dupas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de Géotechnique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 114, pp.43-52. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/geotech/2006114043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of pH in Electro-Osmosis: Experimental Study on NaCl–Water Saturated Kaolinite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Fen-Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Berthaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Dangla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport in Porous Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 61 (1), pp.93-107. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11242-004-6798-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vérification expérimentale de la relation de réciprocité d'Onsager pour l'électro-osmose et l'électro-filtration dans une argile naturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Berthaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Dupas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 330 (12), pp.893-898. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1631-0721(02)01538-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of pH in Electro-Osmosis: Experimental Study on NaCl–Water Saturated Kaolinite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Berthaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Dupas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 330 (12), pp.893-898. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1631-0721(02)01538-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information Fusion for Real-Time Occupancy Estimation Using CO2 Dynamics and PIR Sensors in Smart Building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bourgoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Micheneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhinandana Boodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 10th International Conference on Energy Efficiency and Agricultural Engineering (EE&amp;AE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Stara Zagora, Bulgaria. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEAE65901.2025.11273608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05420505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-Policy vs. Off-Policy HVAC Control: Comparing PPO and SAC–Gumbel in EnergyPlus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalil Al Sayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhinandana Boodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roozbeh Sadeghian Broujeny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE 16th Annual Ubiquitous Computing, Electronics & Mobile Communication Conference (UEMCON)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Yorktown Heights, United States. pp.0382-0387, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/UEMCON67449.2025.11267698⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05399809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction-Based Methods for Multivariate Time Series Anomaly Detection : A Review and Taxonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Errachidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimilia Tasidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Advances in Artificial Intelligence (ICAAI 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attention Makes HVAC Control More Efficient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalil Al Sayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhinandana Boodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roozbeh Sadeghian Broujeny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2025 – 51st Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Madrid, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON58223.2025.11221485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-Aware Optimization of Multi-Robot Systems with Task Allocation and Partial Recharge Scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Junior Avossevou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Nait Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouahib Guenounou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Split - Croatia, Croatia. pp.2541-2546, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoDIT66093.2025.11321551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05279538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hybrid Approach to Building Thermal Modeling Using Physics-Based Machine Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhinandana Boodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE 16th Annual Ubiquitous Computing, Electronics & Mobile Communication Conference (UEMCON)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Yorktown Heights, United States. pp.0335-0339, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/UEMCON67449.2025.11267566⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05399803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occupancy Prediction in Buildings Using Cascaded LSTM Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinmayi Kanthila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhinandana Boodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Amirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Benbouzid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2023- 49th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Singapore, Singapore. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON51785.2023.10311629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinforcement Learning for Optimal HVAC Control: From Theory to Real-World Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalil Al Sayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhinandana Boodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roozbeh Sadeghian Broujeny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2023- 49th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Singapore, Singapore. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON51785.2023.10312131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed transactive energy management in microgrids based on blockchain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douiri Leila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Ouchani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Kordoghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Féthi Zagrouba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Risks and Security of Internet and System</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lecture Notes in Computer Science, 2023, Rabat (MOROCCO), Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04371569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-automatic generation of virtual reality procedural scenarios for operation in construction based on 4d building information models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Schiavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONVR 2021 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Middlesbrough, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VR Simulation of Operating Procedure in Construction Based on BIM and Safety Ontology: A Proof of Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Schiavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroXR 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Milan, Italy. pp.126-141, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-90739-6_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of cover delamination on the assessment of the corroding rebar in concrete, using the half-cell potential mapping method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ouglova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Berthaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilie Petre-Lazar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International RILEM Workshop on Life Prediction and Aging Management of Concrete Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Paris, France. pp.103-113, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1617/2912143780.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture proposal of a VR operating procedure system for construction training based on BIM and QHSE rules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Schiavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">VTT. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 21st EuroXR International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Athènes, Greece. pp.193-197, 2024, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32040/2242-122X.2024.T432⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05048829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Building Information Modeling in Property Industry: Beginning with Building Information Modeling Construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Godefry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djaoued Beladjine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICBINMSM 2018: 20th International Conference on Building Information Models and Space Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One or More Building Information Modeling Managers in France: The Confusion of the Kind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djaoued Beladjine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICBINMSM 2018: 20th International Conference on Building Information Models and Space Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction circulaire en action - Enjeux et outils numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DUNOD. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DUNOD</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massification énergétique des bâtiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riad Ziour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">dunod. dunod, 2022, 9782100826414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction hors-site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Cléraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DUNOD. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DUNOD</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9782100811335</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction 4.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Grellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Woods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DUNOD. DUNOD, 2019, 9782100790500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain pour l’énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Imbault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9782100776757</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BIM et énergétique du bâtiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Imbault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2017, 9782100766604</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bâtiment intelligent et efficacité énergétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lemale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DUNOD. DUNOD, 2016, 9782100747207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solutions énergétiques dans les écoquartiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Beddiar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lemale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amjahdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DUNOD. DUNOD, 2015, 9782100711345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId118"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125651v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bouillon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cohen Boulakia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Beddiar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jaboin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Duval" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2025.106326" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626807v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinmayi Kanthila" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhinandana Boodi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Marszal-Pomianowska" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Amirat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2024.114442" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967321v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Schiavi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Havard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baudry" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2021.104054" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070453v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Attouri" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chazal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-c3213" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070443v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Muzaffar Iqbal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Fahad Zia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benbouzid" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3043639" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070460v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-c3207" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100908v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Car&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Nguyen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Berthaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-009-9474-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4F3KDH1V-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070465v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thorel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dupas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/geotech/2006114043" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070446v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Fen-Chong" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Dupas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Berthaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dangla" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-004-6798-9" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-NDPD54QW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070448v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0721(02)01538-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070481v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399809v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Al Sayed" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roozbeh Sadeghian Broujeny" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UEMCON67449.2025.11267698" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420505v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Bourgoin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Micheneau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEAE65901.2025.11273608" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372129v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON58223.2025.11221485" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285638v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Errachidi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimilia Tasidou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Nait Chabane" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279538v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Junior Avossevou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouahib Guenounou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT66093.2025.11321551" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399803v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UEMCON67449.2025.11267566" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290855v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON51785.2023.10312131" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290828v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON51785.2023.10311629" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371569v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douiri Leila" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Ouchani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Kordoghli" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;thi Zagrouba" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098107v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070473v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90739-6_8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070479v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ouglova" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilie Petre-Lazar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/2912143780.010" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048829v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32040/2242-122X.2024.T432" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108231v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Godefry" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djaoued Beladjine" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108206v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blanchard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070494v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070484v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Ziour" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070486v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cl&#233;raux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-techniques/construction-hors-site-dfma-modulaire-bim-industrialisation-du-batiment" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070491v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grellier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Woods" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070640v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Imbault" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070641v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070642v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lemale" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070643v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amjahdi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125651v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bouillon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cohen Boulakia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Beddiar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jaboin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Duval" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2025.106326" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626807v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinmayi Kanthila" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhinandana Boodi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Marszal-Pomianowska" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Amirat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2024.114442" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967321v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Schiavi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Havard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baudry" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2021.104054" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070453v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Attouri" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chazal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-c3213" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070443v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Muzaffar Iqbal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Fahad Zia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benbouzid" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3043639" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070460v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-c3207" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100908v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Car&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Nguyen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Berthaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-009-9474-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4F3KDH1V-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070465v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thorel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dupas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/geotech/2006114043" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070446v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Fen-Chong" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Dupas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Berthaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dangla" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-004-6798-9" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-NDPD54QW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070448v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0721(02)01538-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070481v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420505v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Bourgoin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Micheneau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEAE65901.2025.11273608" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399809v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Al Sayed" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roozbeh Sadeghian Broujeny" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UEMCON67449.2025.11267698" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285638v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Errachidi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimilia Tasidou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Nait Chabane" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372129v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON58223.2025.11221485" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279538v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Junior Avossevou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouahib Guenounou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT66093.2025.11321551" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399803v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UEMCON67449.2025.11267566" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290828v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON51785.2023.10311629" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290855v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON51785.2023.10312131" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371569v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douiri Leila" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Ouchani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Kordoghli" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;thi Zagrouba" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098107v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070473v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90739-6_8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070479v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ouglova" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilie Petre-Lazar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/2912143780.010" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048829v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32040/2242-122X.2024.T432" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108231v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Godefry" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djaoued Beladjine" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108206v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blanchard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070494v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070484v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Ziour" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070486v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cl&#233;raux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-techniques/construction-hors-site-dfma-modulaire-bim-industrialisation-du-batiment" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070491v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grellier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Woods" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070640v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Imbault" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070641v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070642v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lemale" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070643v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amjahdi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>