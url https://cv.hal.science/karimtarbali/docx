--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -277,503 +277,503 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04846064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interdisciplinarity in practice: Reflections from early-career researchers developing a risk-informed decision support environment for Tomorrow's cities</w:t>
+                <w:t xml:space="preserve">A ground motion model for orientation-independent inelastic spectral displacements from shallow crustal earthquakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.E. Filippi</w:t>
+                <w:t xml:space="preserve">Savvinos Aristeidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Tarbali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Barcena</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gerard O’reilly</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2022.103481⟩</w:t>
+              <w:t xml:space="preserve">Earthquake Spectra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 39 (3), pp.1601-1624. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/87552930231180228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04846050v1</w:t>
+                <w:t xml:space="preserve">hal-04200235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of near-fault directivity pulses on ground-motion intensity measure correlations from the NGA-West2 data set</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physics-based simulations of multiple natural hazards for risk-sensitive planning and decision making in expanding urban regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luke Jenkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggie Creed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Tarbali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoranjan Muthusamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brendon Bradley</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Robert Šakić Trogrlić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earthquake Spectra</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/87552930231199059⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 84, pp.103338. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2022.103338⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04219956v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A ground motion model for orientation-independent inelastic spectral displacements from shallow crustal earthquakes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of near-fault directivity pulses on ground-motion intensity measure correlations from the NGA-West2 data set</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Tarbali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brendon Bradley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Savvinos Aristeidou</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gerard O’reilly</w:t>
+                <w:t xml:space="preserve">Jack Baker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earthquake Spectra</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 39 (3), pp.1601-1624. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/87552930231180228⟩</w:t>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/87552930231199059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04200235v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04219956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physics-based simulations of multiple natural hazards for risk-sensitive planning and decision making in expanding urban regions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interdisciplinarity in practice: Reflections from early-career researchers developing a risk-informed decision support environment for Tomorrow's cities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.E. Filippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luke Jenkins</w:t>
+                <w:t xml:space="preserve">A. Barcena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maggie Creed</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karim Tarbali</w:t>
+                <w:t xml:space="preserve">R. Šakić Trogrlić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manoranjan Muthusamy</w:t>
+                <w:t xml:space="preserve">G. Cremen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Šakić Trogrlić</w:t>
+                <w:t xml:space="preserve">E.Y. Menteşe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 84, pp.103338. </w:t>
+              <w:t xml:space="preserve">, 2023, 85, pp.103481. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2022.103338⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2022.103481⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04197980v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04846050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A state-of-the-art decision-support environment for risk-sensitive and pro-poor urban planning and design in Tomorrow's cities</w:t>
               </w:r>
@@ -811,51 +811,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Mccloskey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Barcena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggie Creed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 85, pp.103400. </w:t>
@@ -1004,295 +1004,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04197972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovations in earthquake risk reduction for resilience: Recent advances and challenges</w:t>
+                <w:t xml:space="preserve">A Region-Specific Ground-Motion Model for Inelastic Spectral Displacement in Northern Italy Considering Spatial Correlation Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabio Freddi</w:t>
+                <w:t xml:space="preserve">Chen Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Tarbali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmine Galasso</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2021.102267⟩</w:t>
+              <w:t xml:space="preserve">Seismological Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 92 (3), pp.1979-1991. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1785/0220200249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04200245v1</w:t>
+                <w:t xml:space="preserve">hal-04200248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Region-Specific Ground-Motion Model for Inelastic Spectral Displacement in Northern Italy Considering Spatial Correlation Properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Innovations in earthquake risk reduction for resilience: Recent advances and challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Freddi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmine Galasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gemma Cremen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Dall’asta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chen Huang</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Luigi Di Sarno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seismological Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 92 (3), pp.1979-1991. </w:t>
+              <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 60, pp.102267. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1785/0220200249⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2021.102267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04200248v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlation properties of integral ground‐motion intensity measures from Italian strong‐motion records</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chen Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Tarbali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1365,64 +1365,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ground Motion Selection in the Near-Fault Region considering Directivity-Induced Pulse Effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Tarbali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendon Bradley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Baker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earthquake Spectra</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 35 (2), pp.759-786. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1469,64 +1469,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consideration and Propagation of Ground Motion Selection Epistemic Uncertainties to Seismic Performance Metrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Tarbali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendon Bradley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Baker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earthquake Spectra</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 34 (2), pp.587-610. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1560,51 +1560,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ground motion simulations of great earthquakes on the Alpine Fault: effect of hypocentre location and comparison with empirical modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendon Bradley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sung Bae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1707,51 +1707,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of causal parameter bounds in PSHA-based ground motion selection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Tarbali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendon Bradley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EARTHQUAKE ENGINEERING &amp; STRUCTURAL DYNAMICS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 45 (9), pp.1515-1535. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1940,51 +1940,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ground motion selection for scenario ruptures using the generalised conditional intensity measure (GCIM) method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Tarbali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendon Bradley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EARTHQUAKE ENGINEERING &amp; STRUCTURAL DYNAMICS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 44 (10), pp.1601-1621. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2024,209 +2024,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04200269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Story shear and torsional moment-based pushover procedure for asymmetric-plan buildings using an adaptive capacity spectrum method</w:t>
+                <w:t xml:space="preserve">Effect of structural uncertainty on seismic response of steel moment-resisting frames equipped with tuned mass dampers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Tarbali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kazem Shakeri</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fariborz Nateghi-A</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2014.08.006⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Steel Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14 (2), pp.231-241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13296-014-2004-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04200261v1</w:t>
+                <w:t xml:space="preserve">hal-04200260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of structural uncertainty on seismic response of steel moment-resisting frames equipped with tuned mass dampers</w:t>
+                <w:t xml:space="preserve">Story shear and torsional moment-based pushover procedure for asymmetric-plan buildings using an adaptive capacity spectrum method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Tarbali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fariborz Nateghi-A</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kazem Shakeri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Steel Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 14 (2), pp.231-241. </w:t>
+              <w:t xml:space="preserve">Engineering Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 79, pp.32-44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13296-014-2004-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2014.08.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04200260v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pushover analysis of asymmetric-plan buildings based on distribution of the combined modal story shear and torsional moment</w:t>
               </w:r>
@@ -2329,51 +2329,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Representative ground-motion ensembles for several major earthquake scenarios in New Zealand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Tarbali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendon Bradley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin of the New Zealand Society for Earthquake Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 47 (4), pp.231-252. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2717,51 +2717,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FCC342A9"/>
+    <w:nsid w:val="D68715E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2948,51 +2948,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/karimtarbali" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8234-7726" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846064v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dashti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Tarbali" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zhou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Chase" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2024.120039" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846050v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.E. Filippi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barcena" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. &#352;aki&#263; Trogrli&#263;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cremen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.Y. Mente&#351;e" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2022.103481" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219956v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendon Bradley" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Baker" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/87552930231199059" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200235v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savvinos Aristeidou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard O&#8217;reilly" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/87552930231180228" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197980v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Jenkins" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggie Creed" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoranjan Muthusamy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert &#352;aki&#263; Trogrli&#263;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2022.103338" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846056v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Cremen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmine Galasso" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Mccloskey" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Barcena" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2022.103400" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197972v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samaneh Dashti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Zhou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Geoffrey Chase" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15732479.2022.2132519" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200245v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Freddi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Dall&#8217;asta" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Di Sarno" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102267" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200248v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Huang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220200249" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200289v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eqe.3318" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200408v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1193/102517EQS223M" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200296v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1193/061317EQS114M" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200295v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung Bae" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Polak" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lee" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Thomson" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00288306.2017.1297313" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200291v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eqe.2721" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QMWT74QN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200266v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohtasham Mohebbi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Rasouli Dabbagh" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solmaz Moradpour" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazem Shakeri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/24/4/045017" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200269v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eqe.2546" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-33KSTB9V-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200261v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2014.08.006" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200260v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariborz Nateghi-A" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13296-014-2004-2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200259v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11803-014-0274-5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200264v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5459/bnzsee.47.4.231-252" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200258v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13632469.2013.781558" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200252v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2011.11.032" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S46KRGH8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/karimtarbali" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8234-7726" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846064v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dashti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Tarbali" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zhou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Chase" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2024.120039" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200235v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savvinos Aristeidou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard O&#8217;reilly" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/87552930231180228" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197980v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Jenkins" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggie Creed" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoranjan Muthusamy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert &#352;aki&#263; Trogrli&#263;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2022.103338" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219956v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendon Bradley" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Baker" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/87552930231199059" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846050v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.E. Filippi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barcena" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. &#352;aki&#263; Trogrli&#263;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cremen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.Y. Mente&#351;e" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2022.103481" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846056v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Cremen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmine Galasso" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Mccloskey" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Barcena" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2022.103400" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197972v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samaneh Dashti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Zhou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Geoffrey Chase" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15732479.2022.2132519" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200248v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Huang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220200249" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200245v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Freddi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Dall&#8217;asta" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Di Sarno" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102267" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200289v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eqe.3318" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200408v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1193/102517EQS223M" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200296v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1193/061317EQS114M" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200295v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung Bae" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Polak" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lee" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Thomson" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00288306.2017.1297313" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200291v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eqe.2721" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QMWT74QN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200266v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohtasham Mohebbi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Rasouli Dabbagh" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solmaz Moradpour" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazem Shakeri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/24/4/045017" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200269v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eqe.2546" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-33KSTB9V-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200260v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariborz Nateghi-A" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13296-014-2004-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200261v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2014.08.006" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200259v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11803-014-0274-5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200264v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5459/bnzsee.47.4.231-252" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200258v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13632469.2013.781558" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200252v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2011.11.032" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S46KRGH8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>