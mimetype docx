--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Karine Adeline </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches se portent sur l'estimation, la cartographie et le suivi temporel des traits structuraux et fonctionnels de la végétation à partir d'une évaluation précise des propriétés optiques de surface et d'une prise en compte adaptée de la structure 3D des objets, en utilisant des données de télédétection et des moyens de modélisation et simulation physiques. Mes cas d'étude sont les arbres, présents dans différents contextes environnementaux (milieux urbains, forêts ouvertes/denses en climat méditerranéen et montagnard/tempéré) avec pour objectif final d'obtenir une meilleure détermination de leur état de santé en vue de multiples applications (impact des activités anthropiques, du changement climatique avec l'augmentation des sécheresses, du stress hydrique, des incendies de forêt, impact de facteurs biotiques tels que les maladies, etc.). La méthodologie que j'emploie est basée sur la modélisation 3D d'une scène avec arbres, la simulation du transfert radiatif et l'utilisation de méthodes d'inversion avec machine/deep learning à la fois à l'échelle de la feuille et de la canopée. Mes projets en cours et en perspectives sont dédiés à l'étude d'approches multi-échelles et multi-modales, notamment pour la préparation de futures missions satellitaires hyperspectrales (BIODIVERSITE, CHIME, SBG). Les données utilisées proviennent d'acquisitions drones, aéroportées ou satellitaires, et sont de natures différentes (optique - réflectif & thermique, polarimétrique / photométrique, LiDAR 3D). Les synergies avec des informations radar sont également explorées. J'ai un autre intérêt dédié à mieux comprendre les processus physiques de diffusion de la lumière à travers la canopée des arbres afin d'apporter une meilleure correction dans les ombres des arbres pour améliorer les performances de codes de correction atmosphérique et par la suite une meilleure détermination des propriétés optiques de surface.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling 3D radiative transfer for maize traits retrieval: A growth stage-dependent study on hyperspectral sensitivity to field geometry, soil moisture, and leaf biochemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Démoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhijun Zhen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing of Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 327, pp.114784. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rse.2025.114784⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05192470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping of Clay Montmorillonite Abundance in Agricultural Fields Using Unmixing Methods at Centimeter Scale Hyperspectral Images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Hohmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (17), pp.3211. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs16173211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04694832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of Oak Leaf Functional Traits for California Woodland Savannas and Mixed Forests: Comparison between Statistical, Physical, and Hybrid Methods Using Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Ustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (1), pp.29. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs16010029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A spatio-temporal dataset for ecophysiological monitoring of urban trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Saint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Nabucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Sulmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pellen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 57, pp.111010. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2024.111010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scale datasets for monitoring Mediterranean oak forests from optical remote sensing during the SENTHYMED/MEDOAK experiment in the north of Montpellier (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Féret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harold Clenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Limousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Ourcival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 53, pp.110185. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2024.110185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04472476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity Analysis of Sentinel-2 Imagery to Assess Urban Tree Functional Traits: A Physical Approach Based on Local Climate Zones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Saint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Nabucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Hubert-Moy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (23), pp.4402. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs16234402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04847193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of Urban Tree Chlorophyll Content and Leaf Area Index Using Sentinel-2 Images and 3D Radiative Transfer Model Inversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Saint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Nabucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Hubert-Moy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (20), pp.3867. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs16203867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-source datasets acquired over Toulouse (France) in 2021 for urban microclimate studies during the CAMCATT/AI4GEO field campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Roupioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Al Bitar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Barbon-Dubosc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2023.109109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04064296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing vegetation traits estimates accuracies from the future SBG and biodiversity hyperspectral missions over two Mediterranean Forests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Miraglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Ustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43 (10), pp.3537 - 3562. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01431161.2022.2093143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Tree Crown Transmittance on Surface Reflectance Retrieval in the Shade for High Spatial Resolution Imaging Spectroscopy: A Simulation Analysis Based on Tree Modeling Scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine R. M. Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (5), pp.931. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs13050931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03179732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Material-Oriented TES for Land Surface Temperature and SUHI Retrieval in Urban Areas: Case Study over Madrid in the Framework of the Future TRISHNA Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Granero-Belinchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Cassante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Boitard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (24), pp.5139. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs13245139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03526867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Modeling Abstractions When Estimating Leaf Mass per Area and Equivalent Water Thickness Over Sparse Forests Using a Hybrid Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Miraglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal Schaaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (16), pp.3235. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs13163235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the number of dates and their sampling on a NDVI time series reconstruction methodology to monitor urban trees with Venμs satellite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Granero-Belinchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Applied Earth Observation and Geoinformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 95, pp.102257. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jag.2020.102257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03035937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montmorillonite Estimation in Clay-Quartz-Calcite Samples from Laboratory SWIR Imaging Spectroscopy: A Comparative Study of Spectral Preprocessings and Unmixing Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Hohmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs12111723⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenological Dynamics Characterization of Alignment Trees with Sentinel-2 Imagery: A Vegetation Indices Time Series Reconstruction Methodology Adapted to Urban Areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Granero-Belinchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Lemonsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (4), pp.639. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs12040639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03035307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Use of PROSAIL and DART for Fast LUT Building: Application to Gap Fraction and Leaf Biochemistry Estimations over Sparse Oak Stands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Miraglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Ustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (18), pp.2925. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs12182925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02976277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring LAI, Chlorophylls, and Carotenoids Content of a Woodland Savanna Using Hyperspectral Imagery and 3D Radiative Transfer Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Miraglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Ustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12 (1), 028, p. 1-26. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs12010028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02443482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Crop Evapotranspiration and Crop Coefficients over an Almond and Pistachio Orchard Throughout Remote Sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquim Bellvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahar Baram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Pierce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blake L Sanden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (12), pp.2001. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs10122001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of individual trees in urban alignment from airborne data and contextual information : A marked point process approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Aval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Demuynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Zenou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sheeren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 146, pp.197-210. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2018.09.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01991252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity of clay content prediction to spectral configuration of VNIR/SWIR imaging data, from multispectral to hyperspectral scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine R.M. Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sinan Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart Driessen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gorretta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing of Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 204, pp.18-30. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rse.2017.10.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive ability of soil properties to spectral degradation from laboratory Vis-NIR spectroscopy data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine R.M. Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Gorretta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Roger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 288, pp.143-153. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2016.11.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01581442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description de la campagne aéroportée UMBRA : étude de l'impact anthropique sur les écosystèmes urbains et naturels avec des images THR multispectrales et hyperspectrales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Le Bris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coubard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Paparoditis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Photogrammétrie et de Télédétection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 202, pp.79-92. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.52638/rfpt.2013.53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02370225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kernel based sensitivity analysis applied to crop monitoring with hyperspectral remote sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Démoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefèbvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhijun Zhen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Le Dantec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAMO 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05542375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An inter-comparison exercise between spectrometers and handheld sensors to assess biochemical traits of orchard tree leaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Féret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Jay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Colloque scientifique de la Société Française de Photogrammétrie et Télédétection – Groupe Hyperspectral</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Grasse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determining leaf biochemical and phytosanitary status of orchard trees with spectroscopy from visible to long-wave infrared range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Segaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Jay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Féret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres HélioSPIR 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet SentHyMED : bases de données multi-échelles et simulation de paysages de chênaies méditerranéennes par modélisation directe du transfert radiatif pour des images multi- et hysperspectrales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Debue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Féret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian de Boissieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Colloque du Groupe Hyperspectral de la société Française de Photogrammétrie et Télédétection (SFPT-GH)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consideration of Canopy Architecture at different Growth stages For Crop Monitoring with Hyperspectral Remote Sensing: A Case Study for Maize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Démoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAQRS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperspectral remote sensing and 3D radiative transfer modelling for maize crop monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Démoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Marionneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhijun Zhen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th EARSeL Workshop on Imaging Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie de la montmorillonite par démélange d'images hyperspectrales à l'échelle centimétrique : cas de champs agricoles labourés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Hohmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e colloque scientifique du groupe SFPT-GH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of DART and prospect-pro parameters to accurately simulate phenological mixed understory in open mediterranean forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Porterie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pilar Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Burchard-Levine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosario Gonzalez Cascon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IGARSS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04922833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity analysis of Sentinel-2 data for urban tree characterization using DART model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Saint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Hubert-Moy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Nabucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Remote Sensing 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Amsterdam, Netherlands. pp.127350H, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2680259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04269155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de sensibilité du satellite Sentinel-2 pour la caractérisation de la végétation arborée en milieu urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Saint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Nabucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Hubert-Moy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TEMU - Atelier THEIA télédétection pour l'étude du milieu urbain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04765128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet HyperMED : estimation des traits fonctionnels de forêts méditerranéennes à canopée ouverte par imagerie hyperspectrale en prévision des missions BIODIVERSITY et SBG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Porterie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Demoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Victor Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e colloque scientifique du groupe SFPT-GH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflectance correction in tree shadows in high spatial resolution imaging spectroscopy using radiative transfer simulations and machine learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sélim Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAQRS 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Torrent, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LST retrieval with a material-oriented TES for TRISHNA: the specific case of urban areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Granero-Belinchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Roupioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Cassante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TRISHNA DAYS 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LST and SUHI retrieval with a material-oriented Temperature and Emissivity Separation algorithm for airborne and spaceborne thermal sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Granero-Belinchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Roupioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Cassante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAQRS 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Torrent, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the vegetation traits retrieval capabilities of the Biodiversity and SBG hyperspectral satellite missions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Miraglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Ustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EARSeL Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04851961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the robustness of inversion methods to estimate leaf traits from leaf spectra of mixed broadleaf/conifer ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Ustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EARSeL Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04851989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring of the phenological dynamics of urban alignment trees to detect their stress using SENTINEL-2 images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Granero Belinchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Lemonsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TEMU 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04851670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast LUT Building by Combining PROSAIL and DART: Application to Gap Fraction and Leaf Pigments Estimations over a Woodland Savanna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Miraglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Ustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clay minerals abundances estimation under hyperspectral laboratory data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Hohmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Oltra-Carrio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th EARSeL Workshop on Imaging Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the effects of drought and urbanization on urban trees using Sentinel-2 time series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Saint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Nabucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Hubert-Moy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living Planet Symposium 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Vienne, Austria. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05193142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mediterranean forest traits retrieval from hybrid inversion: a multi-sensor and radiative transfer modelling comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Féret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian de Boissieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESA Living Planet Symposium 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Vienna, Austria. , 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05192702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding underlayer dynamics of a fire-prone Mediterranean Tree-Grass Ecosystems using In Situ Data, a 3D Radiative Transfer Model and multi-scale remote sensing data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Porterie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pilar Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Burchard-Levine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living Planet Symposium 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Vienne, Austria. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05192894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Radiative Transfer Modeling for Maize Traits Retrieval Across Different Growth Stages: Exploring the Complementarity of Sentinel-2 and CHIME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Démoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhijun Zhen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living Planet Symposium 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Vienne, Austria. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05192794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie multi-échelle de l’état de vergers par acquisitions drone multimodales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Jay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème colloque scientifique de la Société Française de Photogrammétrie et Télédétection – Groupe Hyperspectral</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SENTHYMED/MEDOAK multi-scale experiment to validate Sentinel-2 and imaging spectroscopy vegetation products over French Mediterranean oak forests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Féret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harold Clenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Limousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Ourcival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Advances in Quantitative Remote Sensing (RAQRS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Valencia, Spain. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04923783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodological developments for monitoring the estimation of flammability indicators using airborne hyperspectral images in a Mediterranean forest context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Porterie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e colloque scientifique du groupe SFPT-GH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04765171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulations d’images hyperspectrales de forêts méditerranéennes et adéquation à des images aéroportées AVIRIS-Next Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Debue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alleaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian de Boissieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Colloque Scientifique du groupe SFPT-GH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping of urban temperatures by TRISHNA : precision of the land surface temperature according to the spatial resolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GEOBIA 2018 - From pixels to ecosystems and global sustainability ​</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montpellier, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflectance bidirectionnelle de la végétation en télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jacquemoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Roujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La lumière diffusée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clay Minerals Mapping from Imaging Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Grandjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Hohmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Observation and Geospatial Analyses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-14, 2019, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/intechopen.86149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02172266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId163"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Karine Adeline </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches se portent sur l'estimation, la cartographie et le suivi temporel des traits structuraux et fonctionnels de la végétation à partir d'une évaluation précise des propriétés optiques de surface et d'une prise en compte adaptée de la structure 3D des objets, en utilisant des données de télédétection et des moyens de modélisation et simulation physiques. Mes cas d'étude sont les arbres, présents dans différents contextes environnementaux (milieux urbains, forêts ouvertes/denses en climat méditerranéen et montagnard/tempéré) avec pour objectif final d'obtenir une meilleure détermination de leur état de santé en vue de multiples applications (impact des activités anthropiques, du changement climatique avec l'augmentation des sécheresses, du stress hydrique, des incendies de forêt, impact de facteurs biotiques tels que les maladies, etc.). La méthodologie que j'emploie est basée sur la modélisation 3D d'une scène avec arbres, la simulation du transfert radiatif et l'utilisation de méthodes d'inversion avec machine/deep learning à la fois à l'échelle de la feuille et de la canopée. Mes projets en cours et en perspectives sont dédiés à l'étude d'approches multi-échelles et multi-modales, notamment pour la préparation de futures missions satellitaires hyperspectrales (BIODIVERSITE, CHIME, SBG). Les données utilisées proviennent d'acquisitions drones, aéroportées ou satellitaires, et sont de natures différentes (optique - réflectif & thermique, polarimétrique / photométrique, LiDAR 3D). Les synergies avec des informations radar sont également explorées. J'ai un autre intérêt dédié à mieux comprendre les processus physiques de diffusion de la lumière à travers la canopée des arbres afin d'apporter une meilleure correction dans les ombres des arbres pour améliorer les performances de codes de correction atmosphérique et par la suite une meilleure détermination des propriétés optiques de surface.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling 3D radiative transfer for maize traits retrieval: A growth stage-dependent study on hyperspectral sensitivity to field geometry, soil moisture, and leaf biochemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Démoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhijun Zhen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing of Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 327, pp.114784. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rse.2025.114784⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05192470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining Spectral Libraries and 3-D Radiative Transfer Modeling to Improve the Simulation of Phenology in Semi-Arid Grasslands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Porterie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pilar Martín</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Burchard-Levine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosario González-Cascón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Démoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18, pp.22441-22465. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSTARS.2025.3599261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05543380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping of Clay Montmorillonite Abundance in Agricultural Fields Using Unmixing Methods at Centimeter Scale Hyperspectral Images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Hohmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (17), pp.3211. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs16173211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04694832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of Oak Leaf Functional Traits for California Woodland Savannas and Mixed Forests: Comparison between Statistical, Physical, and Hybrid Methods Using Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Ustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (1), pp.29. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs16010029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scale datasets for monitoring Mediterranean oak forests from optical remote sensing during the SENTHYMED/MEDOAK experiment in the north of Montpellier (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Féret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harold Clenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Limousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Ourcival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 53, pp.110185. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2024.110185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04472476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A spatio-temporal dataset for ecophysiological monitoring of urban trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Saint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Nabucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Sulmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pellen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 57, pp.111010. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2024.111010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity Analysis of Sentinel-2 Imagery to Assess Urban Tree Functional Traits: A Physical Approach Based on Local Climate Zones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Saint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Nabucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Hubert-Moy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (23), pp.4402. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs16234402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04847193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of Urban Tree Chlorophyll Content and Leaf Area Index Using Sentinel-2 Images and 3D Radiative Transfer Model Inversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Saint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Nabucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Hubert-Moy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (20), pp.3867. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs16203867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-source datasets acquired over Toulouse (France) in 2021 for urban microclimate studies during the CAMCATT/AI4GEO field campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Roupioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Al Bitar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Barbon-Dubosc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2023.109109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04064296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing vegetation traits estimates accuracies from the future SBG and biodiversity hyperspectral missions over two Mediterranean Forests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Miraglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Ustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43 (10), pp.3537 - 3562. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01431161.2022.2093143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Tree Crown Transmittance on Surface Reflectance Retrieval in the Shade for High Spatial Resolution Imaging Spectroscopy: A Simulation Analysis Based on Tree Modeling Scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine R. M. Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (5), pp.931. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs13050931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03179732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Material-Oriented TES for Land Surface Temperature and SUHI Retrieval in Urban Areas: Case Study over Madrid in the Framework of the Future TRISHNA Mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Granero-Belinchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Cassante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Boitard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (24), pp.5139. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs13245139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03526867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Modeling Abstractions When Estimating Leaf Mass per Area and Equivalent Water Thickness Over Sparse Forests Using a Hybrid Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Miraglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal Schaaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (16), pp.3235. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs13163235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the number of dates and their sampling on a NDVI time series reconstruction methodology to monitor urban trees with Venμs satellite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Granero-Belinchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Applied Earth Observation and Geoinformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 95, pp.102257. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jag.2020.102257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03035937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montmorillonite Estimation in Clay-Quartz-Calcite Samples from Laboratory SWIR Imaging Spectroscopy: A Comparative Study of Spectral Preprocessings and Unmixing Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Hohmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs12111723⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenological Dynamics Characterization of Alignment Trees with Sentinel-2 Imagery: A Vegetation Indices Time Series Reconstruction Methodology Adapted to Urban Areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Granero-Belinchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Lemonsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (4), pp.639. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs12040639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03035307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Use of PROSAIL and DART for Fast LUT Building: Application to Gap Fraction and Leaf Biochemistry Estimations over Sparse Oak Stands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Miraglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Ustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (18), pp.2925. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs12182925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02976277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring LAI, Chlorophylls, and Carotenoids Content of a Woodland Savanna Using Hyperspectral Imagery and 3D Radiative Transfer Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Miraglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Ustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12 (1), 028, p. 1-26. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs12010028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02443482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Crop Evapotranspiration and Crop Coefficients over an Almond and Pistachio Orchard Throughout Remote Sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquim Bellvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahar Baram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Pierce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blake L Sanden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (12), pp.2001. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs10122001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of individual trees in urban alignment from airborne data and contextual information : A marked point process approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Aval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Demuynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Zenou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sheeren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 146, pp.197-210. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2018.09.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01991252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity of clay content prediction to spectral configuration of VNIR/SWIR imaging data, from multispectral to hyperspectral scenarios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine R.M. Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sinan Bacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart Driessen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gorretta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing of Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 204, pp.18-30. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rse.2017.10.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive ability of soil properties to spectral degradation from laboratory Vis-NIR spectroscopy data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine R.M. Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Gorretta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Roger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 288, pp.143-153. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2016.11.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01581442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description de la campagne aéroportée UMBRA : étude de l'impact anthropique sur les écosystèmes urbains et naturels avec des images THR multispectrales et hyperspectrales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Le Bris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coubard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Paparoditis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Photogrammétrie et de Télédétection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 202, pp.79-92. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.52638/rfpt.2013.53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02370225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kernel based sensitivity analysis applied to crop monitoring with hyperspectral remote sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Démoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefèbvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhijun Zhen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Le Dantec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAMO 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05542375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An inter-comparison exercise between spectrometers and handheld sensors to assess biochemical traits of orchard tree leaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Féret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Jay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFPT-GH 2025 - 10e colloque scientifique du Groupe Hyperspectral de la Société Française de Photogrammétrie et de Télédétection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Grasse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upscaling lab-based chlorophyll estimation models to orchard canopies with centimeter drone hyperspectral data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Jay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 15th Workshop on Hyperspectral Image and Signal Processing: Evolution in Remote Sensing (WHISPERS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Barcelon, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05535370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upscaling lab-based chlorophyll estimation models to orchard canopies with centimeter drone hyperspectral data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Jay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WHISPERS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05562508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determining leaf biochemical and phytosanitary status of orchard trees with spectroscopy from visible to long-wave infrared range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Segaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Jay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Féret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres HélioSPIR 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet SentHyMED : bases de données multi-échelles et simulation de paysages de chênaies méditerranéennes par modélisation directe du transfert radiatif pour des images multi- et hysperspectrales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Debue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Féret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian de Boissieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Colloque du Groupe Hyperspectral de la société Française de Photogrammétrie et Télédétection (SFPT-GH)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consideration of Canopy Architecture at different Growth stages For Crop Monitoring with Hyperspectral Remote Sensing: A Case Study for Maize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Démoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAQRS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperspectral remote sensing and 3D radiative transfer modelling for maize crop monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Démoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Marionneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhijun Zhen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th EARSeL Workshop on Imaging Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie de la montmorillonite par démélange d'images hyperspectrales à l'échelle centimétrique : cas de champs agricoles labourés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Hohmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e colloque scientifique du groupe SFPT-GH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of DART and prospect-pro parameters to accurately simulate phenological mixed understory in open mediterranean forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Porterie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pilar Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Burchard-Levine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosario Gonzalez Cascon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IGARSS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04922833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity analysis of Sentinel-2 data for urban tree characterization using DART model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Saint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Hubert-Moy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Nabucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Remote Sensing 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Amsterdam, Netherlands. pp.127350H, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2680259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04269155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de sensibilité du satellite Sentinel-2 pour la caractérisation de la végétation arborée en milieu urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Saint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Nabucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Hubert-Moy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TEMU - Atelier THEIA télédétection pour l'étude du milieu urbain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04765128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet HyperMED : estimation des traits fonctionnels de forêts méditerranéennes à canopée ouverte par imagerie hyperspectrale en prévision des missions BIODIVERSITY et SBG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Porterie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Demoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Victor Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e colloque scientifique du groupe SFPT-GH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflectance correction in tree shadows in high spatial resolution imaging spectroscopy using radiative transfer simulations and machine learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sélim Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAQRS 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Torrent, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LST retrieval with a material-oriented TES for TRISHNA: the specific case of urban areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Granero-Belinchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Roupioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Cassante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TRISHNA DAYS 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LST and SUHI retrieval with a material-oriented Temperature and Emissivity Separation algorithm for airborne and spaceborne thermal sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Granero-Belinchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Roupioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Cassante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAQRS 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Torrent, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the vegetation traits retrieval capabilities of the Biodiversity and SBG hyperspectral satellite missions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Miraglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Ustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EARSeL Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04851961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the robustness of inversion methods to estimate leaf traits from leaf spectra of mixed broadleaf/conifer ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Ustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EARSeL Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04851989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring of the phenological dynamics of urban alignment trees to detect their stress using SENTINEL-2 images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Granero Belinchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Lemonsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TEMU 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04851670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast LUT Building by Combining PROSAIL and DART: Application to Gap Fraction and Leaf Pigments Estimations over a Woodland Savanna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Miraglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Huesca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Ustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clay minerals abundances estimation under hyperspectral laboratory data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Hohmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Oltra-Carrio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th EARSeL Workshop on Imaging Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the effects of drought and urbanization on urban trees using Sentinel-2 time series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Le Saint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Nabucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Hubert-Moy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living Planet Symposium 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Vienne, Austria. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05193142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mediterranean forest traits retrieval from hybrid inversion: a multi-sensor and radiative transfer modelling comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Féret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian de Boissieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESA Living Planet Symposium 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Vienna, Austria. , 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05192702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding underlayer dynamics of a fire-prone Mediterranean Tree-Grass Ecosystems using In Situ Data, a 3D Radiative Transfer Model and multi-scale remote sensing data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Porterie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pilar Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Burchard-Levine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living Planet Symposium 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Vienne, Austria. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05192894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Radiative Transfer Modeling for Maize Traits Retrieval Across Different Growth Stages: Exploring the Complementarity of Sentinel-2 and CHIME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Démoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhijun Zhen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living Planet Symposium 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Vienne, Austria. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05192794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie multi-échelle de l’état de vergers par acquisitions drone multimodales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Jay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème colloque scientifique de la Société Française de Photogrammétrie et Télédétection – Groupe Hyperspectral</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SENTHYMED/MEDOAK multi-scale experiment to validate Sentinel-2 and imaging spectroscopy vegetation products over French Mediterranean oak forests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Féret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harold Clenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Limousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Ourcival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Advances in Quantitative Remote Sensing (RAQRS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Valencia, Spain. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04923783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodological developments for monitoring the estimation of flammability indicators using airborne hyperspectral images in a Mediterranean forest context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Porterie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e colloque scientifique du groupe SFPT-GH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04765171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulations d’images hyperspectrales de forêts méditerranéennes et adéquation à des images aéroportées AVIRIS-Next Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Debue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alleaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian de Boissieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Colloque Scientifique du groupe SFPT-GH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping of urban temperatures by TRISHNA : precision of the land surface temperature according to the spatial resolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GEOBIA 2018 - From pixels to ecosystems and global sustainability ​</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montpellier, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflectance bidirectionnelle de la végétation en télédétection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jacquemoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Roujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La lumière diffusée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clay Minerals Mapping from Imaging Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Grandjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Briottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Adeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Hohmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Observation and Geospatial Analyses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-14, 2019, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/intechopen.86149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02172266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId169"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192470v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain D&#233;moulin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gastellu-Etchegorry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Lefebvre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Briottet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhijun Zhen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2025.114784" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04694832v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Ducasse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Adeline" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hohmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Achard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bourguignon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16173211" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372161v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gaubert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Huesca" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Ustin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16010029" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772188v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Le Saint" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nabucet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sulmon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pellen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.111010" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472476v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste F&#233;ret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Clenet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Limousin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ourcival" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110185" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847193v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hubert-Moy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16234402" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879418v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16203867" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064296v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Roupioz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Adeline" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Al Bitar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbon-Dubosc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2023.109109" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737582v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Miraglio" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2022.2093143" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179732v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine R. M. Adeline" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rivi&#232;re" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13050931" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526867v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Michel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Granero-Belinchon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Cassante" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boitard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13245139" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324201v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crystal Schaaf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13163235" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035937v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jag.2020.102257" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02641210v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12111723" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035307v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lemonsu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12040639" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976277v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12182925" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443482v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12010028" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975036v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Bellvert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahar Baram" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Pierce" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blake L Sanden" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10122001" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991252v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Aval" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Demuynck" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Zenou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fabre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sheeren" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2018.09.016" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118865v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gomez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine R.M. Adeline" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinan Bacha" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Driessen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gorretta" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2017.10.047" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581442v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Gomez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gorretta" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Roger" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2016.11.010" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370225v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Bris" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coubard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Paparoditis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52638/rfpt.2013.53" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542375v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Lef&#232;bvre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Dantec" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068673v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Sikora" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jay" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Roth" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804843v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Segaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913571v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Debue" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian de Boissieu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913495v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970631v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Marionneau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913523v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922833v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilda Porterie" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pilar Martin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Burchard-Levine" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario Gonzalez Cascon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269155v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2680259" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765128v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769716v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Demoulin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chauvet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Victor Schmitt" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852000v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;lim Ollivier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970643v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852206v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851961v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851989v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851670v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Granero Belinchon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970270v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629677v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Oltra-Carrio" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193142v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192702v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192894v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192794v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804811v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923783v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765171v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769886v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Vincent" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Alleaume" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01957310v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Michel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119052v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jacquemoud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Roujean" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172266v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grandjean" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.86149" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192470v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain D&#233;moulin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gastellu-Etchegorry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Lefebvre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Briottet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhijun Zhen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2025.114784" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543380v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilda Porterie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pilar Mart&#237;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Burchard-Levine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario Gonz&#225;lez-Casc&#243;n" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2025.3599261" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04694832v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Ducasse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Adeline" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hohmann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Achard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bourguignon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16173211" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372161v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gaubert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Huesca" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Ustin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16010029" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472476v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste F&#233;ret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Clenet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Limousin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ourcival" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110185" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772188v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Le Saint" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nabucet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sulmon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pellen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.111010" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847193v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hubert-Moy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16234402" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879418v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16203867" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064296v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Roupioz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Adeline" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Al Bitar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbon-Dubosc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2023.109109" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737582v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Miraglio" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2022.2093143" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179732v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine R. M. Adeline" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rivi&#232;re" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13050931" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526867v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Michel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Granero-Belinchon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Cassante" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boitard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13245139" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324201v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crystal Schaaf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13163235" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035937v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jag.2020.102257" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02641210v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12111723" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035307v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lemonsu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12040639" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976277v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12182925" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443482v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12010028" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975036v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Bellvert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahar Baram" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Pierce" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blake L Sanden" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10122001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991252v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Aval" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Demuynck" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Zenou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fabre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sheeren" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2018.09.016" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118865v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gomez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine R.M. Adeline" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinan Bacha" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Driessen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gorretta" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2017.10.047" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581442v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Gomez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gorretta" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Roger" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2016.11.010" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370225v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Bris" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coubard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Paparoditis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52638/rfpt.2013.53" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542375v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Lef&#232;bvre" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Dantec" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068673v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Sikora" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Roth" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535370v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562508v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804843v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Segaud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913571v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Debue" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian de Boissieu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913495v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970631v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Marionneau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913523v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922833v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pilar Martin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario Gonzalez Cascon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269155v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2680259" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765128v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769716v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Demoulin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chauvet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Victor Schmitt" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852000v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;lim Ollivier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970643v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852206v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851961v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851989v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851670v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Granero Belinchon" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970270v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629677v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Oltra-Carrio" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193142v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192702v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192894v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192794v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804811v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923783v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765171v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769886v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Vincent" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Alleaume" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01957310v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Michel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119052v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jacquemoud" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Roujean" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172266v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grandjean" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.86149" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>