--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -66,147 +66,274 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plateformes numériques de formation des enseignants et école inclusive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Epstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Buard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critique de la raison inclusive : formation, apprentissages, médiations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">INSEI</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.83-100, 2025, Recherches, 978-2-36616-137-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DMP DU PROJET &amp;quot;COMMENT EVALUER L’INCLUSIVITE D’UN DISPOSITIF NUMERIQUE DANS L’EDUCATION DANS UNE APPROCHE PLURIDISCIPLINAIRE ET SYSTEMIQUE (DONNEES DISPONIBLES ET CAS D’USAGE, FRANCE ET INTERNATIONAL)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Dupré</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Insei. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05480640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -216,1872 +343,1745 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode STEAM et intelligence collective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Le Boulair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ludovia#PF 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Faa'a - Tahiti, French Polynesia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05053514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numérique, coopération et différenciation en classe CINC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Tricoche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ludovia#PF 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Faa'a - Tahiti, Polynésie française</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05053513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment un dispositif innovant d’inclusion peut être transféré vers la formation des enseignants de lycées professionnels ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Innover dans l’évaluation pour une éducation de qualité pour tous, levier de développement professionnel de l’équipe enseignante. Exemple d’une recherche intervention qui accompagne le déploiement, dans un collège français, d’un dispositif spécifique d’évaluation des élèves.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Buard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Dangouloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Epstein</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Tricoche</w:t>
+                <w:t xml:space="preserve">Émilie Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Rym Nouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Penser les pratiques inclusives, dans et hors les murs, de l’école à l’université : enjeux sociaux, politiques et éducatifs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UCO Angers, Jan 2024, Angers, France</w:t>
+              <w:t xml:space="preserve">35ème colloque ADMEE-Europe. L’évaluation face aux défis de la diversité et de l’inclusion : entre normes et différenciations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADMEE Europe, Feb 2024, Braga, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04517786v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04461819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classe CINC : Le numérique au quotidien pour une école inclusive</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Quand les enseignants co-construisent une recherche. Récursivité d'une démarche inclusive.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Epstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Tricoche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Ludovia #21</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Ax-Les-Thermes, France</w:t>
+              <w:t xml:space="preserve">Terrains et recherches dans les sciences de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05026010v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05301065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innover dans l’évaluation pour une éducation de qualité pour tous, levier de développement professionnel de l’équipe enseignante. Exemple d’une recherche intervention qui accompagne le déploiement, dans un collège français, d’un dispositif spécifique d’évaluation des élèves.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Comment un dispositif innovant d’inclusion peut être transféré vers la formation des enseignants de lycées professionnels ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Epstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hanna Rym Nouri</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Tricoche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35ème colloque ADMEE-Europe. L’évaluation face aux défis de la diversité et de l’inclusion : entre normes et différenciations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADMEE Europe, Feb 2024, Braga, Portugal</w:t>
+              <w:t xml:space="preserve">Penser les pratiques inclusives, dans et hors les murs, de l’école à l’université : enjeux sociaux, politiques et éducatifs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UCO Angers, Jan 2024, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04461819v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand les enseignants co-construisent une recherche. Récursivité d'une démarche inclusive.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Classe CINC : Le numérique au quotidien pour une école inclusive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Epstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Tricoche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terrains et recherches dans les sciences de l'éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Rouen, France</w:t>
+              <w:t xml:space="preserve">Colloque Ludovia #21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Ax-Les-Thermes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05301065v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05026010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le numérique pour déminer le terrain de l’inclusion scolaire ? Approche critique des types d’usage en éducation dans le cadre d’un Groupe Technique numérique (GTnum).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Engagez-vous, rengagez-vous qu'ils disaient ! L'engagement dans la recherche pour la formation professionnelle des enseignants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Balas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Buard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Benoit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karine Buard</w:t>
+                <w:t xml:space="preserve">Muriel Epstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">100 ans de savoirs pour un monde durable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Acfas, May 2023, Montréal Québec, Canada</w:t>
+              <w:t xml:space="preserve">Colloque. Engagement dans la recherche, recherches engagées, recherches sur l'engagement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Paris-Nanterre, Nov 2023, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04462936v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04405316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engagez-vous, rengagez-vous qu'ils disaient ! L'engagement dans la recherche pour la formation professionnelle des enseignants</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Le numérique pour déminer le terrain de l’inclusion scolaire ? Approche critique des types d’usage en éducation dans le cadre d’un Groupe Technique numérique (GTnum).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Muriel Epstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque. Engagement dans la recherche, recherches engagées, recherches sur l'engagement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Paris-Nanterre, Nov 2023, Nanterre, France</w:t>
+              <w:t xml:space="preserve">100 ans de savoirs pour un monde durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Acfas, May 2023, Montréal Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04405316v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04462936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un apprentissage expérientiel de seconde main : Des effets indirects d’une recherche sur l’enseignement-apprentissage dans les environnements intégrant du numérique</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Les enjeux de l’auto-évaluation de la qualité des dispositifs éducatifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faire résultat(s) dans les recherches en éducation. Pourquoi ? Avec qui ? Comment ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR EFTS, Jun 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Colloque International des Jeunes Enseignants-Chercheurs en Sciences de l’Éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Dakar (Sénégal), Sénégal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04136356v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux de l’auto-évaluation de la qualité des dispositifs éducatifs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Un apprentissage expérientiel de seconde main : Des effets indirects d’une recherche sur l’enseignement-apprentissage dans les environnements intégrant du numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Valente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Desbiens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatiha Tali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiana Charalampopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International des Jeunes Enseignants-Chercheurs en Sciences de l’Éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Dakar (Sénégal), Sénégal</w:t>
+              <w:t xml:space="preserve">Faire résultat(s) dans les recherches en éducation. Pourquoi ? Avec qui ? Comment ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR EFTS, Jun 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04349687v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04136356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les robots de téléprésence en classe : de nouveaux outils à s’approprier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Zorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème colloque international en éducation, enjeux actuels et futurs de la formation et de la profession enseignante</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRIFPE, Apr 2021, Montréal Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04462965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socialisation et développement professionnel des enseignants, quelles plateformes numériques pour le développement professionnel des enseignants ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Epstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Netto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ludovia#18 - Le numérique est-il social ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Ax-les-Thermes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03328173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les robots de téléprésence en contexte scolaire, quelle dynamique collective de l'équipe d'établissement et quelles interactions en classe ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Zorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politiques et territoires en éducation et en formation : enjeux, débats et perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, inter-congrès AREF, Jun 2021, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04462953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversité des expériences scolaires chez des élèves intellectuellement précoces bénéficiant d’un dispositif dédié dans leur collège</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">L’accompagnement individuel par un adulte pour les collégiens intellectuellement précoces bénéficiant d’un dispositif spécifique dans leur établissement : évaluation des pratiques du point de vue des élèves.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minna Puustinen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Courtinat-Camps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Citoyen International de l’Éducation. Gouvernance et qualité des systèmes éducatifs : enjeux, défis et perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Tunis, Tunisie</w:t>
+              <w:t xml:space="preserve">Entre normalisation, contrôle et développement formatif. Évaluations sources de synergies ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADMEE Europe, Jan 2019, Lausanne ( CH), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04191068v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04461982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gifted students’ special educational needs in France: The case of middle schools proposing educational programs for the gifted</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Diversité des expériences scolaires chez des élèves intellectuellement précoces bénéficiant d’un dispositif dédié dans leur collège</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minna Puustinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Courtinat-Camps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Thematic European Council for High Ability Conference: Creativity Research and Innovation in Gifted Education: Social, Individual and Educational Perspective</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">Forum Citoyen International de l’Éducation. Gouvernance et qualité des systèmes éducatifs : enjeux, défis et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Tunis, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04191061v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04191068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’accompagnement individuel par un adulte pour les collégiens intellectuellement précoces bénéficiant d’un dispositif spécifique dans leur établissement : évaluation des pratiques du point de vue des élèves.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Gifted students’ special educational needs in France: The case of middle schools proposing educational programs for the gifted</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minna Puustinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Courtinat-Camps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entre normalisation, contrôle et développement formatif. Évaluations sources de synergies ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADMEE Europe, Jan 2019, Lausanne ( CH), Switzerland</w:t>
+              <w:t xml:space="preserve">1st Thematic European Council for High Ability Conference: Creativity Research and Innovation in Gifted Education: Social, Individual and Educational Perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04461982v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04191061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluer la qualité de dispositifs éducatifs, présentation d’un nouveau modèle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minna Puustinen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’évaluation en éducation et en formation face aux transformations des sociétés contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ADMEE Europe, Jan 2018, Esch sur Alzette, Luxembourg</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04462014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers un nouveau modèle d’évaluation de la qualité de dispositifs éducatifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minna Puustinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Courtinat-Camps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « Mêlées et démêlés, 50 ans de recherches en éducation »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Toulouse Jean Jaurès, Sep 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01685336v1</w:t>
-              </w:r>
-[...125 lines deleted...]
-                <w:t xml:space="preserve">hal-04827308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2099,64 +2099,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les robots de téléprésence en milieu scolaire : présentation du projet de recherche TÉLÉSCOL (TÉLÉprésence mobile en contexte SCOLaire) et des enjeux de l'évaluation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Zorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Zytnicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2194,64 +2194,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'accompagnement individuel des collégiens à haut potentiel intellectuel dans des dispositifs dédiés : perceptions des adultes accompagnateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minna Puustinen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Apprentissages, stratégies et politiques éducatives. Quelles interdisciplinarités, méthodologies et perspectives internationales ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Marseille (13), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2276,77 +2276,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific school measures designed for gifted French middle school students : presentation and challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Courtinat-Camps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minna Puustinen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14e conférence internationale d’ECHA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Lubjana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2403,51 +2403,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle auto-évaluation de la qualité des dispositifs éducatifs dans les établissements scolaires du second degré ? Proposition d’un nouveau cadre d’analyse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evaluer. Journal international de recherche en education et formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 6 (3), pp.75-104</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2504,51 +2504,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évaluation et la qualité au service de l’école inclusive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Buard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Education. Université Paris Nanterre, 2020. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2744,51 +2744,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480640v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Benoit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dupr&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Buard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053514v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Le Boulair" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053513v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lambert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Baron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Tricoche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517786v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Epstein" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026010v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461819v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Dangouloff" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Rym Nouri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301065v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462936v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405316v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Balas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136356v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Valente" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Desbiens" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Tali" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiana Charalampopoulou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349687v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462965v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Zorn" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328173v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Netto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462953v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191068v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minna Puustinen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Courtinat-Camps" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191061v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461982v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462014v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685336v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827308v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insei.fr/ressources/critique-de-la-raison-inclusive-formation-apprentissages-mediations" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461952v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Zytnicki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462995v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462985v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461364v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04461456v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827308v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Epstein" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Buard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insei.fr/ressources/critique-de-la-raison-inclusive-formation-apprentissages-mediations" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480640v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Benoit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dupr&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053514v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Le Boulair" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053513v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lambert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Baron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Tricoche" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461819v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Dangouloff" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Rym Nouri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301065v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517786v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026010v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405316v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Balas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462936v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349687v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136356v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Valente" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Desbiens" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Tali" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiana Charalampopoulou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462965v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Zorn" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328173v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Netto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462953v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461982v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minna Puustinen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191068v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Courtinat-Camps" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191061v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462014v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685336v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461952v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Zytnicki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462995v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462985v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461364v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04461456v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>