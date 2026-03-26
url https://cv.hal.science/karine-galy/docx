--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1985,50 +1985,395 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Stakes of the Admission of French Caribbean Territorial Authorities to CARICOM and the OECS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rethinking Regionalism, Beyond the Caricom Integration Project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UWI, SALISES Regional Integration conference, Oct 2013, Kingston, Jamaica</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02483331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Caraïbe interface entre l’Europe et les Amériques. Quelles perspectives de la coopération régionale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les relations Amériques-Caraïbe-Europe, évolutions et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université des Antilles; Laboratoire Caribéen de Sciences Sociales, May 2017, Schoelcher, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02481306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La migration au prisme des droits de l’homme. Réflexions le statut des immigrés haïtiens en République dominicaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Haïti-République Dominicaine, la fabrique des apatrides, Séminaire de recherche du CRPLC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université des Antilles, CRPLC, Oct 2017, Schoelcher, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02481376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biodiversité et coopération régionale. Collectivités françaises de l’espace Amazonie-Caraïbe et coopération en matière de biodiversité marine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">semaine de coopération scientifique internationale Amazonie-Caraïbe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad Federal do Para (UFPA), May 2017, Belem, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02481352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’insertion régionale des RUP de la Caraïbe dans leur environnement : de la coopération régionale à la diplomatie territoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The European Union’s Outermost Regions and their Sovereign Neighbours, Economic development, integration and Migration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université des Antilles, Mar 2017, Schoelcher, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02481337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le régime APA au prisme de la législation. Regards croisés France-Brésil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Galy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2063,402 +2408,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion annuelle du Labex CEBA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Labex CEBA, Oct 2017, Cayenne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481367v1</w:t>
-              </w:r>
-[...343 lines deleted...]
-                <w:t xml:space="preserve">hal-02481337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La migration au prisme des droits de l’homme. Regards croisés sur le statut des Immigrés haïtiens en république dominicaine et aux Bahamas</w:t>
               </w:r>
@@ -3918,182 +3918,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04682935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'association des Etats de la Caraïbe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Giraudeau Géraldine et Maisonneuve Mathieu. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire Juridique des Outre-mer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lexis Nexis, pp.36-39, 2021, 978-2-7110-3550-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les relations internationales des collectivités de l’article 73 de la constitution de 1958</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Galy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">75 ans de départementalisation Outre-mer – Bilan et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Blanc</w:t>
-[...31 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03879677v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-02479130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Association des États de la Caraïbe</w:t>
               </w:r>
@@ -5704,51 +5704,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karine.galy@univ-antilles.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879764v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Galy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879767v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879773v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879863v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879855v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salmon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Lesales" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02296719v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudescaribeennes.15058" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479753v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Et Alii" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954343v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01819006v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02475315v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vestris" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolpho Zahluth Bastos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ot&#225;vio Do Canto" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481251v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879671v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879926v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879908v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879963v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879989v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954547v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-04682940v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481409v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Perrot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481286v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481265v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Parra-Leylavergne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481260v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481259v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481297v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481367v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483331v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481376v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481352v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481306v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481337v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954579v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481328v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02970210v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Rapha&#235;l Gros-D&#233;sormeaux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Daniel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481392v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02482219v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Rapha&#235;l Gros-Desormeaux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483349v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483264v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954500v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483367v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483375v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483408v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483383v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483419v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483451v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483474v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483455v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478488v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred R&#233;no" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Macdissi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-04682933v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-04682935v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879677v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Blanc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479130v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879681v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879659v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954438v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954462v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954469v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01819000v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=45511&amp;amp;razSqlClone=1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954477v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479142v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=35855" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479164v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.publibook.com/economie-et-droit-des-affaires-de-la-caraibe-et-de-la-guyane-tome-3.html/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479243v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479176v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.publibook.com/economie-et-droit-des-affaires-de-la-caraibe-et-de-la-guyane-tome-1.html/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479216v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=26891" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479196v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/dictionnaire-de-droit-fiscal-et-douanier-9782729833527.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479229v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479733v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879938v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879953v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/tel-04682930v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karine.galy@univ-antilles.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879764v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Galy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879767v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879773v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879863v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879855v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salmon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Lesales" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02296719v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudescaribeennes.15058" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479753v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Et Alii" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954343v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01819006v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02475315v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vestris" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolpho Zahluth Bastos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ot&#225;vio Do Canto" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481251v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879671v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879926v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879908v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879963v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879989v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954547v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-04682940v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481409v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Perrot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481286v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481265v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Parra-Leylavergne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481260v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481259v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481297v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483331v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481306v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481376v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481352v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481337v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481367v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954579v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481328v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02970210v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Rapha&#235;l Gros-D&#233;sormeaux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Daniel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02481392v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02482219v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Rapha&#235;l Gros-Desormeaux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483349v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483264v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954500v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483367v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483375v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483408v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483383v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483419v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483451v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483474v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02483455v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478488v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred R&#233;no" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Macdissi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-04682933v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-04682935v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479130v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879677v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Blanc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879681v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879659v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954438v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954462v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954469v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01819000v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=45511&amp;amp;razSqlClone=1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954477v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479142v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=35855" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479164v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.publibook.com/economie-et-droit-des-affaires-de-la-caraibe-et-de-la-guyane-tome-3.html/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479243v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479176v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.publibook.com/economie-et-droit-des-affaires-de-la-caraibe-et-de-la-guyane-tome-1.html/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479216v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=26891" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479196v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/dictionnaire-de-droit-fiscal-et-douanier-9782729833527.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479229v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02479733v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879938v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879953v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/tel-04682930v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>