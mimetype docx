--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1391,204 +1391,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04775763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DigitAg's interdisciplinary and interprofessional efforts in digital agriculture</w:t>
+                <w:t xml:space="preserve">Reliant les domaines, créant des solutions : la coproduction d'un robot agricole à faible coût et des valeurs disciplinaires et professionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jongheon Kim</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Benoît Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gauche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Joint Conference of European Association for the Study of Science and Technology (EASST) and the Society for Social Studies of Science (4S)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">29. Conférence de l’Association Information et Management (AIM) : Travailler avec l'IA ou malgré l'IA ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, La Grande-Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04658136v1</w:t>
+                <w:t xml:space="preserve">hal-04607408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliant les domaines, créant des solutions : la coproduction d'un robot agricole à faible coût et des valeurs disciplinaires et professionnelles</w:t>
+                <w:t xml:space="preserve">DigitAg's interdisciplinary and interprofessional efforts in digital agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jongheon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Benoît Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gauche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29. Conférence de l’Association Information et Management (AIM) : Travailler avec l'IA ou malgré l'IA ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, La Grande-Motte, France</w:t>
+              <w:t xml:space="preserve">11. Joint Conference of European Association for the Study of Science and Technology (EASST) and the Society for Social Studies of Science (4S)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04607408v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04658136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Research management in Universities: looking for recoupling?</w:t>
               </w:r>
@@ -1922,256 +1922,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03285059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital divide between Colombian and French Agriculture</w:t>
+                <w:t xml:space="preserve">Agri-alimentaire 4.0 en France : un état de lieux de technologies et services numériques proposés par les startup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Florez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jenny Melo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gauche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th Americas Conference on Information Systems (AMCIS 2021) "Digital Innovation and Entrepreneurship"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Online, United States</w:t>
+              <w:t xml:space="preserve">26ème conférence de l'Association Information et Management (AIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03285126v1</w:t>
+                <w:t xml:space="preserve">hal-03285081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agri-alimentaire 4.0 en France : un état de lieux de technologies et services numériques proposés par les startup</w:t>
+                <w:t xml:space="preserve">Digital divide between Colombian and French Agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Florez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Melo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gauche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26ème conférence de l'Association Information et Management (AIM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Online, France</w:t>
+              <w:t xml:space="preserve">27th Americas Conference on Information Systems (AMCIS 2021) "Digital Innovation and Entrepreneurship"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Online, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03285081v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03285126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technologies d’information en agriculture : Une étude exploratoire dans le métier de conseil agricole</w:t>
               </w:r>
@@ -2272,217 +2272,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03102886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying the determinants of IT adoption in agriculture: On the use of an integrated TAM-TOE model</w:t>
+                <w:t xml:space="preserve">Understanding the determinants of IT adoption in agriculture using an integrated TAM-TOE model: A bibliometric analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gauche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Journées de recherches en sciences sociales (JRSS 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA.; Institut National de la Recherche Agronomique (INRA). FRA., Dec 2019, Bordeaux, France. 29 p</w:t>
+              <w:t xml:space="preserve">170. EAAE Seminar: Governance of food chains and consumption dynamics: what are the impacts on food security and sustainability?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Marchés, Organisations, Institutions et Stratégies d'Acteurs (1110)., May 2019, Montpellier, France. 29 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02437653v1</w:t>
+                <w:t xml:space="preserve">hal-02789959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the determinants of IT adoption in agriculture using an integrated TAM-TOE model: A bibliometric analysis</w:t>
+                <w:t xml:space="preserve">Identifying the determinants of IT adoption in agriculture: On the use of an integrated TAM-TOE model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gauche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">170. EAAE Seminar: Governance of food chains and consumption dynamics: what are the impacts on food security and sustainability?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Marchés, Organisations, Institutions et Stratégies d'Acteurs (1110)., May 2019, Montpellier, France. 29 p</w:t>
+              <w:t xml:space="preserve">13. Journées de recherches en sciences sociales (JRSS 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA.; Institut National de la Recherche Agronomique (INRA). FRA., Dec 2019, Bordeaux, France. 29 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02789959v1</w:t>
+                <w:t xml:space="preserve">hal-02437653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The institutionalization of performance assessment for university research : towards a decoupling of management systems in academia?</w:t>
               </w:r>
@@ -3185,84 +3185,645 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00766953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Appréhender l'agriculture numérique. 10 ans de recherche interdisciplinaire au sein de l’Institut #DigitAg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bellon-Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gauche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martha-Lucia Enriquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lyon-Caen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">éditions Quae, pp.224, 2026, Update Sciences &amp; technologies, 9782759242559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-4255-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appréhender l'agriculture numérique. 10 ans de recherche interdisciplinaire au sein de l’Institut #DigitAg [Introduction générale]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gauche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bellon-Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Véronique Bellon-Maurel; Karine Gauche; Martha Lucia Enriquez; Nathalie Lyon-Caen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appréhender l’agriculture numérique. 10 ans de recherche interdisciplinaire au sein de l’Institut #DigitAg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions Quae, pp.11-13, 2026, Update Sciences &amp; technologies, 9782759242559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-4255-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La digitalisation agricole à l’épreuve des transitions : processus, acteurs et dynamiques systémiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gauche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Temri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Florez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Biao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Békanty Ange Kouassi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Véronique Bellon-Maurel; Karine Gauche; Martha Lucia Enriquez; Nathalie Lyon-Caen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appréhender l’agriculture numérique. 10 ans de recherche interdisciplinaire au sein de l’Institut #DigitAg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions Quae, pp.81-92, 2026, Update Sciences &amp; technologies, 9782759242559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-4255-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’architecture de l’interdisciplinarité : une expérience d’institutionnalisation d’une communauté scientifique interdisciplinaire à #DigitAg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gauche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jongheon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Véronique Bellon-Maurel; Karine Gauche; Martha Lucia Enriquez; Nathalie Lyon-Caen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appréhender l’agriculture numérique. 10 ans de recherche interdisciplinaire au sein de l’Institut #DigitAg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions Quae, pp.177-189, 2026, Update Sciences &amp; technologies, 9782759242559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-4255-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appréhender l'agriculture numérique. 10 ans de recherche interdisciplinaire au sein de l’Institut #DigitAg [Conclusion]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gauche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bellon-Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Véronique Bellon-Maurel; Karine Gauche; Martha Lucia Enriquez; Nathalie Lyon-Caen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appréhender l’agriculture numérique. 10 ans de recherche interdisciplinaire au sein de l’Institut #DigitAg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions Quae, pp.203-206, 2026, Update Sciences &amp; technologies, 9782759242559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-4255-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Concilier innovation et responsabilité sociétale des entreprises (RSE) : une clé pour la transition des entreprises agroalimentaires vers le développement durable ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gauche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3271,51 +3832,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systèmes agroalimentaires en transition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Quae, 184 p., 2016, Update Sciences and Technologies, 978-2-7592-2573-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3325,134 +3886,134 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d'activité 2024 - Version publique _ Institut Convergences Agriculture Numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martha Lucia Enriquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bellon-Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Merlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gauche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE - UMR ITAP, Montpellier, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05088099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3462,114 +4023,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’appropriation des dispositifs de pilotage : Le cas de la recherche à l’université</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gauche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gestion et management. Université Montpellier 2, 2013. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01075908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId78"/>
+      <w:footerReference w:type="default" r:id="rId89"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3716,51 +4277,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04893143v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gillerot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gauche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Compagnone" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Prevost" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-Vol97-art03-GB" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784698v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol97-art05" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04208227v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Piot-Lepetit" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Florez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2023.1007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03515194v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourdon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/26437015.2021.1989993" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486307v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Matar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Guillard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gontard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.postharvbio.2020.111119" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950456v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Sommer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Temri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2018.00226" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157292v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morquin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Bourret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.047.0079" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05256306v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jongheon Kim" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252204v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05256477v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04607387v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bellon Maurel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Larbaigt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Gobrecht" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775763v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04658136v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Beno&#238;t Joly" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04607408v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215574v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Eggrickx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176772v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791169v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285059v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285126v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Melo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285081v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102886v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Lachia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437653v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789959v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797251v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109275v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170045v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152211v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Eggrikx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137560v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842060v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002930v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766939v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766953v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594198v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05088099v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Lucia Enriquez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bellon-Maurel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Merlier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01075908v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04893143v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gillerot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gauche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Compagnone" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Prevost" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-Vol97-art03-GB" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784698v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol97-art05" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04208227v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Piot-Lepetit" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Florez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2023.1007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03515194v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourdon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/26437015.2021.1989993" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486307v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Matar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Guillard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gontard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.postharvbio.2020.111119" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950456v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Sommer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Temri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2018.00226" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157292v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morquin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Bourret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.047.0079" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05256306v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jongheon Kim" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252204v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05256477v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04607387v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bellon Maurel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Larbaigt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Gobrecht" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775763v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04607408v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04658136v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Beno&#238;t Joly" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215574v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Eggrickx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176772v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791169v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285059v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285081v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285126v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Melo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102886v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Lachia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789959v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437653v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797251v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109275v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170045v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152211v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Eggrikx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137560v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842060v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002930v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766939v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766953v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561157v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bellon-Maurel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha-Lucia Enriquez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lyon-Caen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4255-9" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561219v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561297v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Temri" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Biao" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;kanty Ange Kouassi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561313v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561320v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594198v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05088099v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Lucia Enriquez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Merlier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01075908v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>