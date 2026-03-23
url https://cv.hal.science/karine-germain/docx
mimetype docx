--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -234,295 +234,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04998526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration of skin redness and immunoglobulin A as markers of the affective states of hens</w:t>
+                <w:t xml:space="preserve">Effect of dietary supplementation with algae extracts on growth performance and caecal microbiota of broiler chickens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Soulet</w:t>
+                <w:t xml:space="preserve">E. Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anissa Jahoui</w:t>
+                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Zemb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigo Guabiraba</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claire Blache</w:t>
+                <w:t xml:space="preserve">A. Bousleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2024.106268⟩</w:t>
+              <w:t xml:space="preserve">British Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 65 (4), pp.403-414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00071668.2024.2328676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04574339v1</w:t>
+                <w:t xml:space="preserve">hal-04537307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of dietary supplementation with algae extracts on growth performance and caecal microbiota of broiler chickens</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploration of skin redness and immunoglobulin A as markers of the affective states of hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Soulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anissa Jahoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Coudert</w:t>
+                <w:t xml:space="preserve">Rodrigo Guabiraba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Zemb</w:t>
+                <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bousleh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+                <w:t xml:space="preserve">Marie-Claire Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Poultry Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 65 (4), pp.403-414. </w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 274, pp.106268. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00071668.2024.2328676⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2024.106268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04537307v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04574339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance, meat quality and blood parameters in four strains of organic broilers differ according to range use</w:t>
               </w:r>
@@ -636,420 +636,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04914388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’élevage de poulets biologiques : les verrous à lever et les opportunités offertes par cette production</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le parcours, une obligation réglementaire ou un atout pour l'autonomie alimentaire des volailles biologiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+                <w:t xml:space="preserve">M. Goujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffrey Chiron</w:t>
+                <w:t xml:space="preserve">C. Berne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brieuc Desaint</w:t>
+                <w:t xml:space="preserve">G. Chiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 259, pp.5-14</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04699728v1</w:t>
+                <w:t xml:space="preserve">hal-04873063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-throughput phenotyping to characterise range use behaviour in broiler chickens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Collet</w:t>
+                <w:t xml:space="preserve">L’élevage de poulets biologiques : les verrous à lever et les opportunités offertes par cette production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Germain</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Chiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brieuc Desaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2024.101099⟩</w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 37 (2), pp.8237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2024.37.2.8237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04588500v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04699728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le parcours, une obligation réglementaire ou un atout pour l'autonomie alimentaire des volailles biologiques ?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High-throughput phenotyping to characterise range use behaviour in broiler chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Chiron</w:t>
+                <w:t xml:space="preserve">Julie Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonnefous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Germain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Marie</w:t>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (3), pp.101099. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2024.101099⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04873063v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04588500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-farm hatching and contact with adult hen post hatch induce sex-dependent effects on performance, health and robustness in broiler chickens</w:t>
               </w:r>
@@ -1221,51 +1221,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ferchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Nouveau Praticien Vétérinaire. Elevages et Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15 (54), pp.6-14. </w:t>
@@ -1316,51 +1316,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behavioural indicators of range use in four broiler strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1493,51 +1493,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 9, pp.814054. </w:t>
@@ -1735,51 +1735,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narjis Kraimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flore Lormant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1971,274 +1971,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03173757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Range use is related to free-range broiler chickens’ behavioral responses during food and social conditioned place preference tests</w:t>
+                <w:t xml:space="preserve">Uninhibited chickens: ranging behaviour impacts motor self-regulation in free-range broiler chickens (Gallus gallus domesticus)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitor Hugo Bessa Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorène Reiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Guesdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2020.105083⟩</w:t>
+              <w:t xml:space="preserve">Biology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (1), 5 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsbl.2019.0721⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03140110v1</w:t>
+                <w:t xml:space="preserve">hal-02622887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uninhibited chickens: ranging behaviour impacts motor self-regulation in free-range broiler chickens (Gallus gallus domesticus)</w:t>
+                <w:t xml:space="preserve">Range use is related to free-range broiler chickens’ behavioral responses during food and social conditioned place preference tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitor Hugo Bessa Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Guesdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 16 (1), 5 p. </w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 230, pp.1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rsbl.2019.0721⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2020.105083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622887v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social motivation and the use of distal, but not local, featural cues are related to ranging behavior in free-range chickens (Gallus gallus domesticus)</w:t>
               </w:r>
@@ -2639,51 +2639,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of gut microbiota transfer on emotional reactivity in Japanese quails (Coturnix japonica)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narjis Kraimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Zemb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3429,51 +3429,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant and soil intake by organic broilers reared in tree- or grass-covered plots as determined by means of n-alkanes and of acid-insoluble ash</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Jurjanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3913,51 +3913,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of acid-insoluble ash and n-alkanes as markers of soil and plant ingestion by chickens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Jurjanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. A. Dziurla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4541,51 +4541,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les risques associés à l'élevage de volailles : constat et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Germain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire annuel du métaprogramme XRisques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Métaprogramme XRisques, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4636,77 +4636,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Chiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brieuc Desaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Webinaire AFZ Elevage biologique : conditions et potentiel de développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française de Zootechnie, Jan 2025, En ligne, France</w:t>
@@ -4735,77 +4735,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lower redness of the facial skin is a marker of a positive human-hen relationship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Soulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anissa Jahoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Piégu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4854,1293 +4854,1293 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04616322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of on-farm hatching on performance, adaptive capacity, and animal welfare of slow-growing broiler chickens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Collin</w:t>
+                <w:t xml:space="preserve">Contact with an adult hen after hatching promotes maturation of the chick caecal microbiota and has a greater effect than hatching systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Hondelatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Guyot</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Delphine Bouvry</w:t>
+                <w:t xml:space="preserve">Gwenolah Annonay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bagnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEMINAR “Early life strategies to improve health, welfare and resilience in later life for layer pullets and broiler chickens within low-input and organic production systems”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, WUR, INRAE, ITAVI, Utrecht University, May 2024, Wageningen, Netherlands</w:t>
+              <w:t xml:space="preserve">XVI European Poultry Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04613506v1</w:t>
+                <w:t xml:space="preserve">hal-04661426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contact with an adult hen after hatching promotes maturation of the chick caecal microbiota and has a greater effect than hatching systems</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Bagnard</w:t>
+                <w:t xml:space="preserve">Adaptabilité au parcours : quel compromis entre exploration, performance, santé et bien-être du poulet de chair ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonnefous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence A. Guilloteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVI European Poultry Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Valence, Spain</w:t>
+              <w:t xml:space="preserve">Les rendez-vous INRAE au SPACE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SPACE, Sep 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04661426v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05089982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eclosion à la ferme</w:t>
+                <w:t xml:space="preserve">Effects of on-farm hatching on performance, adaptive capacity, and animal welfare of slow-growing broiler chickens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Souchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bouvry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FNAB Commission volailles - PPILOW</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FNAB, INRAE, Aug 2024, Online, France</w:t>
+              <w:t xml:space="preserve">SEMINAR “Early life strategies to improve health, welfare and resilience in later life for layer pullets and broiler chickens within low-input and organic production systems”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, WUR, INRAE, ITAVI, Utrecht University, May 2024, Wageningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04693076v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04613506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptabilité au parcours : quel compromis entre exploration, performance, santé et bien-être du poulet de chair ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Eclosion à la ferme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laure Ravon</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Souchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bouvry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les rendez-vous INRAE au SPACE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SPACE, Sep 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">FNAB Commission volailles - PPILOW</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FNAB, INRAE, Aug 2024, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05089982v1</w:t>
+                <w:t xml:space="preserve">hal-04693076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation du parcours par différentes souches de poulets de chair : conséquences sur la santé, le bien-être, les performances économiques et l’environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Collin</w:t>
+                <w:t xml:space="preserve">Phénotypage à haut débit pour caractériser le comportement d'utilisation du parcours chez trois souches de poulets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence A. Guilloteau</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Germain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laure Ravon</w:t>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées Techniques Interfilières du SYSAAF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Cesson Sévigné, France</w:t>
+              <w:t xml:space="preserve">15emes Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04828459v1</w:t>
+                <w:t xml:space="preserve">hal-04685697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiperformance of slow-growing and dual-purpose strains in organic chicken production: learning from the PPILOW project</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Early life management solutions to improve resilience in slow-growing broilers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cesare Castellini</w:t>
+                <w:t xml:space="preserve">Roos Molenaar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simona Mattioli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
+                <w:t xml:space="preserve">Henry van den Brand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie M Collet</w:t>
+                <w:t xml:space="preserve">Ilona van den Anker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Reichelt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelien Graat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.471</w:t>
+              <w:t xml:space="preserve">PPILOW Final Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, INRAE, INRAE Transfert, Jun 2024, Brussels, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04692952v1</w:t>
+                <w:t xml:space="preserve">hal-04617323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phénotypage à haut débit pour caractériser le comportement d'utilisation du parcours chez trois souches de poulets</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiperformance of slow-growing and dual-purpose strains in organic chicken production: learning from the PPILOW project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Castellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Mattioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie M Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15emes Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Tours, France</w:t>
+              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.471</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04685697v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04692952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verbesserung der Weidenutzung von Masthühnern</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Utilisation du parcours par différentes souches de poulets de chair : conséquences sur la santé, le bien-être, les performances économiques et l’environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence A. Guilloteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioland Geflügeltagung</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Bioland, Feb 2024, Bonn, Germany</w:t>
+              <w:t xml:space="preserve">7. Journées Techniques Interfilières du SYSAAF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Cesson Sévigné, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04613517v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04828459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les leviers précoces d’amélioration du bien-être des poulets de chair</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relationships between range use, performances and health and welfare related traits in four strains of organic broilers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Delphine Bouvry</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence A. Guilloteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les rendez-vous INRAE au SPACE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SPACE, Sep 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">XVI. European Poultry Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, WPSA, Jun 2024, Valencia (Espagne), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05089973v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04669797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between range use, performances and health and welfare related traits in four strains of organic broilers</w:t>
+                <w:t xml:space="preserve">Verbesserung der Weidenutzung von Masthühnern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurence A. Guilloteau</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie M Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. H.B. Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Germain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laure Ravon</w:t>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVI. European Poultry Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, WPSA, Jun 2024, Valencia (Espagne), Spain</w:t>
+              <w:t xml:space="preserve">Bioland Geflügeltagung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bioland, Feb 2024, Bonn, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04669797v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04613517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bien-être des porcs et des volailles en élevages biologiques et de plein air : apports du projet européen PPILOW</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6149,232 +6149,232 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Réhault-Godbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du département Phase (JAS Phase 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Département physiologie animale et systèmes d’élevage, Nov 2024, Chasseneuil-du-Poitou, France. pp.11-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04908166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early life management solutions to improve resilience in slow-growing broilers</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les leviers précoces d’amélioration du bien-être des poulets de chair</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelien Graat</w:t>
+                <w:t xml:space="preserve">Angélique Travel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonnefous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Souchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bouvry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PPILOW Final Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, INRAE, INRAE Transfert, Jun 2024, Brussels, Belgium</w:t>
+              <w:t xml:space="preserve">Les rendez-vous INRAE au SPACE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SPACE, Sep 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04617323v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05089973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longitudinal study of chicken microbiomes from egg to meat : impact of farming practices</w:t>
               </w:r>
@@ -6662,51 +6662,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Reverchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Guesdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15emes Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ITAVI, Mar 2024, Tours, France</w:t>
@@ -6729,747 +6729,747 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04613567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Favoriser l'usage des plantes en élevage</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Utilisation du parcours en lien avec les performances, le bien-être et la santé de quatre souches de poulet élevé en AB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonnefous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence A. Guilloteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'animation scientifique du département Phase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Poitiers, France</w:t>
+              <w:t xml:space="preserve">15emes Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ITAVI, Mar 2024, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04661378v1</w:t>
+                <w:t xml:space="preserve">hal-04613407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation du parcours en lien avec les performances, le bien-être et la santé de quatre souches de poulet élevé en AB</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Collin</w:t>
+                <w:t xml:space="preserve">Favoriser l'usage des plantes en élevage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathaële Wacrenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence A. Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15emes Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ITAVI, Mar 2024, Tours, France</w:t>
+              <w:t xml:space="preserve">Journées d'animation scientifique du département Phase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04613407v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04661378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lower redness of the facial skin is a marker of a positive human-hen relationship</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Soulet</w:t>
+                <w:t xml:space="preserve">Welfare barriers and levers for improvement in organic and low-input outdoor pig and poultry production systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Jahoui</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claire Blache</w:t>
+                <w:t xml:space="preserve">Jarkko Niemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Piegu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Lefort</w:t>
+                <w:t xml:space="preserve">Lucia Rocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuditta Meloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.731</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04349878v1</w:t>
+                <w:t xml:space="preserve">hal-04198015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Welfare barriers and levers for improvement in organic and low-input outdoor pig and poultry production systems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jarkko Niemi</w:t>
+                <w:t xml:space="preserve">Lower redness of the facial skin is a marker of a positive human-hen relationship</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Soulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucia Rocchi</w:t>
+                <w:t xml:space="preserve">A. Jahoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuditta Meloni</w:t>
+                <w:t xml:space="preserve">Benoit Piegu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.731</w:t>
+              <w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04198015v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Range use relationship with welfare and performance indicators in four organic broilers strains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Bonnefous</w:t>
+                <w:t xml:space="preserve">On-farm hatching can improve welfare, chicks quality, breast yield and daily body weight gain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence A. Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Cornaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">XI. European Symposium on Poultry Welfare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Prague, Czech Republic. pp.68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04193907v1</w:t>
+                <w:t xml:space="preserve">hal-04613432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-farm hatching can improve welfare, chicks quality, breast yield and daily body weight gain</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laure Ravon</w:t>
+                <w:t xml:space="preserve">Range use relationship with welfare and performance indicators in four organic broilers strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence A. Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Léa Cornaille</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XI. European Symposium on Poultry Welfare</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Prague, Czech Republic. pp.68</w:t>
+              <w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04613432v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04193907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-farm hatching and contact with adult hen posthatch induce sex-dependent effects on performance and health in broiler chickens</w:t>
               </w:r>
@@ -7593,51 +7593,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principal characteristics of suitable broiler genotypes adapted to outdoor system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Mattioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Méda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7705,103 +7705,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phénotypage à haut débit pour caractériser le comportement d'utilisation du parcours des poulets de chair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire ADAMEP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, Nov 2023, Tours, France. </w:t>
@@ -7833,402 +7833,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04613174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'éclosion à la ferme est-elle possible dans les bâtiments équipés de radiants?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence A. Guilloteau</w:t>
+                <w:t xml:space="preserve">Le changement de couleur de peau chez la poule : un marqueur d’émotions ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Soulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anissa Jahoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Lansade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Blache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Tours (France), France</w:t>
+              <w:t xml:space="preserve">Séminaire du MP-SANBA 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03953830v1</w:t>
+                <w:t xml:space="preserve">hal-04415276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leviers précoces d'amélioration de la santé et du bien-être du poulet de chair en système de production biologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'éclosion à la ferme est-elle possible dans les bâtiments équipés de radiants?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence A. Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fiche Café PIAnHealth, réseau du métaprogramme METABIO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, On line, France</w:t>
+              <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Tours (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04129517v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03953830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le changement de couleur de peau chez la poule : un marqueur d’émotions ?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Lefort</w:t>
+                <w:t xml:space="preserve">Leviers précoces d'amélioration de la santé et du bien-être du poulet de chair en système de production biologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonnefous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du MP-SANBA 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Fiche Café PIAnHealth, réseau du métaprogramme METABIO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, On line, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04415276v1</w:t>
+                <w:t xml:space="preserve">hal-04129517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motivation for foraging behavior and feed place preference in free-range broiler chickens</w:t>
               </w:r>
@@ -8253,51 +8253,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Simoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8352,51 +8352,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personality traits and exploratory behaviour of free-range slow-growing broilers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8602,51 +8602,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The PPILOW project: Innovations improving welfare in low input and organic pig and poultry farms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuditta Meloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8714,77 +8714,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PPILOW: innovations for improving animal welfare and human well-being in low-input outdoor and organic poultry and pig production systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Rocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuditta Meloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonnefous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8865,51 +8865,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitor Hugo Bessa Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Barbarat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorène Reiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9693,103 +9693,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration behavior in free range chickens: personality trait related to differences in cognitive abilities?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Guesdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. European Conference on Behavioural Biology (ECBB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Societies for Behavioural Biology. AUT., Jul 2016, Vienne, Austria</w:t>
@@ -9831,90 +9831,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le comportement d'exploration chez les poulets élevés en plein air : un trait de personnalité associé à des différences de capacité cognitives ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Peuteman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine K. Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque National de la SFECA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française pour l'Etude du Comportement Animal (SFECA). FRA., Mar 2016, Caen, France</w:t>
@@ -9937,221 +9937,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conduite de productions animales dans des couverts complexes. Production de volailles biologiques en parcours prairiaux et arborés.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alimentation 100% AB en aviculture biologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve H. Juin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Bourin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine K. Germain</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Roinsard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lubac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carrefour de l’Innovation Agronomique (CIAG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Angers, France. 14 p</w:t>
+              <w:t xml:space="preserve">Journée Volailles de Qualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, France. 77 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02795419v1</w:t>
+                <w:t xml:space="preserve">hal-02794090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alimentation 100% AB en aviculture biologique</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conduite de productions animales dans des couverts complexes. Production de volailles biologiques en parcours prairiaux et arborés.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine K. Germain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Volailles de Qualité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, France. 77 p</w:t>
+              <w:t xml:space="preserve">Carrefour de l’Innovation Agronomique (CIAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Angers, France. 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02794090v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parcours et Bien-être</w:t>
               </w:r>
@@ -10607,51 +10607,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Jurjanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine K. Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Jondreville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10683,273 +10683,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02745976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emissions gazeuses d'un élevage biologique de poulets de chair : Emissions de NH3, de N2O et de CH4 en bâtiment et de N2O et de CH4 sur parcours</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mélynda Hassouna</w:t>
+                <w:t xml:space="preserve">Impact de l'ingestion de sol et de vegetaux par le poulet de chair sur la valorisation energetique de la ration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine K. Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe C. Flechard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marcel Lecomte</w:t>
+                <w:t xml:space="preserve">Bayé Madiop Niang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Cellier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catherine Jondreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Jurjanz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., Mar 2011, Tours, France. pp.111-115</w:t>
+              <w:t xml:space="preserve">, Mar 2011, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01004770v1</w:t>
+                <w:t xml:space="preserve">hal-02746114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de l'ingestion de sol et de vegetaux par le poulet de chair sur la valorisation energetique de la ration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Karine K. Germain</w:t>
+                <w:t xml:space="preserve">Emissions gazeuses d'un élevage biologique de poulets de chair : Emissions de NH3, de N2O et de CH4 en bâtiment et de N2O et de CH4 sur parcours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Méda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélynda Hassouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayé Madiop Niang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Herve H. Juin</w:t>
+                <w:t xml:space="preserve">Christophe C. Flechard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Jondreville</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2011, Tours, France</w:t>
+              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., Mar 2011, Tours, France. pp.111-115</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02746114v1</w:t>
+                <w:t xml:space="preserve">hal-01004770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Housing emissions of NH3, N2O and CH4 and outdoor emissions of CH4 and N2O from organic broilers</w:t>
               </w:r>
@@ -11112,51 +11112,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Tours, France</w:t>
@@ -11306,51 +11306,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the outdoor run characteristics on growth performance in broiler organic production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine K. Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lessire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11427,51 +11427,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Guemene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11522,51 +11522,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alteravi: an experimental facility to investigate free range and organic poultry production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine K. Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Guemene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11725,51 +11725,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Flechard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Tours, France. pp.317</w:t>
@@ -11994,51 +11994,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence A. Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12132,51 +12132,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50. Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Marseille, France. pp.74, 2021, 50ème Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
@@ -12934,51 +12934,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bernardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13400,51 +13400,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine K. Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Brachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddie Lamothe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13508,51 +13508,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of soil intake in free ranged domestic animals to ensure food safety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Jurjanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jondreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Delagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13853,51 +13853,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Guemene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14610,51 +14610,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Lagendijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jarkko Niemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saskia Kliphuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14715,271 +14715,271 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance, meat quality and blood parameters in four strains of organic broilers differ according to range use</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On-farm hatching and contact with adult hen post hatch induce sex-dependent effects on performance, health and robustness in broiler chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence A. Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laure Ravon</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Crochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bagnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hondelatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04199787v1</w:t>
+                <w:t xml:space="preserve">hal-04163794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-farm hatching and contact with adult hen post hatch induce sex-dependent effects on performance, health and robustness in broiler chickens</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Performance, meat quality and blood parameters in four strains of organic broilers differ according to range use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonnefous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence A. Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Hondelatte</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">hal-04163794v1</w:t>
+                <w:t xml:space="preserve">hal-04199787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -15258,51 +15258,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04998526v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kempf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zemb" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2025.2465350" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04574339v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Soulet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Jahoui" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Blache" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2024.106268" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537307v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Coudert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bousleh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2024.2328676" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04914388v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonnefous" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence A. Guilloteau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Germain" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ravon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-81672-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04699728v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Chiron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Desaint" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.2.8237" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588500v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Collet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Germain" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101099" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04873063v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goujon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chiron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04479584v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Crochet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bagnard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Hondelatte" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.382" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661337v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montagne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ferchaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/npvelsa/2024009" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04052261v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Hugo Bessa Ferreira" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barbin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2023.105870" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03627159v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Simoni" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2022.814054" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03947496v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2022.35.4.7225" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448777v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjis Kraimi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Lormant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2021.105594" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03173757v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine K. Germain" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-85867-2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03140110v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Guesdon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2020.105083" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622887v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Reiter" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2019.0721" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03140125v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Barbarat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Brachet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-020-01389-w" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629384v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Peuteman" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Valenchon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2019.103888" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619205v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Beauclercq" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lef&#232;vre" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Nadal-Desbarats" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Praud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps/pey483" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629417v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christele Dupont" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.202879" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625133v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Experton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Roinsard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5191147043310452E12" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607188v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bordeaux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roinsard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morini&#232;re" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5137773744344067E12" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626757v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Gain" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gidenne" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Goby" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604008v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bordeaux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lubac" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652931v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lubac" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beral" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bourgade" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charpiot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622747336196238E12" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01575776v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jurjanz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Juin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jondreville" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114002870" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209288v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand M&#233;da" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lynda Hassouna" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Lecomte" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2015.08.001" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634803v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dartois" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pourteau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guillet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637010v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ponchant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddie Lamothe" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ollivier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01562168v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Dziurla" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2013.11.004" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630266v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dartois" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pourteau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. B&#233;ral" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633907v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/sb3y-sd91" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209096v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Flechard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Walter" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-9-1493-2012" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666716v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Guemene" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aubert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouvarel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Cabaret" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304128v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04930713v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616322v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pi&#233;gu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613506v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guyot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Souchet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bouvry" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661426v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenolah Annonay" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04693076v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05089982v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04828459v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04692952v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Castellini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Mattioli" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie M Collet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685697v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613517v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. H.B. Ferreira" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05089973v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Travel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669797v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04908166v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie R&#233;hault-Godbert" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617323v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roos Molenaar" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry van den Brand" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona van den Anker" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reichelt" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelien Graat" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05308731v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaillou" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bordeau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Briandet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Cailleau-Audouin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661370v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613567v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Warin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lombard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Reverchon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661378v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natha&#235;le Wacrenier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613407v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04349878v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jahoui" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Piegu" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198015v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarkko Niemi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Rocchi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuditta Meloni" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193907v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613432v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Cornaille" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442485v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04372822v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophane de Rauglaudre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613174v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/vr.i5470)" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03953830v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Laval" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04129517v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415276v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04129719v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03783125v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03758295v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Savietto" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schouler" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04128847v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Re" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura van Vooren" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03632430v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185603v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03655484v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanna Steenfeldt" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Baldinger" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Tavares" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735680v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Boval" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Fleurance" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735497v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737347v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Coustham" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Courouss&#233;" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210662v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cardona" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Meynard" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Munier-Jolain" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Simon" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738089v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Juin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739881v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743855v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795419v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794090v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Juin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Bourin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793480v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210390v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Jurjanz" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cabaret" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276159v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Odoux" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fortini" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Feuillet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209200v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745976v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Jurjanz" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Jondreville" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004770v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Flechard" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746114v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bay&#233; Madiop Niang" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jondreville" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192484v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749542v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Parou" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Pouget" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746485v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Simon" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bain" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751353v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lessire" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752048v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Simonet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753173v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754371v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192446v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193917v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bonnefous" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613426v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612793v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737902v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gabriel" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736803v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Collas" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03502878v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guettier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774731v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595645v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733665v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744018v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernardet" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Bourhis" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605528v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grasteau" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209268v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Boutaous" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Buttin" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743479v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guesdon" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cayez" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741585v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210526v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Travel" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811252v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744676v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812489v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461072v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bellande" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dutin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Busnot" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/267113.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791025v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Brame" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Couilleau" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dennery" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209276v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.inra.fr/animal_emissions/Actualites/Mesurer-les-emissions-gazeuses-en-elevage" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607955v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jacques M.J. Duclos" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Beaumont" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03631342v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lagendijk" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Kliphuis" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199787v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04163794v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bertin" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bagnard" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hondelatte" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706090v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Meteau" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04998526v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kempf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zemb" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2025.2465350" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537307v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Coudert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bousleh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2024.2328676" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04574339v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Soulet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Jahoui" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Blache" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2024.106268" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04914388v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonnefous" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence A. Guilloteau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Germain" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ravon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-81672-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04873063v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goujon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chiron" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Germain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04699728v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Chiron" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Desaint" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.2.8237" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588500v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Collet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101099" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04479584v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Crochet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bagnard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Hondelatte" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.382" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661337v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montagne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ferchaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/npvelsa/2024009" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04052261v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Hugo Bessa Ferreira" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barbin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2023.105870" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03627159v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Simoni" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2022.814054" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03947496v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2022.35.4.7225" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448777v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjis Kraimi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Lormant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2021.105594" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03173757v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine K. Germain" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-85867-2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622887v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Reiter" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Guesdon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2019.0721" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03140110v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2020.105083" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03140125v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Barbarat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Brachet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-020-01389-w" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629384v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Peuteman" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Valenchon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2019.103888" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619205v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Beauclercq" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lef&#232;vre" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Nadal-Desbarats" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Praud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps/pey483" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629417v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christele Dupont" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.202879" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625133v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Experton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Roinsard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5191147043310452E12" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607188v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bordeaux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roinsard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morini&#232;re" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5137773744344067E12" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626757v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Gain" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gidenne" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Goby" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604008v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bordeaux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lubac" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652931v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lubac" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beral" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bourgade" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charpiot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622747336196238E12" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01575776v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jurjanz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Juin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jondreville" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114002870" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209288v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand M&#233;da" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lynda Hassouna" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Lecomte" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2015.08.001" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634803v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dartois" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pourteau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guillet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637010v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ponchant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddie Lamothe" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ollivier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01562168v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Dziurla" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2013.11.004" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630266v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dartois" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pourteau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. B&#233;ral" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633907v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/sb3y-sd91" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209096v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Flechard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Walter" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-9-1493-2012" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666716v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Guemene" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aubert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouvarel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Cabaret" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304128v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04930713v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616322v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pi&#233;gu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661426v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenolah Annonay" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05089982v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613506v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guyot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Souchet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bouvry" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04693076v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685697v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617323v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roos Molenaar" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry van den Brand" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona van den Anker" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reichelt" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelien Graat" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04692952v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Castellini" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Mattioli" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie M Collet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04828459v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669797v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613517v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. H.B. Ferreira" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04908166v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie R&#233;hault-Godbert" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05089973v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Travel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05308731v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaillou" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bordeau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Briandet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Cailleau-Audouin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661370v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613567v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Warin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lombard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Reverchon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613407v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661378v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natha&#235;le Wacrenier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198015v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarkko Niemi" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Rocchi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuditta Meloni" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04349878v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jahoui" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Piegu" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613432v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Cornaille" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193907v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442485v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04372822v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophane de Rauglaudre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613174v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/vr.i5470)" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415276v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03953830v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Laval" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04129517v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04129719v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03783125v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03758295v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Savietto" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schouler" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04128847v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Re" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura van Vooren" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03632430v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185603v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03655484v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanna Steenfeldt" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Baldinger" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Tavares" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735680v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Boval" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Fleurance" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735497v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737347v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Coustham" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Courouss&#233;" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210662v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cardona" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Meynard" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Munier-Jolain" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Simon" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738089v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Juin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739881v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743855v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794090v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Juin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Bourin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795419v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793480v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210390v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Jurjanz" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cabaret" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276159v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Odoux" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fortini" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Feuillet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209200v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745976v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Jurjanz" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Jondreville" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746114v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bay&#233; Madiop Niang" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jondreville" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004770v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Flechard" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192484v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749542v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Parou" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Pouget" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746485v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Simon" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bain" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751353v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lessire" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752048v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Simonet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753173v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754371v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192446v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193917v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bonnefous" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613426v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612793v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737902v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gabriel" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736803v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Collas" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03502878v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guettier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774731v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595645v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733665v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744018v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernardet" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Bourhis" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605528v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grasteau" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209268v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Boutaous" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Buttin" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743479v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guesdon" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cayez" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741585v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210526v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Travel" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811252v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744676v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812489v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461072v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bellande" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dutin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Busnot" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/267113.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791025v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Brame" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Couilleau" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dennery" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209276v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.inra.fr/animal_emissions/Actualites/Mesurer-les-emissions-gazeuses-en-elevage" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607955v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jacques M.J. Duclos" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Beaumont" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03631342v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lagendijk" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Kliphuis" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04163794v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bertin" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bagnard" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hondelatte" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199787v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706090v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Meteau" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>