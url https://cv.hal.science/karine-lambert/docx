--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -1742,200 +1742,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04857879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruptures spatiales, ruptures familiales et maternités</w:t>
+                <w:t xml:space="preserve">La « bande de Pourrières » en procès : genre, micro-histoire et brigandage en Provence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Lambert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Familles en mouvement. Migrations et parentalité en méditerrannée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Penser le genre, </w:t>
+              <w:t xml:space="preserve">Les brigands</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.35-49, 2013, </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.pup.27968⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.118524⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05061023v1</w:t>
+                <w:t xml:space="preserve">halshs-04857924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La « bande de Pourrières » en procès : genre, micro-histoire et brigandage en Provence</w:t>
+                <w:t xml:space="preserve">Ruptures spatiales, ruptures familiales et maternités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Lambert</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Tillier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUP. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les brigands</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.35-49, 2013, </w:t>
+              <w:t xml:space="preserve">Familles en mouvement. Migrations et parentalité en méditerrannée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Penser le genre, </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.pur.118524⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/books.pup.27968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04857924v1</w:t>
+                <w:t xml:space="preserve">halshs-05061023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'autre Panthéon : femmes et héroïsation sous la Révolution française</w:t>
               </w:r>
@@ -2918,51 +2918,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857931v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Lambert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11y8o" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03566060v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvette Den&#232;fle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/glad.3537" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970078v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2019097" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857937v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857936v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.039.0229" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04889987v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04889976v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04889964v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05061025v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03037455v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cad&#232;ne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lapied" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/genre-recits-usages-transgression" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01167428v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Guilhaumou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Montenach" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.35558" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00753505v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Dermenjian" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857930v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Astor" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036100v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cad&#232;ne Nicole" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Calvini-Lefebvre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03566094v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857881v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.35673" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857939v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857941v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857879v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Tillier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.28148" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05061023v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.27968" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857924v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.118524" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00753462v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05061036v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05061038v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05061043v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05061041v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03311418v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857884v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Pomponi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.945" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857921v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.15901" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857926v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.19672" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857925v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.16160" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857931v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Lambert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11y8o" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03566060v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvette Den&#232;fle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/glad.3537" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970078v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2019097" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857937v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857936v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.039.0229" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04889987v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04889976v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04889964v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05061025v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03037455v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cad&#232;ne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lapied" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/genre-recits-usages-transgression" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01167428v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Guilhaumou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Montenach" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.35558" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00753505v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Dermenjian" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857930v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Astor" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036100v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cad&#232;ne Nicole" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Calvini-Lefebvre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03566094v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857881v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.35673" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857939v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857941v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857879v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Tillier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.28148" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857924v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.118524" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05061023v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.27968" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00753462v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05061036v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05061038v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05061043v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05061041v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03311418v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857884v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Pomponi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.945" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857921v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.15901" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857926v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.19672" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857925v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.16160" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>