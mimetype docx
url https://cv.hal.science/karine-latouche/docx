--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -166,386 +166,386 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Product innovation and export strategy</w:t>
+                <w:t xml:space="preserve">Retailer Suppliers and Global Value Chains in the Agri-Food Sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Randy Chemo Dzukou</w:t>
+                <w:t xml:space="preserve">Kossi Messanh Agbekponou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Duvaleix</w:t>
+                <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Economics and Management Strategy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 34 (1), pp.193-221. </w:t>
+              <w:t xml:space="preserve">Review of International Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 33 (3), pp.657-678. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jems.12579⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/roie.12802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04452985v1</w:t>
+                <w:t xml:space="preserve">hal-04995348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retailer Suppliers and Global Value Chains in the Agri-Food Sector</w:t>
+                <w:t xml:space="preserve">Introduction au numéro spécial INRAE Sciences Sociales : Recherches sur les industries agroalimentaires au département EcoSocio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kossi Messanh Agbekponou</w:t>
+                <w:t xml:space="preserve">Zohra Bouamra-Mechemache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Cheptea</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karine Latouche</w:t>
+                <w:t xml:space="preserve">Sophie Drogué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lemarié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of International Economics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">INRAE Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1-2/2023 (1), 2 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04995348v1</w:t>
+                <w:t xml:space="preserve">hal-05128619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction au numéro spécial INRAE Sciences Sociales : Recherches sur les industries agroalimentaires au département EcoSocio</w:t>
+                <w:t xml:space="preserve">Product innovation and export strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zohra Bouamra-Mechemache</w:t>
+                <w:t xml:space="preserve">Kevin Randy Chemo Dzukou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Duvaleix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lemarié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Sciences Sociales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Economics and Management Strategy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (1), pp.193-221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jems.12579⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05128619v1</w:t>
+                <w:t xml:space="preserve">hal-04452985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Product Innovation and Export Strategy: An Application to French Dairy Firms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Randy Chemo Dzukou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Duvaleix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -813,51 +813,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exporting firms and retail internationalization: Evidence from France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1231,546 +1231,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02631951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retailer supply chain and market access: Evidence from French agri-food firms certified with private standards</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multinational Retailers and Home Country Food Exports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Cheptea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The World Economy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/twec.12191⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Agricultural Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 97 (1), pp.159-179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ajae/aau017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02640966v1</w:t>
+                <w:t xml:space="preserve">hal-01208973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multinational Retailers and Home Country Food Exports</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Retailer supply chain and market access: Evidence from French agri-food firms certified with private standards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Emlinger</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Agricultural Economics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The World Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 38 (2), pp.1312-1334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/twec.12191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ajae/aau017⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01208973v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02640966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Liability Rules on Modes of Coordination for Food Safety in Supply Chains</w:t>
+                <w:t xml:space="preserve">Nomenclature de produits et concordance dans le temps: Procédure de correction et analyses de sensibilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Rouviere</w:t>
+                <w:t xml:space="preserve">Cecile Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Harel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Gaigné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Turolla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Law and Economics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10657-013-9413-0⟩</w:t>
+              <w:t xml:space="preserve">Économie rurale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2014/5 (343), pp.87-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/economierurale.4466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323148v1</w:t>
+                <w:t xml:space="preserve">hal-01208985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The question of animal pain: the issues for debate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Guichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Animal Biosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 5 (3), pp.285-296. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S204047001400017X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02629547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nomenclature de produits et concordance dans le temps: Procédure de correction et analyses de sensibilité</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of Liability Rules on Modes of Coordination for Food Safety in Supply Chains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique Harel</w:t>
+                <w:t xml:space="preserve">Elodie Rouviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Turolla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Économie rurale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 2014/5 (343), pp.87-102. </w:t>
+              <w:t xml:space="preserve">European Journal of Law and Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 37 (1), pp.111-130. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/economierurale.4466⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10657-013-9413-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01208985v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01323148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégie d’internationalisation des entreprises agroalimentaires françaises : premier état des lieux</w:t>
               </w:r>
@@ -1782,51 +1782,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajar Ben Ameur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economies et Sociétés. Série AG Systèmes agroalimentaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 11-12 (35), pp.2093-2103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1845,334 +1845,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02643107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'internationalisation de la grande distribution : un atout pour les exportateurs de produits agro-alimentaires?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Minimising pain in farm animals: the 3S approach – ‘Suppress, Substitute, Soothe’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Levionnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Guemene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Lettre du CEPII</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 6 (8), pp.1261-1274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731112000262⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02641903v1</w:t>
+                <w:t xml:space="preserve">hal-01129642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Firms, markets and trade costs: access of French exporters to European agri-food markets</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'internationalisation de la grande distribution : un atout pour les exportateurs de produits agro-alimentaires?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Review of Agricultural Economics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Lettre du CEPII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 327, 4 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02645093v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02641903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimising pain in farm animals: the 3S approach – ‘Suppress, Substitute, Soothe’</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Daniel Guemene</w:t>
+                <w:t xml:space="preserve">Firms, markets and trade costs: access of French exporters to European agri-food markets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 6 (8), pp.1261-1274. </w:t>
+              <w:t xml:space="preserve">European Review of Agricultural Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 39 (2), pp.257-288. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1751731112000262⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/erae/jbr009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01129642v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Threshold effect and coordination of agri-environmental efforts</w:t>
               </w:r>
@@ -2262,51 +2262,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The importance of EU-15 borders for CEECs agri-food exports: the role of tariffs and non-tariff measures in the pre-accession period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3609,64 +3609,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quality upgrading and position in global value chain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi Messanh Agbekponou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3704,64 +3704,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quality upgrading and position in global value chains: Firm-level evidence from the French agri-food industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi Messanh Agbekponou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3793,286 +3793,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04321480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quality upgrading and position in global value chains: Firm-level evidence from the French agri-food industry</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Angela Cheptea</w:t>
+                <w:t xml:space="preserve">Protection of Geographical Indications in Trade Agreements: is it worth it?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17e congrès de l'Association européenne des économistes agricoles (EAAE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association of Agricultural Economists, Aug 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">Geographical Indications, Gastronationalism, and Fair Food</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Utrecht University, Jan 2023, En visioconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04321554v1</w:t>
+                <w:t xml:space="preserve">hal-04033399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protection of Geographical Indications in Trade Agreements: is it worth it?</w:t>
+                <w:t xml:space="preserve">When Quality Management Helps Agri-food Firms to Export</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geographical Indications, Gastronationalism, and Fair Food</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Utrecht University, Jan 2023, En visioconférence, France</w:t>
+              <w:t xml:space="preserve">EAAE congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE), Aug 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04033399v1</w:t>
+                <w:t xml:space="preserve">hal-04329817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When Quality Management Helps Agri-food Firms to Export</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Emlinger</w:t>
+                <w:t xml:space="preserve">Quality upgrading and position in global value chains: Firm-level evidence from the French agri-food industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kossi Messanh Agbekponou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAAE congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE), Aug 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">17e congrès de l'Association européenne des économistes agricoles (EAAE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Agricultural Economists, Aug 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329817v1</w:t>
+                <w:t xml:space="preserve">hal-04321554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La valorisation des drêches de brasseries en milieu urbain : vers un outil d’aide à la décision appliqué au bassin nantais</w:t>
               </w:r>
@@ -4412,51 +4412,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retailer-driven value chains in the agri-food sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi-Messanh Agbekponou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4488,165 +4488,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03941386v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaines de valeur mondiales pilotées par la grande distribution : analyse de la participation des entreprises agroalimentaires françaises</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">The positioning of French agrifood firms in GVCs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Cheptea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Latouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi Messanh Agbekponou</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Journées de Recherches en Sciences Sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFER, Apr 2021, Clermond-Ferrand, France</w:t>
+              <w:t xml:space="preserve">2021 IATRC Annual Meeting "Trade and Environmental Policies: Synergies and Rivalries"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Agricultural Trade Research Consortium (IATRC), Dec 2021, San Diego, California, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03216904v1</w:t>
+                <w:t xml:space="preserve">hal-03566625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retailer-driven value chain in agri-food sector: analysis of the participation of French firms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi Messanh Agbekponou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4678,329 +4678,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03346839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When Quality Management Helps Agri-food Firms to Export</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Emlinger</w:t>
+                <w:t xml:space="preserve">Chaines de valeur mondiales pilotées par la grande distribution : analyse de la participation des entreprises agroalimentaires françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kossi Messanh Agbekponou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IATRC Annual Meeting “Trade and Environmental Policies: Synergies and Rivalries”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Agricultural Trade Research Consortium: IATRC, Dec 2021, San Diego, United States</w:t>
+              <w:t xml:space="preserve">14. Journées de Recherches en Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFER, Apr 2021, Clermond-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518705v1</w:t>
+                <w:t xml:space="preserve">hal-03216904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrainte environnementale des accords commerciaux : une approche en réseau</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">When Quality Management Helps Agri-food Firms to Export</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Journées de Recherche en Sciences Sociales (JRSS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFER; INRAe; CIRAD; INP-ENSAT, Dec 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">IATRC Annual Meeting “Trade and Environmental Policies: Synergies and Rivalries”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Agricultural Trade Research Consortium: IATRC, Dec 2021, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03514742v1</w:t>
+                <w:t xml:space="preserve">hal-03518705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The positioning of French agrifood firms in GVCs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Angela Cheptea</w:t>
+                <w:t xml:space="preserve">Contrainte environnementale des accords commerciaux : une approche en réseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Margarit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kossi Messanh Agbekponou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IATRC Annual Meeting "Trade and Environmental Policies: Synergies and Rivalries"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Agricultural Trade Research Consortium (IATRC), Dec 2021, San Diego, California, United States</w:t>
+              <w:t xml:space="preserve">15. Journées de Recherche en Sciences Sociales (JRSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFER; INRAe; CIRAD; INP-ENSAT, Dec 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03566625v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03514742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Product innovation and Export behaviour in French dairy industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Randy Chemo Dzukou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Duvaleix-Treguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5045,96 +5045,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02503323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le CETA et le secteur agricole</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the competitiveness effects of quality labels: Evidence from French cheese industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Duvaleix-Treguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Emlinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Gaigné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées interdisciplinaires du développement durable "La transition agricole est-elle compatible avec le CETA ?"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Nantes (UN). FRA., Jan 2018, Nantes, France. 21 p</w:t>
+              <w:t xml:space="preserve">30. International conférence of agricultural economists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Association of Agricultural Economists (IAAE). INT., 2018, Vancouver, Canada. 21 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02787142v1</w:t>
+                <w:t xml:space="preserve">hal-02787541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">International trade, product quality and food standards</w:t>
               </w:r>
@@ -5196,165 +5235,126 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the competitiveness effects of quality labels: Evidence from French cheese industry</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le CETA et le secteur agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30. International conférence of agricultural economists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Association of Agricultural Economists (IAAE). INT., 2018, Vancouver, Canada. 21 p</w:t>
+              <w:t xml:space="preserve">Journées interdisciplinaires du développement durable "La transition agricole est-elle compatible avec le CETA ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Nantes (UN). FRA., Jan 2018, Nantes, France. 21 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02787541v1</w:t>
+                <w:t xml:space="preserve">hal-02787142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Product innovation and export performances of French dairy firms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Randy Chemo Dzukou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Duvaleix-Treguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5418,51 +5418,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterogeneity in international value chains: The economic function of French brokers in the fresh fruit and vegetables import industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Rouviere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">149. EAAE Seminar ‘Structural change in agri-food chains: new relations between farm sector, food industry and retail sector'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). INT., Oct 2016, Rennes, France. 13 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5500,51 +5500,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterogeneity in international value chains: The economic function of French brokers in the fresh fruit and vegetable imports industry.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Rouviere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">153 EAAE Seminar (European Association of Agricultural Economists)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Gaeta, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5677,51 +5677,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do exporting firms benefit from retail internationalization? Evidence from France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5766,234 +5766,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01462765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Liability Rules on Modes of Coordination for Food Safety in Supply Chains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elodie Rouviere</w:t>
+                <w:t xml:space="preserve">Vertical Ownership and Trade: Firm-level evidence from France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Gaigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Turolla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Wageningen International Conference on Chain and Network Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Anacapri, Italy</w:t>
+              <w:t xml:space="preserve">Séminaire CREATE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Laval. CAN., Nov 2014, Québec, Canada. 32 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01587302v1</w:t>
+                <w:t xml:space="preserve">hal-01208991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vertical Ownership and Trade: Firm-level evidence from France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carl Gaigné</w:t>
+                <w:t xml:space="preserve">Impact of Liability Rules on Modes of Coordination for Food Safety in Supply Chains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Rouviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Turolla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire CREATE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Laval. CAN., Nov 2014, Québec, Canada. 32 p</w:t>
+              <w:t xml:space="preserve">11. Wageningen International Conference on Chain and Network Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Anacapri, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01208991v1</w:t>
+                <w:t xml:space="preserve">hal-01587302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do exporting firms benefit from retail internationalization? Evidence from France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6038,1007 +6038,1007 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01208978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multinational retailers and firm-level exports</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Emlinger</w:t>
+                <w:t xml:space="preserve">Impact of Liability Rules on Modes of Coordination for Food Safety in Supply Chains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Rouviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Networks and Trade</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The International Network for Economic Research (INFER). BEL., Oct 2013, Leuven, Belgium</w:t>
+              <w:t xml:space="preserve">17ème conférence de l’ International Society of New Institutional Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European University Institute, Jun 2013, Firenze, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01208977v1</w:t>
+                <w:t xml:space="preserve">hal-01587298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brokers vs. Retailers: Evidence from the French Imports Industry of Fresh Produce</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elodie Rouviere</w:t>
+                <w:t xml:space="preserve">Multinational retailers and firm-level exports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Cheptea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30émes Journées de Microéconomie Appliquée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Nice, France</w:t>
+              <w:t xml:space="preserve">International Workshop on Networks and Trade</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The International Network for Economic Research (INFER). BEL., Oct 2013, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01585513v1</w:t>
+                <w:t xml:space="preserve">hal-01208977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Internationalisation des coopératives agroalimentaires françaises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nina Latouille</w:t>
+                <w:t xml:space="preserve">Multinational Retailers and Firm-Level Exports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Cheptea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Samira Rousselière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées de Recherches en Sciences Sociales (JRSS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA., Dec 2013, Angers, France. 25 p</w:t>
+              <w:t xml:space="preserve">IATRC Annual Meeting: "Employment, Immigration and Trade"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Agricultural Trade Research Consortium (IATRC). INT., Dec 2013, Clearwater Beach, United States. 15 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02805823v1</w:t>
+                <w:t xml:space="preserve">hal-01208976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vertical ownership and trade: Firm-level evidence from France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Turolla</w:t>
+                <w:t xml:space="preserve">Internationalisation des coopératives agroalimentaires françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Latouille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Rousselière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. Annual congress of the (EEA) - 65. European Meeting of the Econometric Society (ESEM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Economic Association and Econometric Society. USA.; Centre d'Études et de Recherches sur le Développement International - Clermont Auvergne (CERDI). FRA.; Aarhus University [Aarhus]. DNK.; European Association of Agricultural Economists (EAAE). INT., Jun 2013, Gothenburg, Sweden</w:t>
+              <w:t xml:space="preserve">7. Journées de Recherches en Sciences Sociales (JRSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA., Dec 2013, Angers, France. 25 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209018v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02805823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multinational Retailers and Firm-Level Exports</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Emlinger</w:t>
+                <w:t xml:space="preserve">Vertical ownership and trade: Firm-level evidence from France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Gaigné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Turolla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IATRC Annual Meeting: "Employment, Immigration and Trade"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Agricultural Trade Research Consortium (IATRC). INT., Dec 2013, Clearwater Beach, United States. 15 p</w:t>
+              <w:t xml:space="preserve">26. Annual congress of the (EEA) - 65. European Meeting of the Econometric Society (ESEM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Economic Association and Econometric Society. USA.; Centre d'Études et de Recherches sur le Développement International - Clermont Auvergne (CERDI). FRA.; Aarhus University [Aarhus]. DNK.; European Association of Agricultural Economists (EAAE). INT., Jun 2013, Gothenburg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01208976v1</w:t>
+                <w:t xml:space="preserve">hal-01209018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Liability Rules on Modes of Coordination for Food Safety in Supply Chains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Brokers vs. Retailers: Evidence from the French Imports Industry of Fresh Produce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Rouviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème conférence de l’ International Society of New Institutional Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European University Institute, Jun 2013, Firenze, Italy</w:t>
+              <w:t xml:space="preserve">30émes Journées de Microéconomie Appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01587298v1</w:t>
+                <w:t xml:space="preserve">hal-01585513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multinational Retailers and Home Country Exports</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Régime de responsabilité des importateurs et approches volontaires de gestion de la sécurité sanitaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Rouvière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Annual conference ETSG 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Trade Study Group (ETSG). Linz, INT.; Institut für Angewandte Wirtschaftsforschung (IAW). DEU., Sep 2012, Louven, Belgium. 22 p</w:t>
+              <w:t xml:space="preserve">Sécurité sanitaire des aliments, commerce et développement -AFD INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01208840v1</w:t>
+                <w:t xml:space="preserve">hal-02748497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brokers vs. Retailers: Evidence from the French Imports Industry of Fresh Produce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Rouvière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congress of the Apllied and Agricultural Economics Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Seattle, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01584235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Principe de responsabilité et coordination des importateurs sur les marchés européens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elodie Rouviere</w:t>
+                <w:t xml:space="preserve">Multinational Retailers and Home Country Exports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Cheptea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sécurité sanitaire des aliments, commerce et développement: le rôle de la structure des filières et des organisations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Agence Française de Développement (AFD); Institut National de la Recherche Agronomique (INRA), Dec 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">14. Annual conference ETSG 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Trade Study Group (ETSG). Linz, INT.; Institut für Angewandte Wirtschaftsforschung (IAW). DEU., Sep 2012, Louven, Belgium. 22 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01586237v1</w:t>
+                <w:t xml:space="preserve">hal-01208840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régime de responsabilité des importateurs et approches volontaires de gestion de la sécurité sanitaire.</w:t>
+                <w:t xml:space="preserve">Stratégie d’internationalisation des entreprises agroalimentaires françaises : premier état des lieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elodie Rouvière</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajar Ben Amer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sécurité sanitaire des aliments, commerce et développement -AFD INRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">Symposium PSDR 3. Les chemins du développement territorial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PSDR. FRA., Jun 2012, Clermont-Ferrand, France. 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02748497v1</w:t>
+                <w:t xml:space="preserve">hal-02811235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie d’internationalisation des entreprises agroalimentaires françaises : premier état des lieux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Principe de responsabilité et coordination des importateurs sur les marchés européens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Rouviere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cecile Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium PSDR 3. Les chemins du développement territorial</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PSDR. FRA., Jun 2012, Clermont-Ferrand, France. 18 p</w:t>
+              <w:t xml:space="preserve">Sécurité sanitaire des aliments, commerce et développement: le rôle de la structure des filières et des organisations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agence Française de Développement (AFD); Institut National de la Recherche Agronomique (INRA), Dec 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02811235v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01586237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vertical Ownership and Trade: Firm-level evidence from France</w:t>
               </w:r>
@@ -7119,51 +7119,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brokers vs. Retailers: Evidence from the French Imports Industry of Fresh Produce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Rouviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7195,247 +7195,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01585530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brokers vs. Retailers: Evidence from the French Imports Industry of Fresh Produce.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multinational retailers and home country exports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Cheptea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Emlinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elodie Rouvière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 AAEA Annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Agricultural and Applied Economics Association (AAEA). USA., Aug 2012, Seattle, United States. 34 p</w:t>
+              <w:t xml:space="preserve">IATRC 2012 Annual Meeting "New Rules of Trade?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Agricultural Trade Research Consortium (IATRC). INT., Dec 2012, San Diego, United States. 25 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02807378v1</w:t>
+                <w:t xml:space="preserve">hal-01208975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multinational retailers and home country exports</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Brokers vs. Retailers: Evidence from the French Imports Industry of Fresh Produce.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Rouvière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IATRC 2012 Annual Meeting "New Rules of Trade?"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Agricultural Trade Research Consortium (IATRC). INT., Dec 2012, San Diego, United States. 25 p</w:t>
+              <w:t xml:space="preserve">2012 AAEA Annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agricultural and Applied Economics Association (AAEA). USA., Aug 2012, Seattle, United States. 34 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01208975v1</w:t>
+                <w:t xml:space="preserve">hal-02807378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brokers vs. Retailers: Evidence from the French imports industry of fresh produce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Rouvière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. EAAE Congress: "Change and Uncertainty Challenges for Agriculture, Food and Natural Resources"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). INT., Aug 2011, Zurich, Switzerland. 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7486,51 +7486,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John-Scott Shonkwiler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International conference: "Demography of firms and industries"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire de Recherche ERUDITE, EA N°437 (ERUDITE). FRA. Université Paris Est Créteil Val de Marne (Paris 12) (UPEC UP12), FRA. Université Paris Est Créteil Val de Marne (Paris 12) (UPEC UP12), FRA., Jan 2011, Paris, France. 21 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7549,532 +7549,532 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02809104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brokers as a governance structure? Evidence from the French imports industry of fresh produce</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Trade and transport mode, share model analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Marcias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elodie Rouvière</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Annual conference of the International Society for New Institutional Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Stanford, United States. 18 p</w:t>
+              <w:t xml:space="preserve">13. EAAE Congress: "Change and Uncertainty Challenges for Agriculture, Food and Natural Resources"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). INT., Aug 2011, Zürich, Germany. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02809158v1</w:t>
+                <w:t xml:space="preserve">hal-02746668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trade and transport mode, share model analysis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Brokers as a governance structure? Evidence from the French imports industry of fresh produce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Rouvière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. EAAE Congress: "Change and Uncertainty Challenges for Agriculture, Food and Natural Resources"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). INT., Aug 2011, Zürich, Germany. 1 p</w:t>
+              <w:t xml:space="preserve">15. Annual conference of the International Society for New Institutional Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Stanford, United States. 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746668v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02809158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adoption of Private Standards Required by Retailers: Which benefits for exporters?</w:t>
+                <w:t xml:space="preserve">Private requirements by European retailers : impact on French exporters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Persillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Harel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Journées de recherches en sciences sociales INRA SFER CIRAD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2010, Rennes, France</w:t>
+              <w:t xml:space="preserve">4. International Forum on System Dynamics and Innovation in Food Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Innsbruck-Igls, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02754271v1</w:t>
+                <w:t xml:space="preserve">hal-02757137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of previous export behaviour on current firm exports: evaluating both participation and export volumes</w:t>
+                <w:t xml:space="preserve">Adoption of Private Standards Required by Retailers: Which benefits for exporters?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IATRC Annual Meeting: "Trade in Agriculture: So Much Done, So Much More to Do"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Agricultural Trade Research Consortium (IATRC). INT., Dec 2010, Berkeley, United States. 21 p</w:t>
+              <w:t xml:space="preserve">4. Journées de recherches en sciences sociales INRA SFER CIRAD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02814820v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Private requirements by European retailers : impact on French exporters</w:t>
+                <w:t xml:space="preserve">The role of previous export behaviour on current firm exports: evaluating both participation and export volumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John-Scott Shonkwiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Monique Harel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International Forum on System Dynamics and Innovation in Food Networks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2010, Innsbruck-Igls, Austria</w:t>
+              <w:t xml:space="preserve">IATRC Annual Meeting: "Trade in Agriculture: So Much Done, So Much More to Do"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Agricultural Trade Research Consortium (IATRC). INT., Dec 2010, Berkeley, United States. 21 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757137v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02814820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Private requirements by European retailers: impact on French exporters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IATRC Annual Meeting: "Private Standards and Non-Tariff Barriers: Measurement, Impacts and Legal Issues"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Agricultural Trade Research Consortium (IATRC). INT., Dec 2009, Fort Myers, United States. 24 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8125,51 +8125,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John-Scott Shonkwiler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ETSG Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Trade Study Group (ETSG). INT., Sep 2009, Rome, Italy. 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8194,51 +8194,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterogeneous firms and trade costs: a reading of french access to European Agro-food markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8276,51 +8276,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterogeneous firms and trade costs: a reading of French access to European agro-food markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8358,51 +8358,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Private standards, exporting countries and producers: a comparative analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Persillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8529,230 +8529,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02595744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The importance of EU15 borders for CEECs agri-food exports: the role of tariffs and non-tariff measures in the pre-accession period</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
+                <w:t xml:space="preserve">Threshold effect and coordination of agri-environmental efforts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dupraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Manuela Unguru</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Turpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole chercheur du Département SAE2 : Evaluation des politiques publiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Jun 2007, Blois, France. 36 p</w:t>
+              <w:t xml:space="preserve">15th EAERE Annual Conference, Thessaloniki, GRC, 27-30 June 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Thessaloniki, Greece. 16 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02817688v1</w:t>
+                <w:t xml:space="preserve">hal-01195137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Threshold effect and coordination of agri-environmental efforts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Dupraz</w:t>
+                <w:t xml:space="preserve">The importance of EU15 borders for CEECs agri-food exports: the role of tariffs and non-tariff measures in the pre-accession period</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nadine Turpin</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darja Marjovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela Unguru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th EAERE Annual Conference, Thessaloniki, GRC, 27-30 June 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Thessaloniki, Greece. 16 p</w:t>
+              <w:t xml:space="preserve">Ecole chercheur du Département SAE2 : Evaluation des politiques publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Jun 2007, Blois, France. 36 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01195137v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02817688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement hétérogène des référentiels privés en Europe : état des lieux et conséquences sur les échanges</w:t>
               </w:r>
@@ -8764,51 +8764,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Friant-Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Persillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées INRA-SFER de recherches en sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA., Dec 2007, Paris, France. 21 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8833,51 +8833,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How much do non-tariff measures explain the border effect at entry to the EU market? The CEECs agri-food exports to EU in the pre-accession period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chevassus-Lozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9125,217 +9125,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01931547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de seuils et coordination des efforts agri-environnementaux</w:t>
+                <w:t xml:space="preserve">Effets de seuil et coordination des efforts agri-environnementaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dupraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Turpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire GAEL, Grenoble, 23 septembre 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, pp.20</w:t>
+              <w:t xml:space="preserve">Territoires et enjeux du développement régional, Lyon, 9-11 mars 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, pp.14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02586603v1</w:t>
+                <w:t xml:space="preserve">hal-02587133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de seuil et coordination des efforts agri-environnementaux</w:t>
+                <w:t xml:space="preserve">Effets de seuils et coordination des efforts agri-environnementaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dupraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Turpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Territoires et enjeux du développement régional, Lyon, 9-11 mars 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, pp.14</w:t>
+              <w:t xml:space="preserve">Séminaire GAEL, Grenoble, 23 septembre 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, pp.20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02587133v1</w:t>
+                <w:t xml:space="preserve">hal-02586603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economic implications of scale and threshold effects in agri-environmental processes</w:t>
               </w:r>
@@ -9911,204 +9911,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02416817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farm animal welfare : French perception through contingent valuation method</w:t>
+                <w:t xml:space="preserve">French people's willingness to pay for farm animal welfare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kunisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Eckel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. European Association For Animal Production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50. Annual meeting of the EAAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 1999, Zurich, Switzerland. 6 p</w:t>
+              <w:t xml:space="preserve">International congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1999, Wiesbaden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02285598v1</w:t>
+                <w:t xml:space="preserve">hal-02285600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French people's willingness to pay for farm animal welfare</w:t>
+                <w:t xml:space="preserve">Farm animal welfare : French perception through contingent valuation method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">. European Association For Animal Production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 1999, Wiesbaden, Germany</w:t>
+              <w:t xml:space="preserve">50. Annual meeting of the EAAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1999, Zurich, Switzerland. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02285600v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food safety in beef consumption : bidding games and willingness to pay &amp;quot;mad cow&amp;quot; and French people's willingness to pay for safer meat</w:t>
               </w:r>
@@ -10325,51 +10325,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Référentiels volontaires et contrôle sanitaire des importations européennes : quelles conséquences sur les chaînes de valeur en Europe ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Rouviere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sécurité des aliments, commerce et développement : État des lieux, analyses économiques et points de vue des acteurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Tec &amp; Doc Lavoisier, 2014, 9782743015619</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10407,51 +10407,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commerce international et référentiels volontaires de contrôle sanitaire en Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Rouvière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sécurité sanitaire des aliments: régulation, analyses économiques et retours d'expérience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10805,64 +10805,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Participation and positioning of agri-food firms in global value chains: Measures and data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi Messanh Agbekponou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11068,64 +11068,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retailer-driven value chains in the agri-food sector: An analysis of French firms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi Messanh Agbekponou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11265,51 +11265,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do exporting firms benefit from retail internationalization? Evidence from France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11327,81 +11327,81 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01462762v1</w:t>
+                <w:t xml:space="preserve">hal-01209066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exporting firms and retail internationalization. Evidence from France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Do exporting firms benefit from retail internationalization? Evidence from France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11419,81 +11419,81 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01462720v1</w:t>
+                <w:t xml:space="preserve">hal-01462762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do exporting firms benefit from retail internationalization? Evidence from France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Exporting firms and retail internationalization. Evidence from France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11511,81 +11511,81 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209066v1</w:t>
+                <w:t xml:space="preserve">hal-01462720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multinational retailers and home country exports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11633,51 +11633,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multinational Retailers and Home Country Exports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Emlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12068,51 +12068,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zohra Bouamra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Cheptea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Hervé Dakpo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12239,51 +12239,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Internationalisation des coopératives agricoles françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Latouille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12340,77 +12340,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Douleurs animales. Les identifier, les comprendre, les limiter chez les animaux d'élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Daniel Guemene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Guichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12462,77 +12462,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Douleurs animales. Les identifier, les comprendre, les limiter chez les animaux d'élevage. Résumé de l'ESCo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Daniel Guemene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Guichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12584,77 +12584,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Douleurs animales. Les identifier, les comprendre, les limiter chez les animaux d'élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Daniel Guemene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Guichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13730,77 +13730,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La question de la douleur des animaux: les composantes du débat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Neindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Daniel Guemene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Guichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14131,51 +14131,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="82157FD3"/>
+    <w:nsid w:val="63177955"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14362,51 +14362,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/karine-latouche" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0999-9239" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04452985v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Randy Chemo Dzukou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Duvaleix" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Latouche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jems.12579" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04995348v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi Messanh Agbekponou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Cheptea" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/roie.12802" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05128619v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Bouamra-Mechemache" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drogu&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lemari&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093766v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4173087" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03269987v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Duvaleix-Treguer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Emlinger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Gaign&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodpol.2021.102118" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03346304v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Turolla" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rindu1.202.0021" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929035v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jems.12294" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623322v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajae/aax071" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152554v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lesur-Irichabeau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Guyader" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Fr&#233;sard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leroy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Latouche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2015.1114576" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631951v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640966v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chevassus-Lozza" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/twec.12191" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XT895DZ1-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208973v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajae/aau017" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01323148v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rouviere" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10657-013-9413-0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629547v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Guichet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S204047001400017X" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208985v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Le Roy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Harel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.4466" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643107v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Ben Ameur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641903v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645093v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbr009" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129642v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guatteo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Levionnois" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fournier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Guemene" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112000262" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583613v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dupraz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Turpin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09640560902958164" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662807v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darja Majkovic" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Unguru" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodpol.2008.07.005" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DQ7035KR-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931633v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupraz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Turpin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589097v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201146v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661869v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Gourmelen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chevillon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653861v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360554v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360553v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rainelli" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vermersch" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416819v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Floc'H" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416818v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0306-9192(98)00048-7" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-252V50GP-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05165441v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Capron" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Korbel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Ollivier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Rousseli&#232;re" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356161v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815545v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Fouquenet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666099v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321480v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321554v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04033399v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329817v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321385v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouquenet Valentin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330744v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329499v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03941460v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03941386v3" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi-Messanh Agbekponou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03216904v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03346839v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03518705v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514742v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Margarit" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03566625v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503323v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787142v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787545v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Olper" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787541v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505910v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465157v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01624247v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209053v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462765v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587302v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208991v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208978v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208977v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585513v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805823v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Latouille" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209018v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208976v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587298v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208840v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584235v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586237v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748497v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811235v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Ben Amer" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209021v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585530v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807378v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208975v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748774v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809104v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John-Scott Shonkwiler" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809158v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746668v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Marcias" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754271v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814820v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757137v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Persillet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815096v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818897v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816941v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752558v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753998v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595744v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817688v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darja Marjovic" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195137v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823408v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Friant-Perrot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811567v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824274v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931547v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Carpentier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bonneau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Umr Syst&#232;mes d'&#201;levage, Nutrition Animale Et Humaine" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586603v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587133v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931556v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bonnieux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594032v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931656v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Institut Technique Du Porc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937048v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Association of Environmental And Resource Economists" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830902v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. D&#233;partement d'Economie Et Sociologie Ruralesrennes" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416817v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle D. Matthee" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Robinson" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. European Society For Agricultural And Food Ethics" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285598v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285600v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kunisch" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Eckel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. European Association For Animal Production" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766714v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525170v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18459-1.p.0767" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326211v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797025v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www6.versailles-grignon.inra.fr/aliss/Accueil/Actualites/Vient-de-paraitre-Securite-sanitaire-des-aliments" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819849v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416816v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929033v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04913372v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Leroy" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04558963v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04665631v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03910461v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925630v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462762v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462720v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209066v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208857v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208974v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931565v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828212v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pech" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791327v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439979v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Bouamra" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chatellier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Herv&#233; Dakpo" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209073v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465166v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990906v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Neindre" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150143v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195002v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814470v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285629v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Arnaud" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Desjeux" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Ducos" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pech" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939971v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douadia Bougherara" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832251v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829495v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830864v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828684v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02831654v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02806605v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824315v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825406v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rainelli" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841249v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Minist&#232;re de L'Am&#233;nagement Du Territoire Et de L'Environnement, Direction G&#233;n&#233;rale de L'Administration Et Du D&#233;veloppement, Paris (fra)" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/karine-latouche" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0999-9239" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04995348v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi Messanh Agbekponou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Cheptea" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Latouche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/roie.12802" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05128619v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Bouamra-Mechemache" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drogu&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lemari&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04452985v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Randy Chemo Dzukou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Duvaleix" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jems.12579" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093766v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4173087" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03269987v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Duvaleix-Treguer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Emlinger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Gaign&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodpol.2021.102118" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03346304v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Turolla" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rindu1.202.0021" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929035v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jems.12294" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623322v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajae/aax071" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152554v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lesur-Irichabeau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Guyader" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Fr&#233;sard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leroy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Latouche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2015.1114576" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631951v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208973v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajae/aau017" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640966v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chevassus-Lozza" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/twec.12191" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XT895DZ1-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208985v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Le Roy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Harel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.4466" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629547v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Guichet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S204047001400017X" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01323148v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rouviere" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10657-013-9413-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643107v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Ben Ameur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129642v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guatteo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Levionnois" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fournier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Guemene" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112000262" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641903v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645093v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbr009" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583613v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dupraz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Turpin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09640560902958164" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662807v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darja Majkovic" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Unguru" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodpol.2008.07.005" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DQ7035KR-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931633v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupraz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Turpin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589097v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201146v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661869v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Gourmelen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chevillon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653861v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360554v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360553v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rainelli" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vermersch" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416819v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Floc'H" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416818v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0306-9192(98)00048-7" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-252V50GP-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05165441v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Capron" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Korbel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Ollivier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Rousseli&#232;re" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356161v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815545v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Fouquenet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666099v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321480v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04033399v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329817v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321554v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321385v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouquenet Valentin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330744v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329499v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03941460v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03941386v3" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi-Messanh Agbekponou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03566625v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03346839v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03216904v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03518705v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514742v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Margarit" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503323v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787541v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787545v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Olper" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787142v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505910v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465157v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01624247v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209053v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462765v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208991v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587302v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208978v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587298v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208977v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208976v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805823v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Latouille" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209018v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585513v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748497v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584235v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208840v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811235v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Ben Amer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586237v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209021v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585530v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208975v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807378v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748774v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809104v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John-Scott Shonkwiler" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746668v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Marcias" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809158v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757137v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Persillet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754271v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814820v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815096v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818897v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816941v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752558v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753998v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595744v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195137v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817688v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darja Marjovic" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823408v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Friant-Perrot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811567v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824274v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931547v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Carpentier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bonneau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Umr Syst&#232;mes d'&#201;levage, Nutrition Animale Et Humaine" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587133v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586603v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931556v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bonnieux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594032v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931656v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Institut Technique Du Porc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937048v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Association of Environmental And Resource Economists" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830902v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. D&#233;partement d'Economie Et Sociologie Ruralesrennes" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416817v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle D. Matthee" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Robinson" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. European Society For Agricultural And Food Ethics" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285600v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kunisch" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Eckel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. European Association For Animal Production" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285598v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766714v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525170v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18459-1.p.0767" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326211v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797025v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www6.versailles-grignon.inra.fr/aliss/Accueil/Actualites/Vient-de-paraitre-Securite-sanitaire-des-aliments" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819849v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416816v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929033v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04913372v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Leroy" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04558963v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04665631v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03910461v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925630v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209066v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462762v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462720v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208857v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208974v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931565v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828212v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pech" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791327v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439979v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Bouamra" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chatellier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Herv&#233; Dakpo" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209073v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465166v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990906v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Neindre" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150143v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195002v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814470v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285629v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Arnaud" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Desjeux" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Ducos" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pech" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939971v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douadia Bougherara" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832251v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829495v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830864v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828684v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02831654v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02806605v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824315v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825406v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rainelli" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841249v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Minist&#232;re de L'Am&#233;nagement Du Territoire Et de L'Environnement, Direction G&#233;n&#233;rale de L'Administration Et Du D&#233;veloppement, Paris (fra)" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>