--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,6111 +66,6301 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (29)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’accompagnement des élèves avec un TSA en classe ordinaire: place et continuité de l’AESH dans le parcours scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Quitté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minna Puustinen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 2025/2 (104), pp.119</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reading Aloud to Children, Social Inequalities and Vocabulary Development: Evidence from a Randomized Controlled Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Fougère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Research on Educational Effectiveness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (4), pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19345747.2023.2283475⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préoccupations et recommandations des parents et enseignants quant aux conditions de (re)scolarisation d enfants et d adolescents survivant d une tumeur cérébrale : vers une synthèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Labrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Erba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2024.09.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Engaging children in activities and interactions. What strategies do educators use in early childhood education and care?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphanie Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Salazar Orvig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine da Silva-Genest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langage, Interaction et Acquisition / Language, Interaction and Acquisition </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.95-129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/lia.00023.mas⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04789597v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Processus de focalisation multimodale lors des dîners familiaux français: une comparaison entre familles parlantes et familles signantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Catteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corrado Bellifemine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Faits de langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 53 (2), pp.111-142</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04778853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’observation en regards croisés des jeunes avec polyhandicap : un point d’appui pour développer de nouvelles relations éducatives.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Atlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Zorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lewi-Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minna Puustinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Phronesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, N° Hors-série(HS2), pp.47-60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04742452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Educators' perspectives on working with a humanoid robot in a French preschool class for autistic children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Dachez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Audry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bourgoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Research in Special Educational Needs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (3), pp.163-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1471-3802.12588⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04158120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adaptations prosodiques et phonétiques dans le langage adressé aux enfants (LAE) : quel rôle dans le développement du langage oral et quelles similitudes avec d’autres contextes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, N° 230 (2), pp.121-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lang.230.0121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04218977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The positive learning transfer from a musical play early-learning system® to young children’s linguistic and spatial skills</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Caracci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Thérèse Le Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Music Education Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (4), pp.494-511. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14613808.2022.2076820⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03967961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prosodie de l’enfant à l’interface de la musique et de la parole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Caracci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Thérèse Le Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N° 4 (4), pp.451-473. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/enf2.204.0451⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04313690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The prosody of child-directed speech compared to adult-directed speech: analysis of a corpus in French, English and Japanese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de praxématique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prosódia, pragmática e emergência da sintaxe na fala da criança</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelina Nunes De Vasconcelos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lingüística</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Monográfico sobre Pragmática y adquisición del lenguaje / Pragmática e aquisição da linguagem, 35 (2), pp.149-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5935/2079-312X.20190022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rôle de la pause dans l’acquisition de la première syntaxe en français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Organisation spatiale et temporelle des pauses en parole et en discours, 3 (211), pp.61-80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A high-energy-resolution resonant inelastic X-ray scattering spectrometer at ID20 of the European Synchrotron Radiation Facility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Moretti Sala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Henriquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Al Zein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Simonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25, pp.580-591. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S1600577518001200⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02976207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les structures verbales chez deux jeunes enfants francophones sourds profonds avec implant cochléaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Vincent-Durroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Guiheneuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Vieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langage, Interaction et Acquisition / Language, Interaction and Acquisition </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (2), pp.226-255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/lia.17007.vin⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04313666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“That's really clever!” Ironic hyperbole understanding in children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aguert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Le Vallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Child Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 45 (1), pp.260-272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0305000917000113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03273159v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prosodie du langage adressé à l’enfant comparée à celle du langage adressé à l'adulte : analyse d'un corpus en français, anglais et japonais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelina Nunes De Vasconcelos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers de praxématique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 70, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/praxematique.4820⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04313711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nouveau-né, un partenaire pour sa mère. Analyse du discours maternel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Gratier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Dominguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Buil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Apter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 65 (4), pp.201 - 210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurenf.2017.03.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01704484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évolution des caractéristiques prosodiques du langage adressé aux enfants entre 6 et 10 mois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aguert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2 (542), pp.87-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/bupsy.542.0087⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04313640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La compréhension des hyperboles ironiques à 10 ans : le rôle de la prosodie et du lexique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aguert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, La prosodie dans tous ses états, 2 (542), pp.103-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/bupsy.542.0103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04027206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude longitudinale des interactions prosodiques précoces entre parent et enfant ultérieurement diagnostiqué autiste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Garry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Sorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Devenir - Revue européenne du développement de l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (4), pp.217-229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dev.154.0217⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02113234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acoustic Analysis of Oral Productions of Infants later Diagnosed with Autism and their Mother</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josette Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Sirois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Infant Mental Health Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 35 (3), pp.285-295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/imhj.21442⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02113215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les prémices de la communication précoce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Gratier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Devouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Métiers de la petite enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Apprendre à parler, une aventure culturelle et sociale, 19 (195), pp.12-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.melaen.2012.12.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01704543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les premiers pas dans la langue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Gratier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Devouche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Métiers de la petite enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 19 (195), pp.14-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.melaen.2012.12.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01704549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rôle de la prosodie dans les premières constructions grammaticales : étude de cas d'un enfant français monolingue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of French Language Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, First language acquisition of French grammar (from 10 months to 4 years old), 22 (01), pp.13-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0959269511000561⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01820364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du gazouillis au premier mot : rôle des compétences préverbales dans l'accès au langage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Leroy-Collombel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rééducation orthophonique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 244, pp.77-94</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00576240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exprimer la douleur : analyses qualitatives d’interactions adulte-enfant au sein d’une crèche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Zabalia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dykstra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Douleur et Analgésie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 23 (4), pp.233-238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11724-010-0193-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03272212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évolution de l’inventaire de contours de Fo chez deux enfants français de 10 à 12 mois : l’importance du contexte pour décrire le stade pré-linguistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Quand l'enfant prend la parole, 3 (3), pp.305-316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4074/S001375450900305X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01820370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évolution de l'inventaire de contours de Fo chez deux enfants français de 10 à 12 mois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 61 (3), pp.305-316</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (20)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observation des interactions impliquant un élève avec polyhandicap : quelles intentions derrière les associations entre geste et parole ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Atlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Lewi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ajustements discursifs et interactionnels en contexte de handicap communicationnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Praxiling (UMR 5267); ICAR (UMR 5191), Oct 2025, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05537192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploration des usages du toucher dans les interactions entre professionnels et élèves avec polyhandicap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Atlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Zorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minna Puustinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lewi-Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ripsydeve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05322733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse prosodique des prises de parole des enseignants en classe : les adresses au groupe, aux élèves tout-venants et aux élèves avec un Trouble du Spectre de l’Autisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Zorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">35ème Journée d’Études sur la Parole (JEP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Toulouse Jean Jaurès/Paul Sabatier, Jul 2024, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04646461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’AESH et les parcours inclusifs de l’élève avec un TSA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Quitté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minna Puustinen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penser les pratiques inclusives, dans et hors les murs, de l’école à l’université : enjeux sociaux, politiques et éducatifs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Catholique de l’Ouest, Jan 2024, Angers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04571559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discours sur l’école durant les dîners familiaux : socialisation aux codes et secondarisation des apprentissages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aliyah Morgenstern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie (de) Pontonx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Bedoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AILA 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lyon; ENS de Lyon, Jul 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04641904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Hey, look! This-is-im-por-tant!” Embodied focus during signing and speaking family dinners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Catteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aliyah Morgenstern</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18th International Pragmatics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Pragmatics Association, Jul 2023, Bruxelles, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04314705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’activité d’aide des AESH : entre éthique du care et approche inclusive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Quitté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minna Puustinen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence internationale ISATT 2022. L’éthique inclusive en éducation, un nouvel horizon pour les enseignants et l’enseignement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03921604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les interactions avec des personnes à besoins complexes de communication : premières analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CJC 2022 – Le discours hors-norme(s) ou l’atypie du discours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PRAXILING (UMR 5267), Jun 2022, Montpellier (Université Paul Valéry, Montpellier III), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04314807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multimodal focalization processes during French family dinners: a comparison between speaking and signing families.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Catteau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISGS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISGS, Jul 2022, Chicago, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04314757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implications des enfants dans les activités et les interactions verbales : Quelles stratégies des professionnelles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphanie Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloise Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine da Silva-Genest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude de l’ED 266 « Acquisition du langage en milieu collectif : interactions adultes-enfants et pratiques langagières professionnelles »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03442299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Engaging children in activities and in verbal interactions: a typology of the strategies by early-childhood professionals in child-care centers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphanie Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Salazar Orvig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chartier Eloise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17th International Pragmatics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Winterthur, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03771568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’importance des interactions précoces dans l’acquisition du langage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude et d’échanges, Le Furet petite enfance &amp; diversité – Le printemps des langues du monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Strasbourg (67000), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04314790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How disfluencies inform us about the difficulties encountered by children during language acquisition?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ester Scarpa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium Fluency, Disfluencies and Stuttering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Bratislava, Slovakia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rôle de la pause dans l’acquisition de la première syntaxe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées de Pausologie : le Point sur la Pause</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ITIC - Université Montpellier 3, Oct 2014, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’entrée dans la syntaxe par la prosodie. L’enfant dans la langue : dialogues et variations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de fin de projet CoLaJE. L’enfant dans la langue : Dialogues et Variations. (Communication Langagière chez le Jeune Enfant)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Does prosody of Child-Directed Speech inform preverbal children about adult’s intentions?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aguert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd Early Language Acquisition Conference (ELA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La communication avant le langage. Intonation et mimo-gestualité dans le développement normal et pathologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les journées scientifiques en logopédie, la communication pré-linguistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Liège, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00387666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The emergence of stable prosodic formats in adult-child interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The XIth Congress of the International Association for the Study of Child Language, Edinburgh, 28 juillet-1er aout 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Edinburgh, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02910583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emotions, language acquisition and music</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aliyah Morgenstern</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Satellite Event around Speech Prosody 2008. EMUS - Expressivity in Music and Speech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Campinas, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prosodie chez le bébé au stade pré-linguistique : premières formes stables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXVII ème Journées d’Étude sur la Parole (JEP'2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Avignon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01820410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Look at me!&amp;quot; The prosody of multimodal interactions in French and LSF family dinners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Catteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Danet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrado Bellifemine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 15th Round Conference on Theoretical Issues in the Study of Sign Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Addis Abeba, Ethiopia. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04916199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimodal focalization processes during French family dinners: a comparison between speaking and signing families</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dodane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Catteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MMSYM 2023 : 1st International Multimodal Communication Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04366270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimodal focalization processes during French family dinners: a comparison between speaking and signing families</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dodane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Catteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISGS 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Chicago, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03923360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’aide apportée en classe ordinaire par l’AESH aux élèves avec un TSA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Quitté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minna Puustinen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque doctoral international de l’éducation et de la formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Nantes, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03137087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The discourse of children with ASD according to the human or virtual nature of their interlocutor. A preliminar analyse of pragmatic cues : F0 and latency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chanoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th Donders Discussions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Nijmegen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02345699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude longitudinale des interactions prosodiques précoces entre parent et enfant ultérieurement diagnostiqué autiste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Garry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Sorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8e colloque RIPSYDEVE, De la connaissance à la scolarisation des enfants à besoins particuliers : bilans et perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02345588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A longitudinal study of early prosodic development in children with autism and of their mother's vocalizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Garry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th edition of the Donders Discussions (DD, 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Nijmegen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02345545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“That’s really very funny!” – Ironic Hyperboles Understanding in Children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Aguert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Laval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th European Conference on Developmental Psychology (ECDP 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04069225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The first steps into syntax in French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dodane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd ELA (Early Language Acquisition), Lyon, 5-7 décembre 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Lyon, France. s.p., 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076492v1</w:t>
-              </w:r>
-[...4971 lines deleted...]
-                <w:t xml:space="preserve">hal-01820370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reading Aloud to Children, Social Inequalities, and Vocabulary Development: Evidence from a Randomized Controlled Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Fougère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Martel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03097888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6180,259 +6370,259 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émergence des premiers mots</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Combiner ses premiers mots : l’entrée dans la syntaxe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dodane</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aliyah Morgenstern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Aliyah Morgenstern; Christophe Parisse. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Langage de l’Enfant. De l’Éclosion à l’Explosion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/books.psn.10605⟩</w:t>
+              <w:t xml:space="preserve">Le Langage de l’Enfant. De l’Eclosion à l’Explosion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Sorbonne Nouvelle, pp.56-84, 2017, (Sciences du langage), 978-2-87854-915-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.psn.10618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01821723v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01821725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combiner ses premiers mots : l’entrée dans la syntaxe</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Émergence des premiers mots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dodane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christelle Dodane</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naomi Yamaguchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aliyah Morgenstern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Aliyah Morgenstern; Christophe Parisse. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Langage de l’Enfant. De l’Eclosion à l’Explosion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/books.psn.10618⟩</w:t>
+              <w:t xml:space="preserve">Le Langage de l’Enfant. De l’Éclosion à l’Explosion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Sorbonne Nouvelle, pp.41-58, 2017, (Sciences du langage), 978-2-87854-915-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.psn.10605⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01821725v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01821723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId160"/>
+      <w:footerReference w:type="default" r:id="rId163"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6579,51 +6769,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916199v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Catteau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Besnard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Danet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blondel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Bellifemine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04366270v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dodane" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Martel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923360v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03137087v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Quitt&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minna Puustinen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02345699v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Richard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Rovira" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chanoni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02345588v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Garry" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Sorin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Brisson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02345545v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069225v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aguert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Laval" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076492v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322733v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Atlan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Zorn" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lewi-Dumont" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-04571559v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646461v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314705v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliyah Morgenstern" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04641904v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie (de) Pontonx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Bedoin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Beaupoil-Hourdel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Nguyen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314807v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03921604v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314757v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771568v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Bertin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Masson" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Salazar Orvig" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chartier Eloise" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03442299v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Chartier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine da Silva-Genest" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314790v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427202v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Nunes de Vasconcelos" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester Scarpa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427756v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427842v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427760v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387666v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leroy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910583v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427763v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820410v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742452v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04427380v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Barone" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Foug&#232;re" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19345747.2023.2283475" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836031v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Labrell" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Erba" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Martel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2024.09.002" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789597v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lia.00023.mas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778853v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218977v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.230.0121" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-04158120v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garnier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dachez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Audry" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bourgoin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1471-3802.12588" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967961v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Caracci" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Le Normand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14613808.2022.2076820" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313690v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.204.0451" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426759v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426713v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Nunes De Vasconcelos" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5935/2079-312X.20190022" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976207v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moretti Sala" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Henriquet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Zein" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Simonelli" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577518001200" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426792v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313666v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vincent-Durroux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Guiheneuf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Vieu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lia.17007.vin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273159v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Le Vallois" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305000917000113" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313711v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.4820" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704484v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Gratier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dominguez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buil" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Apter" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2017.03.005" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W70D4Q95-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313640v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.542.0087" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027206v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.542.0103" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113234v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dev.154.0217" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113215v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Serres" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Sirois" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Adrien" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/imhj.21442" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HFNKQGZZ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704543v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Devouche" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.melaen.2012.12.008" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704549v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.melaen.2012.12.009" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820364v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269511000561" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272212v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zabalia" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dykstra" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-010-0193-9" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BE016BABD9F2F9FE0201BD6F9FDAC205DE2E6B4F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00576240v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leroy-Collombel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062017v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820370v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S001375450900305X" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097888v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821723v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Yamaguchi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psn.10605" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821725v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psn.10618" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-05560306v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Quitt&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Martel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minna Puustinen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04427380v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Barone" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Foug&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19345747.2023.2283475" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836031v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Labrell" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Erba" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Martel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2024.09.002" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789597v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Masson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Bertin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Salazar Orvig" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine da Silva-Genest" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lia.00023.mas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778853v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dodane" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blondel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Catteau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Bellifemine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742452v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Atlan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Zorn" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lewi-Dumont" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-04158120v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garnier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dachez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Audry" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bourgoin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1471-3802.12588" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218977v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.230.0121" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967961v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Caracci" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Le Normand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14613808.2022.2076820" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313690v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.204.0451" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426759v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Nunes de Vasconcelos" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426713v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Nunes De Vasconcelos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5935/2079-312X.20190022" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426792v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976207v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moretti Sala" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Henriquet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Zein" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Simonelli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577518001200" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313666v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vincent-Durroux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Guiheneuf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Vieu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lia.17007.vin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273159v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aguert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Le Vallois" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Laval" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305000917000113" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313711v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.4820" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704484v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Gratier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dominguez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buil" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Apter" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2017.03.005" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W70D4Q95-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313640v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.542.0087" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027206v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.542.0103" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113234v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Garry" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Sorin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Rovira" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Brisson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dev.154.0217" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113215v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Serres" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Sirois" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Adrien" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/imhj.21442" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HFNKQGZZ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704543v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Devouche" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.melaen.2012.12.008" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704549v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.melaen.2012.12.009" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820364v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269511000561" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00576240v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leroy-Collombel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272212v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zabalia" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dykstra" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-010-0193-9" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BE016BABD9F2F9FE0201BD6F9FDAC205DE2E6B4F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820370v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S001375450900305X" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062017v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537192v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Lewi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322733v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646461v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-04571559v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04641904v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliyah Morgenstern" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie (de) Pontonx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Bedoin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Beaupoil-Hourdel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Nguyen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314705v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03921604v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314807v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314757v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03442299v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Chartier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771568v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chartier Eloise" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314790v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427202v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester Scarpa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427756v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427842v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427760v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387666v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leroy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910583v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427763v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820410v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916199v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Besnard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Danet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04366270v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923360v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03137087v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02345699v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Richard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chanoni" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02345588v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02345545v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069225v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076492v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097888v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821725v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psn.10618" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821723v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Yamaguchi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psn.10605" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>