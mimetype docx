--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1971,265 +1971,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02662919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA methylation promotes Aurora-B-driven phosphorylation of histone H3 in chromosomal subdomains</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inactivation of nucleolin leads to nucleolar disruption, cell cycle arrest and defects in centrosome duplication.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iva Ugrinova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Mouradian</w:t>
+                <w:t xml:space="preserve">Corinne Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Sullivan</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marc Thiry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Storck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cell Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1242/jcs.03326⟩</w:t>
+              <w:t xml:space="preserve">BMC Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 8, 66 (pp 16). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2199-8-66⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00132163v1</w:t>
+                <w:t xml:space="preserve">hal-00337707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inactivation of nucleolin leads to nucleolar disruption, cell cycle arrest and defects in centrosome duplication.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DNA methylation promotes Aurora-B-driven phosphorylation of histone H3 in chromosomal subdomains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Thiry</w:t>
+                <w:t xml:space="preserve">Sandrine Mouradian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Storck</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kevin Sullivan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 8, 66 (pp 16). </w:t>
+              <w:t xml:space="preserve">Journal of Cell Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 120 (1), pp.101-114. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2199-8-66⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1242/jcs.03326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00337707v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ensl-00132163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The C. elegans HP1 homologue HPL-2 and the LIN-13 zinc finger protein form a complex implicated in vulval development</w:t>
               </w:r>
@@ -3216,51 +3216,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369880v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bressac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Bargain" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Kleijwegt" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelm Bouchereau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bonnefoy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953475v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Rousset" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Neplaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelin Catal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chatre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Place" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2025.151450" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04482149v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Berthenet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli&#233;zer A&#239;montch&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara El Mrini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Bri&#232;re" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pion" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-54140-7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03764508v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fabre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Monier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernande da Cruz-Boisson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bouvet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.1c01706" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262239v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Ugrinova" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounira Chalabi-Dchar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sci1020033" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018852v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Provost" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bourdon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Mezhoud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Reungoat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-53528-0" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262270v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjeev Kumar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabhet Cruz Gomez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Rong" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadhan Das" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09353-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399976v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Lacour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Adjili" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Blaising" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Favier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.201600091" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322801v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gaume" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Delage" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mongelard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0157534" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323499v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Tassin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15384101.2014.1000197" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142603v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fargier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Thomas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Massin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2014.12.026" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00709937v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Greco" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loredana Arata" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Soler" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cout&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.06194-11" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287040v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Argoul" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/187624" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662919v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Grant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Verrill" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Coustham" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Arn&#233;odo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Palladino" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10577-010-9175-2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00132163v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mouradian" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Sullivan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.03326" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337707v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ivaldi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thiry" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Storck" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2199-8-66" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368414v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bedet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Schott" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianthi Karali" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2006.04.474" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00132174v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00182491v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karali Marianthi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917735v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fourneaux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917699v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Charreyre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Duret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ladavi&#232;re" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922106v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernande Da Cruz-Boisson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Fernandez-De-Alba" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369880v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bressac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Bargain" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Kleijwegt" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelm Bouchereau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bonnefoy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953475v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Rousset" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Neplaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelin Catal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chatre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Place" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2025.151450" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04482149v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Berthenet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli&#233;zer A&#239;montch&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara El Mrini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Bri&#232;re" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pion" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-54140-7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03764508v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fabre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Monier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernande da Cruz-Boisson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bouvet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.1c01706" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262239v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Ugrinova" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounira Chalabi-Dchar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sci1020033" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018852v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Provost" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bourdon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Mezhoud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Reungoat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-53528-0" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262270v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjeev Kumar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabhet Cruz Gomez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Rong" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadhan Das" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09353-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399976v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Lacour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Adjili" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Blaising" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Favier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.201600091" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322801v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gaume" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Delage" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mongelard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0157534" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323499v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Tassin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15384101.2014.1000197" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142603v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fargier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Thomas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Massin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2014.12.026" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00709937v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Greco" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loredana Arata" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Soler" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cout&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.06194-11" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287040v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Argoul" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/187624" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662919v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Grant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Verrill" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Coustham" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Arn&#233;odo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Palladino" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10577-010-9175-2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337707v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ivaldi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thiry" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Storck" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2199-8-66" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00132163v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mouradian" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Sullivan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.03326" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368414v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bedet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Schott" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianthi Karali" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2006.04.474" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00132174v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00182491v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karali Marianthi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917735v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fourneaux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917699v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Charreyre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Duret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ladavi&#232;re" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922106v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernande Da Cruz-Boisson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Fernandez-De-Alba" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>