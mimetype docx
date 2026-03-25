--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -3308,286 +3308,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02682919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stages of Infection during the Tripartite Interaction between Xenorhabdus nematophila , Its Nematode Vector, and Insect Hosts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Karine Brugirard Ricaud</w:t>
+                <w:t xml:space="preserve">Variation in the effectors of the type III secretion system among Photorhabdus species as revealed by genomic analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Ricaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Givaudan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Pagès</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Lanois</w:t>
+                <w:t xml:space="preserve">J. Parkhill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Boemare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noel Boemare</w:t>
+                <w:t xml:space="preserve">F. Kunst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 186 (13), pp.4376-4381</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05075914v1</w:t>
+                <w:t xml:space="preserve">hal-02673207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation in the effectors of the type III secretion system among Photorhabdus species as revealed by genomic analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Givaudan</w:t>
+                <w:t xml:space="preserve">Stages of Infection during the Tripartite Interaction between Xenorhabdus nematophila , Its Nematode Vector, and Insect Hosts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Brugirard Ricaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Parkhill</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Noël Boemare</w:t>
+                <w:t xml:space="preserve">Sylvie Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lanois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Kunst</w:t>
+                <w:t xml:space="preserve">Noel Boemare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 70 (11), pp.6473-6480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.70.11.6473-6480.2004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02673207v1</w:t>
+                <w:t xml:space="preserve">hal-05075914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variation in the Effectors of the Type III Secretion System among Photorhabdus Species as Revealed by Genomic Analysis</w:t>
               </w:r>
@@ -3612,51 +3612,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Givaudan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian Parkhill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noel Boemare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Kunst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4819,51 +4819,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05075924v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Knudsen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Despeyroux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Bernadet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101533" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04606138v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Defaix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jep Lokesh" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Calo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Biasutti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Surget" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnae039" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04211282v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Ghislain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Le B&#233;chec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Marchand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2023.740049" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04412783v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Frohn" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pigot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40104-023-00951-z" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03977878v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Delaygues" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0007114523000120" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03763673v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Reyrolle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2022.738699" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03464749v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Massimino" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Andrieux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Davail" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2021.779689" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03109374v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Arroyo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Even" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42523-020-00067-z" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02516891v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Tavernier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Houssier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Ricaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11033-019-05182-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624991v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Pioche" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Skiba" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iban Seiliez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpregu.00198.2019" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02985951v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Secula" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-07093-w" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116340v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lavigne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Arroyo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps/pey476" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415005v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.01495" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880455v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rey" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Plagnes-Juan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Larroquet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874285801812010308" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624284v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bonnefont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2018.31.2.2318" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773149v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gontier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11010-017-3118-6" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901329v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Rey" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874285801812010071" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606275v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11010-016-2850-7" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515454v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Davail" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11010-017-2960-x" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636624v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Vasa&#239;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Bouchez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6941.12217" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207073v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Brugirard Ricaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Daniel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Peillod" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps.2013-03497" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611272v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Andr&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2012.12.019" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P73JB1ZJ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682741v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duchaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Givaudan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Girard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Kunst" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2004.00466.x" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682919v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sicard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pages" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lanois" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Boemare" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.70.11.6473-6480.2004" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05075914v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pag&#232;s" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Boemare" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673207v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Parkhill" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kunst" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05075907v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Parkhill" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Kunst" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.186.13.4376-4381.2004" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764463v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Meschini" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Marandel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298169v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Combot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kerneis" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goardon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labb&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094719v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726176v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901325v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02139713v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Guy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739751v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique M.-D. Bernadet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05075924v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Knudsen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Despeyroux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Bernadet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101533" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04606138v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Defaix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jep Lokesh" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Calo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Biasutti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Surget" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnae039" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04211282v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Ghislain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Le B&#233;chec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Marchand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2023.740049" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04412783v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Frohn" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pigot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40104-023-00951-z" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03977878v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Delaygues" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0007114523000120" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03763673v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Reyrolle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2022.738699" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03464749v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Massimino" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Andrieux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Davail" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2021.779689" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03109374v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Arroyo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Even" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42523-020-00067-z" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02516891v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Tavernier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Houssier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Ricaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11033-019-05182-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624991v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Pioche" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Skiba" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iban Seiliez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpregu.00198.2019" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02985951v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Secula" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-07093-w" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116340v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lavigne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Arroyo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps/pey476" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415005v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.01495" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880455v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rey" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Plagnes-Juan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Larroquet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874285801812010308" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624284v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bonnefont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2018.31.2.2318" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773149v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gontier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11010-017-3118-6" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901329v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Rey" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874285801812010071" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606275v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11010-016-2850-7" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515454v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Davail" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11010-017-2960-x" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636624v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Vasa&#239;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Bouchez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6941.12217" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207073v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Brugirard Ricaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Daniel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Peillod" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps.2013-03497" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611272v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Andr&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2012.12.019" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P73JB1ZJ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682741v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duchaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Givaudan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Girard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Kunst" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2004.00466.x" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682919v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sicard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pages" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lanois" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Boemare" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.70.11.6473-6480.2004" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673207v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Parkhill" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kunst" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05075914v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pag&#232;s" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Boemare" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05075907v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Parkhill" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Kunst" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.186.13.4376-4381.2004" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764463v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Meschini" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Marandel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298169v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Combot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kerneis" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goardon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labb&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094719v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726176v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901325v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02139713v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Guy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739751v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique M.-D. Bernadet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>