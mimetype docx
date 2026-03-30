--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solar Hydrogen Production with Metal/III–V Semiconductor Junction Monolithically Integrated on Si</w:t>
+                <w:t xml:space="preserve">High efficiency second harmonic generation in transverse orientation patterned gallium phosphide waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanh Vi Le</w:t>
+                <w:t xml:space="preserve">Antoine Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rozenn Bernard</w:t>
+                <w:t xml:space="preserve">Brieg Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Largeau</w:t>
+                <w:t xml:space="preserve">Lise Morice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Patriarche</w:t>
+                <w:t xml:space="preserve">Abdelmounaïm Harouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Febvre</w:t>
+                <w:t xml:space="preserve">Luc Le Gratiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemElectroChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 33 (14), pp.29239. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/celc.202500251⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.557556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05334599v1</w:t>
+                <w:t xml:space="preserve">hal-05223377v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High efficiency second harmonic generation in transverse orientation patterned gallium phosphide waveguides</w:t>
+                <w:t xml:space="preserve">Solar Hydrogen Production with Metal/III–V Semiconductor Junction Monolithically Integrated on Si</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Lemoine</w:t>
+                <w:t xml:space="preserve">Hanh Vi Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brieg Le Corre</w:t>
+                <w:t xml:space="preserve">Rozenn Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Morice</w:t>
+                <w:t xml:space="preserve">Ludovic Largeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelmounaïm Harouri</w:t>
+                <w:t xml:space="preserve">Gilles Patriarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Le Gratiet</w:t>
+                <w:t xml:space="preserve">Sylvain Febvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 33 (14), pp.29239. </w:t>
+              <w:t xml:space="preserve">ChemElectroChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.557556⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/celc.202500251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05223377v2</w:t>
+                <w:t xml:space="preserve">hal-05334599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of III-V GaP solar cell on silicon substrate</w:t>
               </w:r>
@@ -655,51 +655,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the origin of twist in 3D nucleation islands of tetrahedrally coordinated semiconductors heteroepitaxially grown along hexagonal orientations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vennéguès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Largeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Brändli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1732,377 +1732,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00654272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achievement of High Density InAs/GaInAsP Quantum Dots on Misoriented InP(001) Substrates Emitting at 1.55 μm</w:t>
+                <w:t xml:space="preserve">Low-threshold current density InAs quantum dash lasers on InP (100) grown by molecular beam epitaxy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Elias</w:t>
+                <w:t xml:space="preserve">Dayong Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Piron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madhoussoudhana Dontabactouny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Letoublon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rozenn Piron</w:t>
+                <w:t xml:space="preserve">Olivier Dehaese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ibrahim Alghoraibi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Abdulhadi Nakkar</w:t>
+                <w:t xml:space="preserve">Frederic Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Japanese Journal of Applied Physics Part 1: Regular Papers and Short Notes and Review Papers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1143/JJAP.48.070204⟩</w:t>
+              <w:t xml:space="preserve">Electronics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 45 (1), pp.50 - 51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/el:20093066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00485726v1</w:t>
+                <w:t xml:space="preserve">hal-00493000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-threshold current density InAs quantum dash lasers on InP (100) grown by molecular beam epitaxy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Achievement of High Density InAs/GaInAsP Quantum Dots on Misoriented InP(001) Substrates Emitting at 1.55 μm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Elias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dayong Zhou</w:t>
+                <w:t xml:space="preserve">Antoine Letoublon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Dehaese</w:t>
+                <w:t xml:space="preserve">Ibrahim Alghoraibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Grillot</w:t>
+                <w:t xml:space="preserve">Abdulhadi Nakkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 45 (1), pp.50 - 51. </w:t>
+              <w:t xml:space="preserve">Japanese Journal of Applied Physics Part 1: Regular Papers and Short Notes and Review Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 48 (7), pp.70204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/el:20093066⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1143/JJAP.48.070204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00493000v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00485726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low threshold current density of InAs quantum dash laser on InP (100) through optimizing double cap technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dayong Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madhoussoudhana Dontabactouny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dehaese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 94 (8), pp.081107. </w:t>
@@ -2140,90 +2140,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the characteristics of 1.55 μm quantum dash/dot semiconductor lasers on InP substrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dayong Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dehaese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Homeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2268,307 +2268,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00491836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstration of a Low Threshold Current in 1.54 µm InAs/InP(311)B Quantum Dot Laser with Reduced Quantum Dot Stacks</w:t>
+                <w:t xml:space="preserve">First demonstration of a 1.52 µm RT InAs/InP(3 1 1)B laser with an active zone based on a single QD layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Homeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dehaese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Japanese Journal of Applied Physics Part 1: Regular Papers and Short Notes and Review Papers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 46 (10A), pp.6903-6905. </w:t>
+              <w:t xml:space="preserve">Semiconductor Science &amp; Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 22, pp.827-830. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1143/JJAP.46.6903⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0268-1242/22/7/028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00493021v1</w:t>
+                <w:t xml:space="preserve">hal-00493037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First demonstration of a 1.52 µm RT InAs/InP(3 1 1)B laser with an active zone based on a single QD layer</w:t>
+                <w:t xml:space="preserve">Demonstration of a Low Threshold Current in 1.54 µm InAs/InP(311)B Quantum Dot Laser with Reduced Quantum Dot Stacks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Homeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dehaese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semiconductor Science &amp; Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Japanese Journal of Applied Physics Part 1: Regular Papers and Short Notes and Review Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 46 (10A), pp.6903-6905. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1143/JJAP.46.6903⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0268-1242/22/7/028⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00493037v1</w:t>
+                <w:t xml:space="preserve">hal-00493021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demonstration of 1.51μm InAs/InP(311)B quantum dot single-mode laser operating under continuous wave</w:t>
               </w:r>
@@ -2720,103 +2720,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transverse orientation patterned gallium phosphide waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brieg Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Morice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmounaïm Harouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Le Gratiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Integrated Photonics Research, Silicon and Nanophotonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Marseille, France. pp.ITu1B.3, </w:t>
@@ -2854,77 +2854,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Second harmonic generation in polycrystalline Zinc Sulfide nanowaveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Morice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brieg Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Létoublon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2988,103 +2988,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transverse Orientation Patterned Gallium Phosphide waveguides for high efficiency second harmonic generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brieg Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Morice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmounaim Harouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Le Gratiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CLEO®/Europe-EQEC 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Munich, Germany</w:t>
@@ -3139,51 +3139,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanh Le Vi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mekan Piriyev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Febvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Loget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3260,51 +3260,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origine du twist entre les îlots de croissance de semi-conducteurs tétra-coordonnés hétéroépitaxiés selon des directions hexagonales.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vennéguès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Largeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Brändli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3875,277 +3875,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03402689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Random crystal polarity of Gallium phosphide microdisks on silicon</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tony Rohel</w:t>
+                <w:t xml:space="preserve">23.5 nm wavelength tuning of a 1550 nm VCSEL in CW operation based on the liquid crystal micro-cells technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Levallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Paranthoen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Boisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Camps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benattou Sadani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nanomatériaux de Rennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, Rennes, France</w:t>
+              <w:t xml:space="preserve">European Semiconductor Laser Workshop (ESLW 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Eindhoven (virtual), Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03101371v1</w:t>
+                <w:t xml:space="preserve">hal-03060079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">23.5 nm wavelength tuning of a 1550 nm VCSEL in CW operation based on the liquid crystal micro-cells technology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benattou Sadani</w:t>
+                <w:t xml:space="preserve">Random crystal polarity of Gallium phosphide microdisks on silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rasool S Urothodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Lorenzo-Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Le Pouliquen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier de Sagazan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Rohel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Semiconductor Laser Workshop (ESLW 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Eindhoven (virtual), Netherlands</w:t>
+              <w:t xml:space="preserve">Journées Nanomatériaux de Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03060079v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03101371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1545 nm Quantum Dot Vertical Cavity Surface Emitting Laser with low threshold</w:t>
               </w:r>
@@ -4634,1092 +4634,1092 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00662957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation d'un dépôt multicouches diélectriques par pulvérisation cathodique - application à la réalisation de lasers monomodes à nanostructures quantiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Réalisation d'une DEL à puits quantiques de GaAsP sur substrat GaP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Batte</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Frederic Grillot</w:t>
+                <w:t xml:space="preserve">Weiming Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azar Maalouf</w:t>
+                <w:t xml:space="preserve">Hervé Folliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29è Journées Nationales d'Optique Guidée (JNOG 2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Besançon, France</w:t>
+              <w:t xml:space="preserve">INNOV'INSA (Recherche, développement, innovation et transfert à l'INSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Rennes, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00589348v1</w:t>
+                <w:t xml:space="preserve">hal-00504484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lasers à boites quantiques sur InP pour les applications télécom à 1,55 µm</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Caractérisation d'un dépôt multicouches diélectriques par pulvérisation cathodique - application à la réalisation de lasers monomodes à nanostructures quantiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Batte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Levallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dehaese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dayong Zhou</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azar Maalouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire PONANT 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Rennes, France</w:t>
+              <w:t xml:space="preserve">29è Journées Nationales d'Optique Guidée (JNOG 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00662947v1</w:t>
+                <w:t xml:space="preserve">hal-00589348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Croissance hétérogène de semi-conducteurs III-V sur silicium : vers l'optoélectronique sur silicium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Soline Richard</w:t>
+                <w:t xml:space="preserve">Lasers à boites quantiques sur InP pour les applications télécom à 1,55 µm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Piron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dehaese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Grillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Homeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dayong Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire PONANT 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2010, Rennes, France. pp.9-11</w:t>
+              <w:t xml:space="preserve">, Jul 2010, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00504506v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00662947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réalisation d'une DEL à puits quantiques de GaAsP sur substrat GaP</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Croissance hétérogène de semi-conducteurs III-V sur silicium : vers l'optoélectronique sur silicium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Létoublon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weiming Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Folliot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Chevalier</w:t>
+                <w:t xml:space="preserve">Soline Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INNOV'INSA (Recherche, développement, innovation et transfert à l'INSA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Rennes, France. pp.1</w:t>
+              <w:t xml:space="preserve">Séminaire PONANT 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Rennes, France. pp.9-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00504484v1</w:t>
+                <w:t xml:space="preserve">hal-00504506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of stack number on the threshold current density and emission wavelength in quantum dash/dot lasers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improvement of 1.55 µm InAs QD laser using vicinal (001)InP substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Elias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dayong Zhou</w:t>
+                <w:t xml:space="preserve">Antoine Letoublon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Dehaese</w:t>
+                <w:t xml:space="preserve">Ibrahim Alghoraibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference Trends in Nanotechnology (TNT 2008)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Oviedo, Spain. pp.2217 - 2221, </w:t>
+              <w:t xml:space="preserve">IPRM, Indium Phosphide &amp; Related Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Newportbeach, United States. pp.41 - 44, </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pssc.200881729⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICIPRM.2009.5012422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00492826v1</w:t>
+                <w:t xml:space="preserve">hal-00485799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of 1.55 µm InAs QD laser using vicinal (001)InP substrate</w:t>
+                <w:t xml:space="preserve">Effect of stack number on the threshold current density and emission wavelength in quantum dash/dot lasers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Elias</w:t>
+                <w:t xml:space="preserve">Dayong Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Piron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madhoussoudhana Dontabactouny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Homeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Letoublon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Karine Tavernier</w:t>
+                <w:t xml:space="preserve">Olivier Dehaese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IPRM, Indium Phosphide &amp; Related Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th International Conference Trends in Nanotechnology (TNT 2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Oviedo, Spain. pp.2217 - 2221, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssc.200881729⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICIPRM.2009.5012422⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00485799v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00492826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photocurrent study of InAs/GaInAsP(Q1.18) quantum dots</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Asymmetric Stark Shift in InAs/GaAsP(Q1.18) quantum dots grown on (311)B InP substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Burin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Nasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indium Phosphide and Related Materials (IPRM)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SQDA (International Workshop on Semiconductor Quantum Dot Devices and Applications)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Rennes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00501639v1</w:t>
+                <w:t xml:space="preserve">hal-00490418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetric Stark Shift in InAs/GaAsP(Q1.18) quantum dots grown on (311)B InP substrate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photocurrent study of InAs/GaInAsP(Q1.18) quantum dots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soline Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Burin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Folliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SQDA (International Workshop on Semiconductor Quantum Dot Devices and Applications)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Indium Phosphide and Related Materials (IPRM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Versailles, France. pp.309-11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIPRM.2008.4702977⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00490418v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00501639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum Dash and Quantum Dot lasers on InP for 1.55 µm optical telecommunications: effect of stack numbers on threshold current density</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dayong Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5727,51 +5727,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madhoussoudhana Dontabactouny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Homeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dehaese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SQDA (International Workshop on Semiconductor Quantum Dot Devices and Applications)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Rennes, France. pp.1</w:t>
@@ -5794,368 +5794,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00494175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Threshold current density and emitting wavelength evolution with stack number in InAs quantum dash lasers at 1.55 μm</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Estelle Homeyer</w:t>
+                <w:t xml:space="preserve">Dynamic Properties of InAs/InP (311)B Quantum Dot Lasers Emitting at 1.52 μm,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamel Merghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Guy Provost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bouchoule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indium Phosphide and Related Materials, IPRM</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The International Semiconductor Laser Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00492842v1</w:t>
+                <w:t xml:space="preserve">hal-00536762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Properties of InAs/InP (311)B Quantum Dot Lasers Emitting at 1.52 μm,</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gautier Moreau</w:t>
+                <w:t xml:space="preserve">Threshold current density and emitting wavelength evolution with stack number in InAs quantum dash lasers at 1.55 μm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dayong Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Piron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Grillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dehaese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Homeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Semiconductor Laser Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Indium Phosphide and Related Materials, IPRM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Versailles, France. pp.1-3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIPRM.2008.4703027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00536762v1</w:t>
+                <w:t xml:space="preserve">hal-00492842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1.55 µm room-temperature continuous wave operation of InAs/InP (100) quantum dash ridge lasers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dayong Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madhoussoudhana Dontabactouny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dehaese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Batte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SQDA (International Workshop on Semiconductor Quantum Dot Devices and Applications)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Rennes, France. pp.1</w:t>
@@ -6178,786 +6178,786 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00494186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative study of Single- and Double-capped InAs/InP (311)B QD lasers: effects on lasing characteristics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">InAs/InP quantum dot laser grown on (113)B InP substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slimane Loualiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Homeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dehaese</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Karine Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LWQD (International Workshop on Long Wavelength Quantum Dots : Growth and Applications)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, Rennes, France. pp.1</w:t>
+              <w:t xml:space="preserve">LWQD : International workshop on long wavelength quantum dots : Growth and applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00491814v1</w:t>
+                <w:t xml:space="preserve">hal-00486908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">InAs/InP quantum dot laser grown on (113)B InP substrate</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparative study of Single- and Double-capped InAs/InP (311)B QD lasers: effects on lasing characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Homeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dehaese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LWQD : International workshop on long wavelength quantum dots : Growth and applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, Rennes, France</w:t>
+              <w:t xml:space="preserve">LWQD (International Workshop on Long Wavelength Quantum Dots : Growth and Applications)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Rennes, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00486908v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00491814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra low threshold at room temperature on 1.55 µm InAs/InP(311)B laser with an active zone based on a single quantum dot layer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultra-low threshold current density 1.55 µm InAs quantum dot lasers grown on InP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Caroff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Homeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Paranthoën</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grillot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dehaese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LEOS 2006 (Lasers &amp; Eloctro-Optics Society)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Workshop on Semiconductor Quantum Dot based Devices and Applications (IWSQDA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00491812v1</w:t>
+                <w:t xml:space="preserve">hal-00485693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the number of quantum dots stacks on the threshold current density of 1.55 µm InAs/InP(311)B semiconductor lasers</w:t>
+                <w:t xml:space="preserve">Recent progress in QD broad area lasers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Homeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jacky Even</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dehaese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Paranthoen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESLW 2006 (European Semiconductor Laser Workshop)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Nice, France. pp.1</w:t>
+              <w:t xml:space="preserve">ePIXnet annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00491806v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00491803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent progress in QD broad area lasers</w:t>
+                <w:t xml:space="preserve">Ultra low threshold at room temperature on 1.55 µm InAs/InP(311)B laser with an active zone based on a single quantum dot layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Homeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Paranthoen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dehaese</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Paranthoen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ePIXnet annual meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">LEOS 2006 (Lasers &amp; Eloctro-Optics Society)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Montreal, Canada. pp.870-71, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LEOS.2006.279083⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00491803v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00491812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-low threshold current density 1.55 µm InAs quantum dot lasers grown on InP</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of the number of quantum dots stacks on the threshold current density of 1.55 µm InAs/InP(311)B semiconductor lasers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Homeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Paranthoen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Semiconductor Quantum Dot based Devices and Applications (IWSQDA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Paris, France</w:t>
+              <w:t xml:space="preserve">ESLW 2006 (European Semiconductor Laser Workshop)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Nice, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00485693v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00491806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photocurrent spectroscopy of self assembled InAs/GaInAsP/InP(113)B quantum dots</w:t>
               </w:r>
@@ -7100,51 +7100,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of physical properties of antiphase boundaries in III-V epitaxial layer on silicon with conductive tip atomic force microscopy (C-AFM) and with Kelvin Probe Force Microscopy (KPFM) techniques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Ramonda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7152,51 +7152,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Rohel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Le Pouliquen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">C'NANO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Paris, France</w:t>
@@ -7225,51 +7225,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des propriétés de transport des parois d’antiphase dans les semiconducteurs III-V/Si par les techniques C-AFM et KPFM.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Ramonda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7277,51 +7277,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Rohel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Le Pouliquen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR MatEpi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Lille, France</w:t>
@@ -7344,277 +7344,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05296596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near Ambient Pressure-X-ray Photoelectron Spectroscopy study of GaAs based photoelectrodes</w:t>
+                <w:t xml:space="preserve">Cost-efficient III-V/Si photo-electrodes for hydrogen production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Harel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Angus Rockett</w:t>
+                <w:t xml:space="preserve">Bienvenu Boulingui Koumba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanh Le Vi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lipin Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mekan Piriyev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Surfaces et Interfaces 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">PEPR H2 days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04745406v1</w:t>
+                <w:t xml:space="preserve">hal-04745403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost-efficient III-V/Si photo-electrodes for hydrogen production</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Near Ambient Pressure-X-ray Photoelectron Spectroscopy study of GaAs based photoelectrodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Harel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth Steirer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bienvenu Boulingui Koumba</w:t>
+                <w:t xml:space="preserve">Angus Rockett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanh Le Vi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mekan Piriyev</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PEPR H2 days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Journées Surfaces et Interfaces 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745403v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High stability of a MBE grown GaAs/Si photocathode for solar H2 production.</w:t>
               </w:r>
@@ -7975,51 +7975,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photoemission study of S-vapour exposed epi-GaP/c-Si(001) surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Harel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8100,51 +8100,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des paramètres de croissance de l'homoépitaxie silicium par UHV- CVD sur la reconstruction de surface du silicium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bertru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8225,51 +8225,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GaP/Si Antiphase domains annihilation at the early stages of growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanping Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9041,51 +9041,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334599v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanh Vi Le" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Bernard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Largeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Patriarche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Febvre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202500251" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223377v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lemoine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieg Le Corre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Morice" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmouna&#239;m Harouri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Le Gratiet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.557556" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272906v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Boyer-Richard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Fan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Beck" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Levallois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tavernier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2023020" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228089v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Descamps" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiran Zhao" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le-Pouliquen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Goudeau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Garrigue" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cc03702a" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966716v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Venn&#233;gu&#232;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Br&#228;ndli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Damilano" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0111558" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876673v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Boisnard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Paranthoen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Pes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Camps" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2020.2975076" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878985v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cornet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Charbonnier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Lucci" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lipin Chen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;toublon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.4.053401" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01272057v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Almosni" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rale" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cornet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Perrin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lombez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2015.11.036" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z7CKWHCZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228809v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanping Wang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Stodolna" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounib Bahri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jithesh Kuyyalil" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Tra Nguyen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4935494" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918659v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Quinci" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2013.05.022" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q7898WDX-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662698v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhoussoudhana Dontabactouny" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Piron" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamil Klaime" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chevalier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3677976" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654272v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Robert Robert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bondi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Even" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3601857" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485726v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Elias" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Letoublon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Alghoraibi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulhadi Nakkar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1143/JJAP.48.070204" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493000v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayong Zhou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dehaese" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grillot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20093066" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492543v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3088862" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491836v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Homeyer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3005194" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493021v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1143/JJAP.46.6903" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493037v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/22/7/028" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-4KSZJ5QN-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494346v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Moreau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Merghem" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Martinez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouchoule" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ramdane" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-opt:20070037" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383854v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/IPRSN.2025.ITu1B.3" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383876v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Na&#239;m" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/IPRSN.2025.ITu2A.3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223399v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmounaim Harouri" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745375v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanh Le Vi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekan Piriyev" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Loget" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fabre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2024-01442458mtgabs" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225165v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967984v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Rohel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413152v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benattou Sadani" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413099v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Doucet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISLC51662.2021.9615666" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402689v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101371v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasool S Urothodi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Lorenzo-Ruiz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Pouliquen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de Sagazan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060079v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290603v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Corre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Br&#233;valle" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147506v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Tremblay" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Huang" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gauthier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842742v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rodi&#232;re" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Levard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Delamarre" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Le Bris" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Laribi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4229/27thEUPVSEC2012-1BO.9.4" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662957v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589348v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Batte" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azar Maalouf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662947v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504506v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiming Guo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Richard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504484v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Folliot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492826v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200881729" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-573Q8XKF-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485799v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIPRM.2009.5012422" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00501639v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Burin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbe" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIPRM.2008.4702977" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490418v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Nasser" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494175v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492842v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIPRM.2008.4703027" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536762v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy Provost" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494186v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491814v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486908v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Loualiche" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491812v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LEOS.2006.279083" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491806v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491803v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485693v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Caroff" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Parantho&#235;n" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00727159v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Sakri" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Miska" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Platz" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lemoine" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296571v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ramonda" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gilbert" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296596v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745406v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Harel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Steirer" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angus Rockett" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745403v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bienvenu Boulingui Koumba" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225008v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224954v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968270v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968206v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barreau" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Jullien" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Gautheron-Bernard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474736v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bertru" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497252v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497243v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114889v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan L&#233;ger" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ieeexplore.ieee.org/xpl/articleDetails.jsp?arnumber=6880545" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIPRM.2014.6880545" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115032v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre R&#226;le" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lombez" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115039v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223377v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lemoine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieg Le Corre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Morice" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmouna&#239;m Harouri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Le Gratiet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.557556" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334599v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanh Vi Le" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Bernard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Largeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Patriarche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Febvre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202500251" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272906v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Boyer-Richard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Fan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Beck" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Levallois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tavernier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2023020" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228089v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Descamps" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiran Zhao" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le-Pouliquen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Goudeau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Garrigue" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cc03702a" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966716v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Venn&#233;gu&#232;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Br&#228;ndli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Damilano" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0111558" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876673v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Boisnard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Paranthoen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Pes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Camps" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2020.2975076" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878985v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cornet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Charbonnier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Lucci" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lipin Chen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;toublon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.4.053401" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01272057v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Almosni" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rale" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cornet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Perrin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lombez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2015.11.036" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z7CKWHCZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228809v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanping Wang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Stodolna" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounib Bahri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jithesh Kuyyalil" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Tra Nguyen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4935494" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918659v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Quinci" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2013.05.022" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q7898WDX-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662698v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhoussoudhana Dontabactouny" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Piron" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamil Klaime" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chevalier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3677976" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654272v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Robert Robert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bondi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Even" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3601857" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493000v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayong Zhou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dehaese" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grillot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20093066" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485726v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Elias" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Letoublon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Alghoraibi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulhadi Nakkar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1143/JJAP.48.070204" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492543v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3088862" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491836v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Homeyer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3005194" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493037v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/22/7/028" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-4KSZJ5QN-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493021v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1143/JJAP.46.6903" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494346v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Moreau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Merghem" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Martinez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouchoule" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ramdane" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-opt:20070037" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383854v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/IPRSN.2025.ITu1B.3" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383876v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Na&#239;m" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/IPRSN.2025.ITu2A.3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223399v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmounaim Harouri" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745375v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanh Le Vi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekan Piriyev" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Loget" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fabre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2024-01442458mtgabs" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225165v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967984v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Rohel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413152v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benattou Sadani" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413099v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Doucet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISLC51662.2021.9615666" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402689v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060079v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101371v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasool S Urothodi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Lorenzo-Ruiz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Pouliquen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de Sagazan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290603v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Corre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Br&#233;valle" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147506v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Tremblay" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Huang" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gauthier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842742v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rodi&#232;re" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Levard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Delamarre" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Le Bris" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Laribi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4229/27thEUPVSEC2012-1BO.9.4" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662957v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504484v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiming Guo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Folliot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589348v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Batte" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azar Maalouf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662947v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504506v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Richard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485799v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIPRM.2009.5012422" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492826v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200881729" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-573Q8XKF-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490418v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Burin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Nasser" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00501639v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbe" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIPRM.2008.4702977" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494175v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536762v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy Provost" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492842v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIPRM.2008.4703027" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494186v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486908v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Loualiche" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491814v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485693v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Caroff" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Parantho&#235;n" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491803v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491812v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LEOS.2006.279083" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491806v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00727159v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Sakri" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Miska" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Platz" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lemoine" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296571v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ramonda" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gilbert" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296596v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745403v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bienvenu Boulingui Koumba" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745406v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Harel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Steirer" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angus Rockett" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225008v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224954v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968270v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968206v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barreau" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Jullien" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Gautheron-Bernard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474736v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bertru" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497252v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497243v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114889v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan L&#233;ger" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ieeexplore.ieee.org/xpl/articleDetails.jsp?arnumber=6880545" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIPRM.2014.6880545" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115032v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre R&#226;le" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lombez" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115039v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>