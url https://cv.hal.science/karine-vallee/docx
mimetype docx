--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -315,6621 +315,6621 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05338263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of precursor molecular weight on swelling and elastic modulus of cross-linked PDMS films</w:t>
+                <w:t xml:space="preserve">Vibrio MO245 exopolysaccharide/chitosan hydrogel for marine antifouling coating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-David Kouakou</w:t>
+                <w:t xml:space="preserve">Marie Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mama Aissata Bangoura</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémi Mérindol</w:t>
+                <w:t xml:space="preserve">Xavier Moppert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Réhel</w:t>
+                <w:t xml:space="preserve">Agustin Rios de Anda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Linossier</w:t>
+                <w:t xml:space="preserve">Sena Harmadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Hellio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d5sm00994d⟩</w:t>
+              <w:t xml:space="preserve">Progress in Organic Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 214, pp.110037. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.porgcoat.2026.110037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05442340v1</w:t>
+                <w:t xml:space="preserve">hal-05549433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of marine bacterial adhesion on ultra-soft cross-linked chitosan coatings</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of precursor molecular weight on swelling and elastic modulus of cross-linked PDMS films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agustín Rios de Anda</w:t>
+                <w:t xml:space="preserve">Jean-David Kouakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Izelenn Dufour</w:t>
+                <w:t xml:space="preserve">Mama Aissata Bangoura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Mérindol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Karine Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2025.137205⟩</w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d5sm00994d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05109424v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05442340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the anti-bioadhesion properties of short, medium chain length, and amphiphilic polyhydroxyalkanoate films</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Guennec</w:t>
+                <w:t xml:space="preserve">Modulation of marine bacterial adhesion on ultra-soft cross-linked chitosan coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Balnois</w:t>
+                <w:t xml:space="preserve">Agustín Rios de Anda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Augias</w:t>
+                <w:t xml:space="preserve">Izelenn Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mama Aïssata Bangoura</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Jaffry</w:t>
+                <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biofouling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 40 (2), pp.177-192. </w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 721, pp.137205. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/08927014.2024.2326038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2025.137205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04669274v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05109424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Molecular Weight on Anti-Bioadhesion Efficiency of PDMS-Based Coatings</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Investigating the anti-bioadhesion properties of short, medium chain length, and amphiphilic polyhydroxyalkanoate films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Guennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Balnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Augias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mama Aïssata Bangoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Azemar</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Jaffry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coatings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/coatings14010149⟩</w:t>
+              <w:t xml:space="preserve">Biofouling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 40 (2), pp.177-192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08927014.2024.2326038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04827827v1</w:t>
+                <w:t xml:space="preserve">hal-04669274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-Biofilm Activity of a Hyaluronan-like Exopolysaccharide from the Marine Vibrio MO245 against Pathogenic Bacteria</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emilie Portier</w:t>
+                <w:t xml:space="preserve">Impact of Molecular Weight on Anti-Bioadhesion Efficiency of PDMS-Based Coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mama Aïssata Bangoura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mimeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Balnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eric Balnois</w:t>
+                <w:t xml:space="preserve">Karine Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Azemar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/coatings14010149⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/md20110728⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04003650v1</w:t>
+                <w:t xml:space="preserve">hal-04827827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential antifouling properties of copper loaded zeolites on fouling diatoms</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anti-Biofilm Activity of a Hyaluronan-like Exopolysaccharide from the Marine Vibrio MO245 against Pathogenic Bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Linossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Balnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.micromeso.2020.110734⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (11), pp.728. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md20110728⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03476997v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04003650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Plasma Treatment (Ar/CF4) Decreases Biofouling on Polycarbonate Surfaces</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Potential antifouling properties of copper loaded zeolites on fouling diatoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Linossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Traon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Faÿ</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Karine Réhel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface Innovations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1680/jsuin.20.00026⟩</w:t>
+              <w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 312, pp.110734. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.micromeso.2020.110734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02993124v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03476997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperate and tropical coastal waters share relatively similar microbial biofilm communities while free‐living or particle‐attached communities are distinct</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Pollet</w:t>
+                <w:t xml:space="preserve">Surface Plasma Treatment (Ar/CF4) Decreases Biofouling on Polycarbonate Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Faÿ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Garnier</w:t>
+                <w:t xml:space="preserve">Fabienne Poncin-Epaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaëlle Barry-Martinet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tiffany Le Norcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Linossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.15929⟩</w:t>
+              <w:t xml:space="preserve">Surface Innovations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (1), pp.65-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1680/jsuin.20.00026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05007091v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antifouling properties of amphiphilic poly(3-hydroxyalkanoate): an environmentally-friendly coating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Guennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Guennec</w:t>
+                <w:t xml:space="preserve">L. Brelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Brelle</w:t>
+                <w:t xml:space="preserve">E. Balnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biofouling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 37 (8), pp.894-910. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/08927014.2021.1981298⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03476858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poly(oxazoline) for the design of amphiphilic silicone coatings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Temperate and tropical coastal waters share relatively similar microbial biofilm communities while free‐living or particle‐attached communities are distinct</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Catão C. P.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émilie Portier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Azemar</w:t>
+                <w:t xml:space="preserve">Thomas Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Belkacem Tarek Benkhaled</w:t>
+                <w:t xml:space="preserve">Cédric Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Bardeau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Faÿ</w:t>
+                <w:t xml:space="preserve">Raphaëlle Barry‐martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Rehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Organic Coatings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.porgcoat.2020.106116⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (12), pp.2891-2904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.15929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03412182v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03304776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperate and tropical coastal waters share relatively similar microbial biofilm communities while free‐living or particle‐attached communities are distinct</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Karine Rehel</w:t>
+                <w:t xml:space="preserve">Poly(oxazoline) for the design of amphiphilic silicone coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Azemar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkacem Tarek Benkhaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bardeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Faÿ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.15929⟩</w:t>
+              <w:t xml:space="preserve">Progress in Organic Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 153, pp.106116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.porgcoat.2020.106116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03304776v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03412182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phidianidine A and Synthetic Analogues as Naturally Inspired Marine Antifoulants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labriere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vijayaragavan Elumalai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jannie Staffansson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gunnar Cervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffany Le Norcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Natural Products</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Early view, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jnatprod.0c00881⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02987365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecofriendly silicon-poly(lactic acid) hybrid antifouling coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Azemar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Faÿ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Réhel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Organic Coatings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 148, pp.105841 -. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.porgcoat.2020.105841⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03490499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new method for evaluation of antifouling activity of molecules against microalgal biofilms using confocal laser scanning microscopy-microfluidic flow-cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Rehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffany Le Norcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Fay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Zea Obando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Biodeterioration and Biodegradation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 139, pp.54-61. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ibiod.2019.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02871384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epinephrine affects motility, and increases adhesion, biofilm and virulence of Pseudomonas aeruginosa H103</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélyssa Cambronel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Tortuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelly Biaggini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-019-56666-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03684671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pseudomonas aeruginosa resistance of monosaccharide-functionalized glass surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Scalabrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ferrières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Réhel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 183, pp.110383. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2019.110383⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Leachable Hydrophilic Additives for Amphiphilic Coatings</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Metabarcoding and metabolomics offer complementarity in deciphering marine eukaryotic biofouling community shifts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Pochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanna Wood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bressy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/polym10040445⟩</w:t>
+              <w:t xml:space="preserve">Biofouling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 34 (6), pp.657-672. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08927014.2018.1480757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02093099v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01878446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabarcoding and metabolomics offer complementarity in deciphering marine eukaryotic biofouling community shifts</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Non-Leachable Hydrophilic Additives for Amphiphilic Coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Azemar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Fay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Rehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Linossier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biofouling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/08927014.2018.1480757⟩</w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/polym10040445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01878446v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02093099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of biocidal coatings on microfouling In vitro and in situ results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Fay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Horel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Organic Coatings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 114, pp.162-172. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.porgcoat.2017.10.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02093100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anti-Bacterial Adhesion Activity of Tropical Microalgae Extracts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Zea-Obando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alina Tunin-Ley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Turquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Culioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 23 (9), pp.2180. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/molecules23092180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01864788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-Temporal Variations of Marine Biofilm Communities Colonizing Artificial Substrata Including Antifouling Coatings in Contrasted French Coastal Environments</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of Biodegradable Polymer Properties on Antifouling Paints Activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Loriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Linossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Faÿ</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00248-017-0966-2⟩</w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/polym9020036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599314v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01623468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Biodegradable Polymer Properties on Antifouling Paints Activity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Sponge-Inspired Dibromohemibastadin Prevents and Disrupts Bacterial Biofilms without Toxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Le Norcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hendrik Niemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Proksch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Tait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/polym9020036⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15 (7), pp.222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md15070222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01623468v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01623458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sponge-Inspired Dibromohemibastadin Prevents and Disrupts Bacterial Biofilms without Toxicity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Linossier</w:t>
+                <w:t xml:space="preserve">Spatio-Temporal Variations of Marine Biofilm Communities Colonizing Artificial Substrata Including Antifouling Coatings in Contrasted French Coastal Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Barani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Rehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Urvois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md15070222⟩</w:t>
+              <w:t xml:space="preserve">Microbial ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 74 (3), pp.585 - 598. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00248-017-0966-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01623458v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anti-Biofilm Effect of Biodegradable Coatings Based on Hemibastadin Derivative in Marine Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffany Le Norcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hendrik Niemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Proksch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 18 (7), pp.1520. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms18071520⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01623463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatty Acid Profiling of Tropical Microalgae and Cyanobacteria Strains Isolated From Southwest Indian Ocean Islands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Zea Obando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dufossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayalen Zubia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alina Tunin-Ley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Marine Biology and Aquaculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 3 (2), pp.1-14. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15436/2381-0750.17.1367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01712259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid identification of osmolytes in tropical microalgae and cyanobacteria by 1H HR-MAS NMR spectroscopy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Non-toxic, anti-fouling silicones with variable PEO–silane amphiphile content</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Faÿ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa L. Hawkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa A. Grunlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Green materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (2), pp.53 - 62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1680/jgrma.16.00003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01415688v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01415786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Syntheses, characterization, and hydrolytic degradation of P(ε-caprolactone-co-δ-valerolactone) copolymers: Influence of molecular weight</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Faÿ</w:t>
+                <w:t xml:space="preserve">Bioaccumulation of metallic trace elements and organic pollutants in marine sponges from the South Brittany Coast, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Gentric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Rehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sauleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/app.43007⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Science and Health, Part A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 51 (3), pp.213 - 219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10934529.2015.1094327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01374342v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01415914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-toxic, anti-fouling silicones with variable PEO–silane amphiphile content</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Syntheses, characterization, and hydrolytic degradation of P(ε-caprolactone-co-δ-valerolactone) copolymers: Influence of molecular weight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Loriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Linossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Faÿ</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Green materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1680/jgrma.16.00003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 133 (7), pp.n/a - n/a. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/app.43007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01415786v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01374342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioaccumulation of metallic trace elements and organic pollutants in marine sponges from the South Brittany Coast, France</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rapid identification of osmolytes in tropical microalgae and cyanobacteria by 1H HR-MAS NMR spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Zea Obando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Linossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Kervarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mayalen Zubia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Turquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Science and Health, Part A</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 153, pp.372 - 380</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01415914v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01415688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tropical microalgae isolated on Reunion island (France, Indian Ocean) as sources of antifouling molecules: The BIOPAINTROP project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dufossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Blériot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bressy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 33, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nbt.2016.06.749⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01734752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of hybrid antifouling paints.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Food group preferences and energy balance in moderately obese postmenopausal women subjected to brisk walking program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lemoine-Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Joffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicky Drapeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Organic Coatings</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 40 (7), pp.741-748. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/apnm-2014-0453⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01374233v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food group preferences and energy balance in moderately obese postmenopausal women subjected to brisk walking program</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of hybrid antifouling paints.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Azemar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Faÿ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Linossier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Progress in Organic Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 87, pp.10_19</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04911484v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01374233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioaccumulation of metallic trace elements and organic pollutants in marine sponges from the South Brittany Coast, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sauleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Rehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Environmental Science and Health, Part A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01394636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of environmentally friendly antifouling paints using biodegradable polymer and lower toxic substances</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Control of hydration and degradation properties of triblock copolymers polycaprolactone-b-polydimethylsiloxane-b-polycaprolactone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Azemar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Faÿ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Rehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Organic Coatings</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 131 (12), pp.Article number 40431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/app.40431⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.porgcoat.2013.11.012⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01415775v1</w:t>
+                <w:t xml:space="preserve">hal-01025429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of ionically cross-linked chitosan coating aimed at eggs' protection</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">F Faÿ</w:t>
+                <w:t xml:space="preserve">Bacteria and diatom resistance of silicones modified with PEO-silane amphiphiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa L. Hawkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Faÿ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Linossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa A. Grunlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ijfs.12690⟩</w:t>
+              <w:t xml:space="preserve">Biofouling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 30 (2), pp.247 - 258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08927014.2013.862235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01374239v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01415763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacteria and diatom resistance of silicones modified with PEO-silane amphiphiles</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Development of environmentally friendly antifouling paints using biodegradable polymer and lower toxic substances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Carteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Quiniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Davy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biofouling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/08927014.2013.862235⟩</w:t>
+              <w:t xml:space="preserve">Progress in Organic Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 77 (2), pp.485 - 493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.porgcoat.2013.11.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01415763v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01415775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of hydration and degradation properties of triblock copolymers polycaprolactone-b-polydimethylsiloxane-b-polycaprolactone</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Linossier</w:t>
+                <w:t xml:space="preserve">Evaluation of ionically cross-linked chitosan coating aimed at eggs' protection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Linossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Faÿ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 50 (3), pp.736 - 743. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ijfs.12690⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/app.40431⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01025429v1</w:t>
+                <w:t xml:space="preserve">hal-01374239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alteration of bacterial adhesion induced by the substrate stiffness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Garderes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Le Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 114, pp.193-200. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2013.10.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01025423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joint-action of antifouling substances in copper-free paints.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Faÿ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Carteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Delbury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 102, pp.569-77. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2012.08.055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00857504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oligomers of Poly(anhydride): study of interaction in coating binder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.C. Lasne-Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Faÿ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Réhel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 125, pp.1592- 1600</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00858132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of antibacterial activity against Salmonella Enteritidis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Faÿ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 49 (3), pp.349-54. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12275-011-0162-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00857418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C-type natriuretic peptide modulates quorum sensing molecule and toxin production in Pseudomonas aeruginosa.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Blier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Gerault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 157 (7), pp.1929-1944. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/mic.0.046755-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00846239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functionalization of poly(3-hydroxybutyrate-co-3-hydroxyvalerate) films via surface-initiated atom transfer radical polymerization: Comparison with the conventional free-radical grafting procedure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.K. Lao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. El Fagui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Rehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 120, pp.184-194</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00858156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of anti-microfouling activity of marine paints by microscopical techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Faÿ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Carteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Réhel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Organic Coatings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 72, pp.579-585</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00858120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Functionalization of PHBV by HEMA Grafting via UV Treatment. Comparison with Thermal Free Radical Polymerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.K. Lao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Rehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 116, pp.288-297</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00858027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A quick and easy method to identify bacteria by matrix-assisted laser desorption/ionisation time-of-flight mass spectrometry.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xaviera Pennanec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Haras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Réhel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 24 (3), pp.384-92. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/rcm.4404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00857406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A HPLC-UV method for the determination of angiotensin I-converting enzyme (ACE) inhibitory activity</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Monohalogenated maleimides as potential agents for the inhibition of Pseudomonas aeruginosa biofilm.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Carteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Soum-Soutéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Faÿ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystèle Dufau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cérantola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biofouling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 26 (3), pp.379-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08927011003653441⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00858022v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00857389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monohalogenated maleimides as potential agents for the inhibition of Pseudomonas aeruginosa biofilm.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A HPLC-UV method for the determination of angiotensin I-converting enzyme (ACE) inhibitory activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lahogue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Rehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Haras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Allaume</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biofouling</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 118, pp.870-875</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00857389v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00858022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peintures marines de nouvelle génération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Faÿ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystèle Dufau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Techniques de l'ingénieur. Bioprocédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.51257/a-v1-re106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04764855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipid A components from Pseudomonas aeruginosa PAO1 (serotype O5) and mutant strains investigated by electrospray ionization ion-trap mass spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliver Kooistra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Zähringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Haras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mass Spectrometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 39 (5), pp.505 - 513. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jms.611⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01700118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and Dynamic Approach of Early Hydration Steps in Erodable Polymers by ATR−FTIR and Fluorescence Spectroscopies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Thouvenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 35 (2), pp.489-498. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ma010501k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05317093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6939,711 +6939,711 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l’impact des propriétés physico-chimiques de films de polymères hydrophobes sur leur colonisation par des micro-organismes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Jaffry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Balnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vignaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">44èmes journées de la Section Grand Ouest du GFP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Serquigny, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05505122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the physico-chemical properties of polymer films on their colonization by microorganisms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Impact de la masse molaire du PDMS sur les performances antifouling des peintures siliconées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mama Aïssata Bangoura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Azemar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Linossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Balnois</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Congress on Marine Corrosion and and Fouling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Ghougzhou, China</w:t>
+              <w:t xml:space="preserve">52ème colloque national du GFP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Sorbonne Université (Paris), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05505053v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05505093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la masse molaire du PDMS sur les performances antifouling des peintures siliconées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mama Aïssata Bangoura</w:t>
+                <w:t xml:space="preserve">Impact of the physico-chemical properties of polymer films on their colonization by microorganisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Jaffry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Vignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Azemar</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Eric Balnois</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52ème colloque national du GFP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Sorbonne Université (Paris), France</w:t>
+              <w:t xml:space="preserve">20th International Congress on Marine Corrosion and and Fouling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Ghougzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05505093v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05505053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l’impact des propriétés physico-chimiques de films de polymères sur leur colonisation par des micro-organismes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Jaffry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Balnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vignaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop Biofouling Marin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Lorient (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05505072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tropical microalgae isolated on Reunion island (France, Indian ocean) as sources of antifouling molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dufossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Blériot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bressy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th European Congress on Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Federation of Biotechnology, Jul 2016, Krakow, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03603789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of biocides and algal extracts on adhesion and biofilm formation of marine bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Yamilet Zea Obando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Réhel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faÿ Fabienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Influence of biocides and algal extracts on adhesion and biofilm formation of marine bacteria</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00863894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7653,276 +7653,276 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l’impact des propriétés physico-chimiques de films de polymères sur leur colonisation par des micro-organismes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Jaffry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Balnois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">51ème édition du colloque national du GFP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Bordeaux (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05505003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tropical microalgae isolated on Reunion island (France, Indian ocean) as sources of antifouling molecules: the BIOPAINTROP project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Blériot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bressy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Congress on Marine Corrosion and Fouling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Toulon, France. 33, pp.S7, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01391798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId252"/>
+      <w:footerReference w:type="default" r:id="rId256"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7990,51 +7990,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="373A4801"/>
+    <w:nsid w:val="599C2654"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8221,51 +8221,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/karine-vallee" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-2575-7320" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077766733" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05338263v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jaffry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chebil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rodrigues" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Caudal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi M&#233;rindol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2025.115198" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05442340v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Kouakou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mama Aissata Bangoura" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine R&#233;hel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Linossier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sm00994d" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05109424v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Champion" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237;n Rios de Anda" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izelenn Dufour" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Vall&#233;e-R&#233;hel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2025.137205" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669274v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Guennec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Balnois" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Augias" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mama A&#239;ssata Bangoura" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2024.2326038" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827827v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mimeau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Azemar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings14010149" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04003650v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Portier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20110728" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476997v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Linossier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Traon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Fa&#255;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2020.110734" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993124v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Poncin-Epaillard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Le Norcy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jsuin.20.00026" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007091v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Cat&#227;o C. P." TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pollet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Garnier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barry-Martinet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Rehel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15929" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476858v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guennec" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brelle" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Balnois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Renard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2021.1981298" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412182v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Portier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Tarek Benkhaled" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bardeau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2020.106116" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03304776v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barry&#8208;martinet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987365v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labriere" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijayaragavan Elumalai" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannie Staffansson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunnar Cervin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.0c00881" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490499v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2020.105841" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871384v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Fay" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Zea Obando" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2019.03.001" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03684671v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lyssa Cambronel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tortuel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Biaggini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maillot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Taupin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-56666-7" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02280863v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Scalabrini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Hamon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ferri&#232;res" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2019.110383" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093099v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gillet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym10040445" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878446v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Briand" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pochon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Wood" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bressy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2018.1480757" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093100v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Horel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2017.10.017" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NVJ2CGHB-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864788v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Zea-Obando" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Tunin-Ley" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Turquet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Culioli" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23092180" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599314v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Barani" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Urvois" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-017-0966-2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623468v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Loriot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym9020036" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623458v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Niemann" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Proksch" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Tait" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md15070222" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623463v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms18071520" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712259v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dufoss&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayalen Zubia" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15436/2381-0750.17.1367" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415688v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Kervarec" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374342v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.43007" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XKR0BG4C-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415786v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa L. Hawkins" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa A. Grunlan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jgrma.16.00003" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415914v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Gentric" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dufour" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sauleau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10934529.2015.1094327" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734752v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bazire" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Blache" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bl&#233;riot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbt.2016.06.749" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374233v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911484v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Garnier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Vall&#233;e" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemoine-Morel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Joffroy" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicky Drapeau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2014-0453" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01394636v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415775v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carteau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Quiniou" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Davy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2013.11.012" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q7X2S06R-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374239v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Legendre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K R&#233;hel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Fa&#255;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijfs.12690" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BR6RKQG3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415763v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2013.862235" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01025429v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Azemar" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.40431" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TGM5KTX5-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01025423v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guegan" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garderes" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Pennec" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gaillard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fay" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2013.10.010" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BJRBTM4Z-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857504v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delbury" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2012.08.055" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z81GN1XF-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858132v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Lasne-Deschamps" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sire" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857418v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Legendre" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12275-011-0162-x" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846239v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Blier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Veron" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Gerault" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.046755-0" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858156v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.K. Lao" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Renard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Fagui" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Langlois" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858120v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858027v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Langlois" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857406v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xaviera Pennanec" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Haras" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.4404" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FBMBK72P-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858022v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lahogue" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Allaume" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857389v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Soum-Sout&#233;ra" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Dufau" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane C&#233;rantola" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927011003653441" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04764855v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgougnon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-re106" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01700118v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bedoux" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Kooistra" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Z&#228;hringer" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.611" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QFD12GVD-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05317093v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Thouvenin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques P&#233;ron" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma010501k" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4W97KQ0P-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505122v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vignaud" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505053v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505093v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505072v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603789v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazire" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Blache" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bl&#233;riot" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bressy" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863894v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Yamilet Zea Obando" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#255; Fabienne" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505003v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391798v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Briand" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/karine-vallee" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-2575-7320" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077766733" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05338263v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jaffry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chebil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rodrigues" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Caudal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi M&#233;rindol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2025.115198" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549433v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Champion" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Moppert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Rios de Anda" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sena Harmadi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hellio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2026.110037" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05442340v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Kouakou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mama Aissata Bangoura" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine R&#233;hel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Linossier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sm00994d" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05109424v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237;n Rios de Anda" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izelenn Dufour" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Vall&#233;e-R&#233;hel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2025.137205" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669274v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Guennec" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Balnois" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Augias" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mama A&#239;ssata Bangoura" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2024.2326038" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827827v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mimeau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Azemar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings14010149" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04003650v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Portier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20110728" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476997v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Linossier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Traon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Fa&#255;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2020.110734" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993124v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Poncin-Epaillard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Le Norcy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jsuin.20.00026" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476858v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guennec" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brelle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Balnois" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Renard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2021.1981298" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03304776v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Cat&#227;o C. P." TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pollet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Garnier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barry&#8208;martinet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Rehel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15929" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412182v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Portier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Tarek Benkhaled" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bardeau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2020.106116" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987365v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labriere" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijayaragavan Elumalai" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannie Staffansson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunnar Cervin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.0c00881" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490499v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2020.105841" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871384v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Fay" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Zea Obando" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2019.03.001" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03684671v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lyssa Cambronel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tortuel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Biaggini" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maillot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Taupin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-56666-7" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02280863v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Scalabrini" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Hamon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ferri&#232;res" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2019.110383" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878446v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Briand" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pochon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Wood" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bressy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2018.1480757" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093099v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gillet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym10040445" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093100v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Horel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2017.10.017" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NVJ2CGHB-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864788v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Zea-Obando" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Tunin-Ley" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Turquet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Culioli" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23092180" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623468v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Loriot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym9020036" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623458v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Niemann" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Proksch" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Tait" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md15070222" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599314v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Barani" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Urvois" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-017-0966-2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623463v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms18071520" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712259v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dufoss&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayalen Zubia" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15436/2381-0750.17.1367" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415786v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa L. Hawkins" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa A. Grunlan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jgrma.16.00003" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415914v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Gentric" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dufour" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sauleau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10934529.2015.1094327" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374342v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.43007" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XKR0BG4C-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415688v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Kervarec" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734752v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bazire" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Blache" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bl&#233;riot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbt.2016.06.749" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911484v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Garnier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Vall&#233;e" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemoine-Morel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Joffroy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicky Drapeau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2014-0453" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374233v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01394636v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01025429v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Azemar" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.40431" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TGM5KTX5-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415763v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2013.862235" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415775v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carteau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Quiniou" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Davy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2013.11.012" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q7X2S06R-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374239v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Legendre" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K R&#233;hel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Fa&#255;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijfs.12690" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BR6RKQG3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01025423v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guegan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garderes" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Pennec" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gaillard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fay" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2013.10.010" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BJRBTM4Z-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857504v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delbury" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2012.08.055" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z81GN1XF-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858132v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Lasne-Deschamps" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sire" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857418v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Legendre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12275-011-0162-x" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846239v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Blier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Veron" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Gerault" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.046755-0" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858156v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.K. Lao" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Renard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Fagui" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Langlois" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858120v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858027v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Langlois" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857406v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xaviera Pennanec" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Haras" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.4404" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FBMBK72P-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857389v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Soum-Sout&#233;ra" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Dufau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane C&#233;rantola" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927011003653441" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858022v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lahogue" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Allaume" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04764855v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgougnon" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-re106" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01700118v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bedoux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Kooistra" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Z&#228;hringer" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.611" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QFD12GVD-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05317093v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Thouvenin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques P&#233;ron" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma010501k" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4W97KQ0P-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505122v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vignaud" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505093v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505053v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505072v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603789v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazire" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Blache" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bl&#233;riot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bressy" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863894v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Yamilet Zea Obando" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#255; Fabienne" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505003v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391798v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Briand" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>