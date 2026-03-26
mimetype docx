--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of ivermectin-blood meals from treated cattle on mortality and reproductive parameters of Aedes aegypti (Diptera: Culicidae) for vector control</w:t>
+                <w:t xml:space="preserve">Phenotypic changes in natural populations of Anopheles gambiae s.l. at the onset of the long dry season in tropical savannahs of Burkina Faso, West Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sié Hermann Pooda</w:t>
+                <w:t xml:space="preserve">Wadaka Mamai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdoul Malik Bandaogo</w:t>
+                <w:t xml:space="preserve">Karine Mouline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prudenciène Ablawa Agboho</w:t>
+                <w:t xml:space="preserve">David Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angélique Porciani</w:t>
+                <w:t xml:space="preserve">Kevin Hidalgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Beneteau</w:t>
+                <w:t xml:space="preserve">Kounbobr Roch Dabiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Entomology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 63 (1), </w:t>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 33, pp.9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jme/tjag005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2026010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05497125v1</w:t>
+                <w:t xml:space="preserve">hal-05533628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotypic changes in natural populations of &lt;i&gt;Anopheles gambiae&lt;/i&gt; s.l. at the onset of the long dry season in tropical savannahs of Burkina Faso, West Africa</w:t>
+                <w:t xml:space="preserve">Impact of ivermectin-blood meals from treated cattle on mortality and reproductive parameters of Aedes aegypti (Diptera: Culicidae) for vector control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wadaka Mamai</w:t>
+                <w:t xml:space="preserve">Sié Hermann Pooda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Mouline</w:t>
+                <w:t xml:space="preserve">Abdoul Malik Bandaogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Renault</w:t>
+                <w:t xml:space="preserve">Prudenciène Ablawa Agboho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Hidalgo</w:t>
+                <w:t xml:space="preserve">Angélique Porciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kounbobr Roch Dabiré</w:t>
+                <w:t xml:space="preserve">Samuel Beneteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 33, pp.9. </w:t>
+              <w:t xml:space="preserve">Journal of Medical Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 63 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/parasite/2026010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jme/tjag005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05533628v1</w:t>
+                <w:t xml:space="preserve">hal-05497125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficacy of non-pyrethroid indoor residual spraying or intensive behaviour change communication in combination with long-lasting insecticidal nets for malaria control in west Africa: a pragmatic, cluster-randomised, controlled trial</w:t>
               </w:r>
@@ -502,697 +502,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05216102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological and behavioural resistance of malaria vectors in rural West-Africa: a data mining study to address their fine-scale spatiotemporal heterogeneity, drivers, and predictability</w:t>
+                <w:t xml:space="preserve">An ecotoxicological view on malaria vector control with ivermectin-treated cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Taconet</w:t>
+                <w:t xml:space="preserve">Andre Patrick Heinrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sié Hermann Pooda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dieudonné Diloma Soma</w:t>
+                <w:t xml:space="preserve">Angelique Porciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barnabas Zogo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karine Mouline</w:t>
+                <w:t xml:space="preserve">Lamidi Zéla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Simard</w:t>
+                <w:t xml:space="preserve">Alexandra Schinzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 4, pp.e11. </w:t>
+              <w:t xml:space="preserve">Nature Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (6), pp.724-736. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.367⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41893-024-01332-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04430713v1</w:t>
+                <w:t xml:space="preserve">hal-04569503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivermectin resistance mechanisms in ectoparasites: a scoping review</w:t>
+                <w:t xml:space="preserve">A simple, field-applicable method to increase the infectivity of wild isolates of Plasmodium falciparum to mosquito vectors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanna Furnival-Adams</w:t>
+                <w:t xml:space="preserve">Seydou Bienvenu Ouattara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Kiuru</w:t>
+                <w:t xml:space="preserve">Domonbabele Hien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Barembaye Sagna</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karine Mouline</w:t>
+                <w:t xml:space="preserve">Ekôbié Nao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Maia</w:t>
+                <w:t xml:space="preserve">Prisca Paré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Guissou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00436-024-08223-z⟩</w:t>
+              <w:t xml:space="preserve">Malaria Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23 (1), pp.135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12936-024-04969-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04934774v1</w:t>
+                <w:t xml:space="preserve">hal-04744725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of blood meals taken on ivermectin-treated livestock on survival and egg production of the malaria vector Anopheles coluzzii under laboratory conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sié Hermann Pooda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domonbabele François de Salle Hien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumaïla Pagabeleguem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Patrick Heinrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Porciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 19 (8), pp.e0308293. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0308293⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04744721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ecotoxicological view on malaria vector control with ivermectin-treated cattle</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Physiological and behavioural resistance of malaria vectors in rural West-Africa: a data mining study to address their fine-scale spatiotemporal heterogeneity, drivers, and predictability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelique Porciani</w:t>
+                <w:t xml:space="preserve">Paul Taconet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lamidi Zéla</w:t>
+                <w:t xml:space="preserve">Dieudonné Diloma Soma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Schinzel</w:t>
+                <w:t xml:space="preserve">Barnabas Zogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Mouline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Simard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41893-024-01332-8⟩</w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4, pp.e11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04569503v1</w:t>
+                <w:t xml:space="preserve">hal-04430713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple, field-applicable method to increase the infectivity of wild isolates of Plasmodium falciparum to mosquito vectors</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ivermectin resistance mechanisms in ectoparasites: a scoping review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domonbabele Hien</w:t>
+                <w:t xml:space="preserve">Joanna Furnival-Adams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ekôbié Nao</w:t>
+                <w:t xml:space="preserve">Caroline Kiuru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prisca Paré</w:t>
+                <w:t xml:space="preserve">André Barembaye Sagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Mouline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edwige Guissou</w:t>
+                <w:t xml:space="preserve">Marta Maia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Malaria Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 23 (1), pp.135. </w:t>
+              <w:t xml:space="preserve">Parasitology Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 123 (5), pp.221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12936-024-04969-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00436-024-08223-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04744725v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04934774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anopheles aquatic development kinetic and adults’ longevity through different seasons in laboratory and semi-field conditions in Burkina Faso</w:t>
               </w:r>
@@ -1306,355 +1306,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anopheles sampling collections in the health districts of Korhogo (Côte d’Ivoire) and Diébougou (Burkina Faso) between 2016 and 2018</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Deep learning and wing interferential patterns identify Anopheles species and discriminate amongst Gambiae complex species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic P Ahoua Alou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karine Mouline</w:t>
+                <w:t xml:space="preserve">Arnaud Cannet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Simon-Chane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Akhoundi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Histace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Romain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gigabyte</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46471/gigabyte.83⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.13895. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-41114-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04147204v1</w:t>
+                <w:t xml:space="preserve">hal-04188930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep learning and wing interferential patterns identify Anopheles species and discriminate amongst Gambiae complex species</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Aymeric Histace</w:t>
+                <w:t xml:space="preserve">Anopheles sampling collections in the health districts of Korhogo (Côte d’Ivoire) and Diébougou (Burkina Faso) between 2016 and 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Taconet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barnabas Zogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieudonné Diloma Soma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Romain</w:t>
+                <w:t xml:space="preserve">Ludovic P Ahoua Alou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Mouline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (1), pp.13895. </w:t>
+              <w:t xml:space="preserve">Gigabyte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-023-41114-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.46471/gigabyte.83⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04188930v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04147204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proof-of-concept study for a long-acting formulation of ivermectin injected in cattle as a complementary malaria vector control tool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sié Hermann Pooda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moiroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Porciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Courjaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1731,90 +1731,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivermectin as a novel malaria control tool: Getting ahead of the resistance curse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Sagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamidi Zéla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheick Oumar W. Ouedraogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sié Hermann Pooda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelique Porciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Tropica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 245, pp.106973. </w:t>
@@ -2120,103 +2120,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data-driven and interpretable machine-learning modeling to explore the fine-scale environmental determinants of malaria vectors biting rates in rural Burkina Faso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Taconet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Porciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dieudonné Diloma Soma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Mouline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Simard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 14, pp.345. </w:t>
@@ -2293,51 +2293,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Yao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domonbabele Fds Hien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Guissou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bienvenue K Yameogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2522,64 +2522,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolomic and Ecdysteroid Variations in Anopheles gambiae s.l. Mosquitoes Exposed to the Stressful Conditions of the Dry Season in Burkina Faso, West Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wadaka Mamai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Mouline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2701,51 +2701,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the impact of ivermectin-based optimal strategies on malaria control: the role of formulation, coverage, and mosquitocidal efficacy timing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck J Dongmo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelique Porciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moiroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2777,1110 +2777,1110 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05335342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reducing densities of zoophagous Anopheles by treating cattle with an innovative formulation of Ivermectin while preserving the environment : a One-Health approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Patrick Heinrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sié Hermann Pooda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelique Porciani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamidi Zéla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Schinzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESOVE 2024 - 23rd European Society for Vector Ecology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vectopole Sud; SOVE (Society for Vector Ecology), Oct 2024, Montpellier, France. pp.S5-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A federative scientist Network under One Health approach to enhance people well-being and sustainable development in Côte d’Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathurin Koffi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jamonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Deletre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dramane Kaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aristide Kouakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESOVE 2024 - 23rd European Society for Vector Ecology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vectopole Sud; SOVE (Society for Vector Ecology), Oct 2024, Montpellier, France. pp.S6-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing Ivermectin susceptibility in wild-derived and laboratory-reared Aedes and Anopheles larvae: Preliminary study on selecting for resistance mechanisms</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ecological, insecticide free, simple, efficient and sustainable mosquito trapping-bednet against malaria: a new approach eliciting users’ acceptability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chouaïbou Mouhamadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Pennetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Fokou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armel Djènontin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Mouline</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESOVE 2024 - 23rd European Society for Vector Ecology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2024, Montpellier, France. , ESOVE 2024 - the 23rd European Society for Vector Ecology Conference. Book of Abstracts, pp.S2-P29</w:t>
+              <w:t xml:space="preserve">, Oct 2024, Montpellier, France. , ESOVE 2024 - the 23rd European Society for Vector Ecology Conference. Book of Abstracts, pp.S5-P17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05007292v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological alternatives to insecticides for controlling vector-borne diseases: effects of caffeine on mosquito ageing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ibrahima Dia</w:t>
+                <w:t xml:space="preserve">Comparing Ivermectin susceptibility in wild-derived and laboratory-reared Aedes and Anopheles larvae: Preliminary study on selecting for resistance mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheick Oumar W. Ouedraogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Daouda Sougue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Barembaye Sagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olive Traoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieudonné Diloma Soma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESOVE 2024 - 23rd European Society for Vector Ecology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2024, Montpellier, France. , ESOVE 2024 - the 23rd European Society for Vector Ecology Conference. Book of Abstracts, pp.S5-P16</w:t>
+              <w:t xml:space="preserve">, Oct 2024, Montpellier, France. , ESOVE 2024 - the 23rd European Society for Vector Ecology Conference. Book of Abstracts, pp.S2-P29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006404v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05007292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological, insecticide free, simple, efficient and sustainable mosquito trapping-bednet against malaria: a new approach eliciting users’ acceptability</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Ecological alternatives to insecticides for controlling vector-borne diseases: effects of caffeine on mosquito ageing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baye Bado Ndoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Mouline</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Hadji Malick Ngom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assiyatou Gueye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahima Dia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESOVE 2024 - 23rd European Society for Vector Ecology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2024, Montpellier, France. , ESOVE 2024 - the 23rd European Society for Vector Ecology Conference. Book of Abstracts, pp.S5-P17</w:t>
+              <w:t xml:space="preserve">, Oct 2024, Montpellier, France. , ESOVE 2024 - the 23rd European Society for Vector Ecology Conference. Book of Abstracts, pp.S5-P16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006395v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does Ivermectin impair Anopheles mosquitoes’ attractiveness toward treated cattle under field and laboratory conditions?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamidi Zela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sié Hermann Pooda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelique Porciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Barembaye Sagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoul Malik Bandaogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESOVE 2024 - 23rd European Society for Vector Ecology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Montpellier, France. , ESOVE 2024 - the 23rd European Society for Vector Ecology Conference. Book of Abstracts, pp.S2-P43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05007417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using the ectocide Fluralaner administered per os to Rattus rattus to control the flea Xenopsylla cheopis, vector of Yersinia pestis in Madagascar: the Ectopeste project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kolohina Raharimalala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamidi Zela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Harimalala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soanandrasana Rahelinirina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sié Hermann Pooda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESOVE 2024 - 23rd European Society for Vector Ecology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Montpellier, France. , ESOVE 2024 - the 23rd European Society for Vector Ecology Conference. Book of Abstracts, pp.S5-P14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Competence of the secondary vectors An. coustani, An. squamosus and An. rufipes for Plasmodium falciparum as measured by direct membrane feeding assays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rakiswendé Serge Yerbanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dari Da</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Guissou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Yameogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Pan-African Mosquito Control Association Annual Conference and Exhibition (PAMCA 2019) "Strengthening Surveillance Systems for Vector-borne disease elimination in Africa"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Yaoundé, Cameroon. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05010351v1</w:t>
-              </w:r>
-[...280 lines deleted...]
-                <w:t xml:space="preserve">hal-05006942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId144"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4035,51 +4035,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497125v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si&#233; Hermann Pooda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Malik Bandaogo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prudenci&#232;ne Ablawa Agboho" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Porciani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Beneteau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jme/tjag005" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533628v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wadaka Mamai" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Mouline" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hidalgo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kounbobr Roch Dabir&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2026010" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216102v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moiroux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issaka Zongo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge-Brice Assi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Some" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N'Cho Tchiekoi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2214-109X(25)00216-5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430713v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Taconet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieudonn&#233; Diloma Soma" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnabas Zogo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Simard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.367" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934774v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Furnival-Adams" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Kiuru" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Barembaye Sagna" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Maia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-024-08223-z" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744721v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domonbabele Fran&#231;ois de Salle Hien" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souma&#239;la Pagabeleguem" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Patrick Heinrich" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0308293" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569503v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Porciani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamidi Z&#233;la" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schinzel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-024-01332-8" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744725v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydou Bienvenu Ouattara" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domonbabele Hien" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ek&#244;bi&#233; Nao" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Par&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Guissou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-024-04969-0" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938164v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicaise Denis C. Dj&#232;gb&#232;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dari Da" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mouonniba Som&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawata In&#232;s G&#233;raldine Par&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatoumata Ciss&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-024-06260-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147204v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic P Ahoua Alou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46471/gigabyte.83" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188930v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cannet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Simon-Chane" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Akhoundi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Histace" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Romain" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-41114-4" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075480v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Courjaud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roberge" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-022-05621-z" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942982v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Sagna" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheick Oumar W. Ouedraogo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actatropica.2023.106973" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873719v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Mccabe" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-022-05458-6" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450542v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Som&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Esperan&#231;a" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Sala" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-89715-1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274602v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-021-04851-x" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349954v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Vantaux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Yao" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domonbabele Fds Hien" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bienvenue K Yameogo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.13" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01744160v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Hidalgo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Montazeau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Siaussat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Braman" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Trabalon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.174433" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01061915v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Blais" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Larvor" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. R. Dabir&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/675697" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335342v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck J Dongmo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann S Pooda" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roch K Dabir&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007292v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Daouda Sougue" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olive Traor&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006404v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baye Bado Ndoye" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadji Malick Ngom" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assiyatou Gueye" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Dia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006395v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choua&#239;bou Mouhamadou" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Pennetier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Fokou" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Dj&#232;nontin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007417v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamidi Zela" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006415v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kolohina Raharimalala" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Harimalala" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soanandrasana Rahelinirina" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010351v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hien" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakiswend&#233; Serge Yerbanga" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Yameogo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006501v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006942v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathurin Koffi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jamonneau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Deletre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dramane Kaba" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristide Kouakou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533628v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wadaka Mamai" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Mouline" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hidalgo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kounbobr Roch Dabir&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2026010" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497125v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si&#233; Hermann Pooda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Malik Bandaogo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prudenci&#232;ne Ablawa Agboho" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Porciani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Beneteau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jme/tjag005" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216102v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moiroux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issaka Zongo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge-Brice Assi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Some" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N'Cho Tchiekoi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2214-109X(25)00216-5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569503v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Patrick Heinrich" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Porciani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamidi Z&#233;la" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schinzel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-024-01332-8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744725v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydou Bienvenu Ouattara" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domonbabele Hien" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ek&#244;bi&#233; Nao" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Par&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Guissou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-024-04969-0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744721v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domonbabele Fran&#231;ois de Salle Hien" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souma&#239;la Pagabeleguem" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0308293" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430713v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Taconet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieudonn&#233; Diloma Soma" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnabas Zogo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Simard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.367" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934774v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Furnival-Adams" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Kiuru" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Barembaye Sagna" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Maia" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-024-08223-z" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938164v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicaise Denis C. Dj&#232;gb&#232;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dari Da" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mouonniba Som&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawata In&#232;s G&#233;raldine Par&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatoumata Ciss&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-024-06260-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188930v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cannet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Simon-Chane" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Akhoundi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Histace" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Romain" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-41114-4" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147204v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic P Ahoua Alou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46471/gigabyte.83" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075480v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Courjaud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roberge" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-022-05621-z" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942982v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Sagna" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheick Oumar W. Ouedraogo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actatropica.2023.106973" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873719v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Mccabe" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-022-05458-6" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450542v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Som&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Esperan&#231;a" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Sala" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-89715-1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274602v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-021-04851-x" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349954v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Vantaux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Yao" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domonbabele Fds Hien" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bienvenue K Yameogo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.13" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01744160v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Hidalgo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Montazeau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Siaussat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Braman" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Trabalon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.174433" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01061915v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Blais" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Larvor" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. R. Dabir&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/675697" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335342v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck J Dongmo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann S Pooda" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roch K Dabir&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006501v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006942v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathurin Koffi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jamonneau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Deletre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dramane Kaba" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristide Kouakou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006395v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choua&#239;bou Mouhamadou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Pennetier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Fokou" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Dj&#232;nontin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007292v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Daouda Sougue" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olive Traor&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006404v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baye Bado Ndoye" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadji Malick Ngom" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assiyatou Gueye" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Dia" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007417v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamidi Zela" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006415v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kolohina Raharimalala" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Harimalala" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soanandrasana Rahelinirina" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010351v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hien" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakiswend&#233; Serge Yerbanga" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Yameogo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>