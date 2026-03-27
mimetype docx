--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -139,325 +139,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors associated with women authorship over 25 years in high-impact critical care randomized controlled trials: the pipeline is still leaking</w:t>
+                <w:t xml:space="preserve">A combined diving and mindfulness program as a catalyst for behavioural change in adults with obesity: a qualitative study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joris Pensier</w:t>
+                <w:t xml:space="preserve">Karolina Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence de Caumia-Baillenx</w:t>
+                <w:t xml:space="preserve">Ali El Housseini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine de Caumia-Baillenx</w:t>
+                <w:t xml:space="preserve">Gentiane Richer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inès Lakbar</w:t>
+                <w:t xml:space="preserve">Vincent Meurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Carr</w:t>
+                <w:t xml:space="preserve">Frederic Beneton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 29 (1), pp.388. </w:t>
+              <w:t xml:space="preserve">International Journal of Qualitative Studies on Health and Well-being</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (1), pp.2571942. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13054-025-05627-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/17482631.2025.2571942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05229324v1</w:t>
+                <w:t xml:space="preserve">hal-05513439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A combined diving and mindfulness program as a catalyst for behavioural change in adults with obesity: a qualitative study</w:t>
+                <w:t xml:space="preserve">Factors associated with women authorship over 25 years in high-impact critical care randomized controlled trials: the pipeline is still leaking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karolina Griffiths</w:t>
+                <w:t xml:space="preserve">Joris Pensier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali El Housseini</w:t>
+                <w:t xml:space="preserve">Clémence de Caumia-Baillenx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gentiane Richer</w:t>
+                <w:t xml:space="preserve">Antoine de Caumia-Baillenx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Meurice</w:t>
+                <w:t xml:space="preserve">Inès Lakbar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Beneton</w:t>
+                <w:t xml:space="preserve">Julie Carr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Qualitative Studies on Health and Well-being</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20 (1), pp.2571942. </w:t>
+              <w:t xml:space="preserve">Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29 (1), pp.388. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17482631.2025.2571942⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13054-025-05627-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05513439v1</w:t>
+                <w:t xml:space="preserve">hal-05229324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planetary health in action: developing a heatwave vulnerability tool for primary care</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karolina Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Basso-Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -720,51 +720,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grisoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karolina Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Salaun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -988,51 +988,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Jego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Spadari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karolina Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jouanjus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1122,51 +1122,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Bories</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Sibertin-Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karolina Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Dahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1230,51 +1230,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cholera spatial-temporal patterns in Gonaives, Haiti: From contributing factors to targeted recommendations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Rebaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karolina Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mazard Trazillio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1377,51 +1377,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thongpan Leangapichart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gautret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karolina Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadidja Belhouchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1485,51 +1485,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infections in symptomatic travelers returning from the Arabian peninsula ă to France: A retrospective cross-sectional</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karolina Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Charrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1645,51 +1645,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Million</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grisoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karolina Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Raoult</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2046,51 +2046,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229324v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Pensier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence de Caumia-Baillenx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Caumia-Baillenx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Lakbar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-025-05627-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05513439v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina Griffiths" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali El Housseini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentiane Richer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meurice" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Beneton" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17482631.2025.2571942" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809198v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Basso-Bert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Abraham" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Chin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layana Caroupaye-Caroupin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3399/BJGPO.2024.0089" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02121637v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Feuvrier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sijobert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Froger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Azevedo Coste" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina M. Griffiths" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2019.03.007" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791630v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Theron" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Pinto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grisoli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Salaun" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjci/jex019" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801455v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Savini" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Brouqui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Simon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Parola" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jtm/tay007" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623480v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Gentile" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Jego" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Spadari" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jouanjus" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12401" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02128501v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Sellier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bories" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sibertin-Blanc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dahan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2017.09.121" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114113v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Rebaudet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazard Trazillio" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gaelle Lebeau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Aruna Abedi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2016.12.012" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455797v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thongpan Leangapichart" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gautret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidja Belhouchat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Memish" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00669-16" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466891v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Charrel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lagier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine &#258; Nougairede" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tmaid.2016.05.002" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466871v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Million" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Raoult" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876568v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanko&#233; L Sallah" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roch Giorgi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadj Ba" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Piarroux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Piarroux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05513439v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina Griffiths" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali El Housseini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentiane Richer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meurice" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Beneton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17482631.2025.2571942" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229324v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Pensier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence de Caumia-Baillenx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Caumia-Baillenx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Lakbar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-025-05627-w" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809198v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Basso-Bert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Abraham" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Chin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layana Caroupaye-Caroupin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3399/BJGPO.2024.0089" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02121637v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Feuvrier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sijobert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Froger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Azevedo Coste" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina M. Griffiths" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2019.03.007" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791630v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Theron" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Pinto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grisoli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Salaun" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjci/jex019" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801455v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Savini" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Brouqui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Simon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Parola" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jtm/tay007" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623480v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Gentile" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Jego" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Spadari" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jouanjus" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12401" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02128501v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Sellier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bories" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sibertin-Blanc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dahan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2017.09.121" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114113v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Rebaudet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazard Trazillio" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gaelle Lebeau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Aruna Abedi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2016.12.012" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455797v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thongpan Leangapichart" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gautret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidja Belhouchat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Memish" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00669-16" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466891v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Charrel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lagier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine &#258; Nougairede" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tmaid.2016.05.002" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466871v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Million" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Raoult" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876568v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanko&#233; L Sallah" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roch Giorgi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadj Ba" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Piarroux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Piarroux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>