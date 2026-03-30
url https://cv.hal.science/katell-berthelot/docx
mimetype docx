--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,3836 +66,3836 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Law and Violence according to 1 Maccabees: The Entanglement of Seleucid, Roman, and Hasmonean Power”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Empire, Law, Violence, and the Jews: A Late Antique and Early Medieval Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Christine Hayes; Simcha Gross, Mar 2025, Philadelphia (Pennsylvania), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05505919v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“The Accusation of Misanthropy against the Jews in Antiquity: A Stoic Background?”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Benedikt Josef Collinet; Frank Ueberschaer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jew-Hatred in the Second Temple Period</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Gruyter, p. 155-180, 2025, 9783111032375</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05188741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Flavius Josephus as Reader of Philo”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Courtney J. P. Friesen; David Lincicum; David T. Runia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Reception of Philo of Alexandria</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, pp.17-31, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05188723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Jews and the Roman World in the Works of Philo and Josephus: What Contribution to the Exegesis of the New Testament?”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Paolo Costa. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The New Testament in the Greco-Roman World</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peeters, p. 297-320, 2025, 9789042954922</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05188734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josephus’s multilayered discourse on the Judean revolt against Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lisa Eberle; Myles Lavan. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Unrest in the Roman Empire: A Discursive History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Campus Verlag; University of Chicago Press, pp.105-124, 2024, 978-3593519326</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Perspective on the Kinship between Jews and Spartans: The Issue of Ancestral Territory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Robert Brody; Noah Hacham; Jan Willem van Henten; Meron Piotrkowski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A Vision of the Days: Studies in Early Jewish History and Historiography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BRILL</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.359-375, 2024, 978-90-04-68554-3. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004685567_021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/9789004685567_021⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04844438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les auteurs juifs de l’Antiquité face à la violence des textes bibliques relatifs à la conquête de la Terre Promise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elena di Pede; Odile Flichy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quand la Bible parle avec violence. XXVIIIe congrès de l’Association catholique française pour l’étude de la Bible</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions du Cerf, pp.73-92, 2024, 978-2-204-14040-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04664589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peuple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Aletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Iogna-Prat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frédéric Gabriel; Dominique Iogna-Prat; Alain Rauwel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire critique de l’Église. Notions et débats de sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUF, pp.832-851, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04363902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Jewishness as ‘citizenship' in Jewish writings from the Hellenistic and Roman periods”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jakub Filonik; Christine Plastow; Rachel Zelnick-Abramovitz. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Citizenship in Antiquity: : civic communities in the ancient Mediterranean</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.533-546, 2023, 9781003138730. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003138730-44⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Israël</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystel Bernat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Iogna-Prat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frédéric Gabriel; Dominique Iogna-Prat; Alain Rauwel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire critique de l’Église. Notions et débats de sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUF, pp.589-605, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04363753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Les Juifs ne se soutiennent qu’entre eux”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Xavier Mauduit; Jeanne Guérout. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire mondiale des préjugés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 979-10-375-0839-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04312983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...305 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Impact of ‘Pagan’ Rome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christine E. Hayes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Literature of the Sages: A Re-Visioning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 16, Brill, pp.344-373, 2022, Compendia Rerum Iudaicarum ad Novum Testamentum, 978-90-04-51542-0. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004515697_009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/9789004515697_009⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-03884199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Hyrcanus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oxford Classical Dictionary (online version)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, 2022, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/acrefore/9780199381135.013.8848⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/acrefore/9780199381135.013.8848⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-03887653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Jannaeus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oxford Classical Dictionary (online version)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, 2022, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/acrefore/9780199381135.013.8847⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/acrefore/9780199381135.013.8847⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-03887657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...28 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Introduction”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie B. Dohrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capucine Nemo-Pekelman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Legal Engagement: The Reception of Roman Law and Tribunals by Jews and Other Inhabitants of the Empire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses de l'Ecole Française de Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1-26, 2021, 978-2-7283-1464-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses de l'Ecole Française de Rome</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.389-408, 2021, 978-2-7283-1464-5</w:t>
+                <w:t xml:space="preserve">hal-03347112v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Les Juifs au miroir des perceptions romaines : entre gens et religio”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yann Lignereux; Alain Messaoudi; Annick Peters-Custot; Jérôme Wilgaux. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ethno-politique des empires. De l’Antiquité au monde contemporain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, p. 63-79, 2021, 978-2753582798</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...72 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405102v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">““Not like Our Rock Is Their Rock” (Deut 32:31): Rabbinic Perceptions of Roman Courts and Jurisdiction”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Katell Berthelot; Natalie Dohrmann; Capucine Nemo-Pekelman. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Legal Engagement: The Reception of Roman Law and Tribunals by Jews and Other Inhabitants of the Empire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses de l'Ecole Française de Rome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.1-26, 2021, 978-2-7283-1464-5</w:t>
+              <w:t xml:space="preserve">, pp.389-408, 2021, 978-2-7283-1464-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">Yann Lignereux; Alain Messaoudi; Annick Peters-Custot; Jérôme Wilgaux. </w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03347115v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">To Convert or Not to Convert: The Appropriation of Jewish Rituals, Customs and Beliefs by Non-Jews</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Valentino Gasparini; Maik Patzelt; Rubina Raja; Anna-Katharina Rieger; Jörg Rüpke; Emiliano Urciuoli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethno-politique des empires. De l’Antiquité au monde contemporain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, p. 63-79, 2021, 978-2753582798</w:t>
+              <w:t xml:space="preserve">Lived Religion in the Ancient Mediterranean World: Approaching Religious Transformations from Archaeology, History and Classics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. de Gruyter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 493-515, 2020, open access, https://doi.org/10.1515/9783110557596</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Power and Piety: Roman and Jewish Perspectives</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02591791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philo on the Impermanence of Empires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jonathan J. Price, Katell Berthelot. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Future of Rome: Roman, Greek, Jewish and Christian Visions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge University Press, p. 112-129, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“410 avant notre ère. La destruction d’un temple judéen dans une colonie militaire au sud de l’Égypte”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Savy; Katell Berthelot; Audrey Kichelewski. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire des Juifs. Un voyage en 80 dates, de l’Antiquité à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de France, p. 43-49, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Formation of the Hebrew Bible in a Greco-Roman Context in Light of the Evidence from Qumran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peter Dubovsky; Federico Giuntoli. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stones, Tablets and Scrolls: Periods of the Formation of the Bible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mohr Siebeck, p. 395-409, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02591653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“142/141 avant notre ère. L’indépendance retrouvée de la Judée”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Savy; Katell Berthelot; Audrey Kichelewski. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire des Juifs. Un voyage en 80 dates, de l’Antiquité à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de France, p. 65-70, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anathèma, anathema, anathematizô</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eberhard Bons. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Historical and Theological Lexicon of the Septuagint</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Mohr Siebeck, pp.478-487, 2020, 978-3-16-150747-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reconsidering Roman Power: Roman, Greek, Jewish and Christian Perceptions and Reactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Ecole Française de Rome, p. 269-289, 2020, 978-2-7283-1408-9</w:t>
+              <w:t xml:space="preserve">, Ecole Française de Rome, p. 1-17, 2020, 978-2-7283-1408-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...102 lines deleted...]
-                <w:t xml:space="preserve">“142/141 avant notre ère. L’indépendance retrouvée de la Judée”</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02591297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“70 de notre ère. La destruction du Second Temple”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Savy; Katell Berthelot; Audrey Kichelewski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire des Juifs. Un voyage en 80 dates, de l’Antiquité à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de France, p. 65-70, 2020</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires de France, p. 97-101, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Valentino Gasparini; Maik Patzelt; Rubina Raja; Anna-Katharina Rieger; Jörg Rüpke; Emiliano Urciuoli. </w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Que signifie l’“universalisme” du premier christianisme ?”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Roselyne Dupont-Roc; Antoine Guggenheim. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lived Religion in the Ancient Mediterranean World: Approaching Religious Transformations from Archaeology, History and Classics</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, p. 493-515, 2020, open access, https://doi.org/10.1515/9783110557596</w:t>
+              <w:t xml:space="preserve">Après Jésus. L’invention du christianisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Albin Michel, p. 27-28, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...175 lines deleted...]
-                <w:t xml:space="preserve">Introduction</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Power and Piety: Roman and Jewish Perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reconsidering Roman Power: Roman, Greek, Jewish and Christian Perceptions and Reactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Ecole Française de Rome, p. 1-17, 2020, 978-2-7283-1408-9</w:t>
+              <w:t xml:space="preserve">, Ecole Française de Rome, p. 269-289, 2020, 978-2-7283-1408-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Eberhard Bons. </w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02591542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trogus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Daniel Gurtner; Loren T. Stuckenbruck. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Historical and Theological Lexicon of the Septuagint</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1, Mohr Siebeck, pp.478-487, 2020, 978-3-16-150747-2</w:t>
+              <w:t xml:space="preserve">The T &amp; T Clark Encyclopedia of Second Temple Judaism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, Bloomsbury, pp.600-601, 2019, 978-0-5676-6094-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...167 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’écriture de l’histoire de la dynastie hasmonéenne (ca. 164 – 63 av. è. c.), reflet de questionnements modernes et contemporains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sylvie Anne Goldberg. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comment s’écrit l’histoire juive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Albin Michel, pp.79-94, 2019, 978-2226400659</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02520186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Judaism as ‘Citizenship’ and the Question of the Impact of Rome”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Katell Berthelot; Jonathan J. Price. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In the Crucible of Empire: The Impact of Roman Citizenship upon Greeks, Jews and Christians</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peeter Publishers, pp.107-129, 2019, 978-90-429-3668-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02338890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Trogus</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virgil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Daniel Gurtner; Loren T. Stuckenbruck. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The T &amp; T Clark Encyclopedia of Second Temple Judaism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2, Bloomsbury, pp.600-601, 2019, 978-0-5676-6094-7</w:t>
+              <w:t xml:space="preserve">, 2, Bloomsbury, pp.796-797, 2019, 978-0-5676-6094-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02520132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Price</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Katell Berthelot; Jonathan J. Price. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In the Crucible of Empire: The Impact of Roman Citizenship upon Greeks, Jews and Christians</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peeters Publishers, pp.1-17, 2019, 978-90-429-3668-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02338877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Torah Between Revelation and Concealment in Rabbinic Traditions Pertaining to the Conquest of the Land of Canaan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mladen Popović; Lautaro Roig Lanzillotta; Clare Wilde. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sharing and Hiding Religious Knowledge in Early Judaism, Christianity, and Islam</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Gruyter, pp.85-105, 2018, 978-3-11-059660-1. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/9783110596601-005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/9783110596601-005⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02338928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Authoritative Scriptures: Torah and Related Texts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The T &amp; T Clark Companion to the Dead Sea Scrolls</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bloomsbury, pp.264-268, 2018, 9780567590220</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02520195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jésus, Jean-Baptiste et Qumrân : y a-t-il un lien ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Joseph Doré. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jésus. L’encyclopédie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Albin Michel, pp.179-181, 2017, 978-2-226-32649-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03491719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Paradoxical Similarities between the Jews and the Roman Other</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michal Bar Asher-Siegal; Wolfgang Grünstäudl; Matthew Thiessen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perceiving the Other in Ancient Judaism and Christianity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mohr Siebeck, pp.95-109, 2017, 978-3-16-154962-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02339042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels sont les témoignages non-chrétiens ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Joseph Doré. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jésus. L’encyclopédie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Albin Michel, pp.103-104, 2017, 978-2-226-32649-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03491717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Joseph Doré. </w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Israël et sa terre à l’époque hasmonéenne : l’importance du contexte hellénistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François Lestang, Marie-Hélène Robert, Philippe Abadie, Marc Rastoin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jésus. L’encyclopédie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Albin Michel, pp.179-181, 2017, 978-2-226-32649-2</w:t>
+              <w:t xml:space="preserve">« Vous serez mon peuple et je serai votre Dieu » : Réalisations et promesse (XXVe congrès de l'ACFEB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lessius, pp.207-226, 2016, Collection Le livre et le rouleau, 9782872993093</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01474608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casting Lots and Distributing Territories: The Hellenistic Background of the Book of Jubilees and the Genesis Apocryphon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Joel Baden, Hindy Najman, Eibert J.C. Tigchelaar. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sibyls, Scriptures, and Scrolls: John Collins at Seventy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 175, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.173-191, 2016, Collection Supplements to the Journal for the Study of Judaism, 9789004324732</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01474612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérusalem : Naissance d’une ville sainte (4000 av. n. è.-IIe siècle de n. è.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vincent Lemire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jérusalem, histoire d'une ville-monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Flammarion, pp.17-99, 2016, 9782081394902</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01474597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...158 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno Dumézil. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Barbares</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de France, pp.818-822, 2016, 2130749852</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01474616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terre promise et patrie céleste dans Hébreux 11</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Régis Burnet, Didier Luciani, G. Van Oyen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Epistle to the Hebrews: Writing at the Borders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peeters, pp.137-151, 2016, 9789042933224</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01474606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La philanthrôpia, un idéal partagé entre Grecs, Romains, Juifs et chrétiens ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Katell Berthelot; Ron Naiweld; Daniel Stökl Ben Ezra. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’identité à travers l’éthique. Nouvelles perspectives sur la formation des identités collectives dans le monde gréco-romain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, p. 91-116, 2015, 978-2-503-55042-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02594516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie et autochtonie : le cas israélien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sylvie Sagnes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’archéologue et l’indigène</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions du CTHS, p. 219-242, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02594480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Katell Berthelot; Ron Naiweld; Daniel Stökl Ben Ezra. </w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Hellenization and Jewish Identity in the Deuterocanonical Literature: A Response to Ben Wright”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Géza G. Xeravits; József Zsengellér; Xavér Szabó. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’identité à travers l’éthique. Nouvelles perspectives sur la formation des identités collectives dans le monde gréco-romain</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Canonicity, Setting, Wisdom in the Deuterocanonicals: Papers of the Jubilee Meeting of the International Conference on the Deuterocanonical Books</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, W. de Gruyter, pp.69-81, 2014, 9783110372625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/9783110367232⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Histoire et mémoire des guerres hasmonéennes dans le judaïsme d’époque hellénistique et romaine”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marie-Françoise Baslez; Olivier Munnich. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La mémoire des persécutions : Autour des livres des Maccabées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peeters, pp.137-153, 2014, 978-90-429-3156-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Where may Canaanites be found? Canaanites, Phoenicians and Others in Jewish Texts from the Hellenistic and Roman Period”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Katell Berthelot; Joseph E. David; Marc Hirshman. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Gift of the Land and the Fate of the Canaanites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, 2014, 9780199959808. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199959808.001.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04902645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“The Notion of Anathema in Ancient Jewish Literature Written in Greek”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eberhard Bons; Ralph Brucker; Jan Joosten. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Reception of Septuagint Words in Jewish-Hellenistic and Christian Literature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mohr Siebeck, pp.35-52, 2014, WUNT 2/367, 978-3-16-152953-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04903956v1</w:t>
-              </w:r>
-[...254 lines deleted...]
-                <w:t xml:space="preserve">hal-05505919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4054,1288 +4054,1288 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04844423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Michaël Girardin, La fiscalité dans le judaïsme ancien (VIe s. av. J.-C. – IIe s. apr. J.-C.) Paris, Geuthner (« Culture archéologique du judaïsme ancien »), 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'histoire des religions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 240, pp.132-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rhr.12281⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Review of John-Paul Harper, Paul and Philo on the Politics of the Land, Jerusalem, and Temple (Mohr Siebeck, 2021)”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biblische Notizen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 199, pp.158-160</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Compte-rendu du livre de Nicole Belayche et Anne-Valérie Pont (dir.), Participations civiques des juifs et des chrétiens dans l’Orient romain (Ier-IVe siècles) (Droz, 2022)”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sehepunkte </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (11)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“La prééminence du droit dans le judaïsme antique à l’épreuve du cas hasmonéen”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française d'Histoire des Idées Politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 57 (1), pp.79 - 96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfhip1.057.0079⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">“La Bible subversive. À propos de : Jacob Rogozinski, Moïse l’insurgé, Éditions du Cerf”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La vie des idées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04312956v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">“La prééminence du droit dans le judaïsme antique à l’épreuve du cas hasmonéen”</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“The Accusations of Misanthropy Against the Jews in Antiquity”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Histoire des Idées Politiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfhip1.057.0079⟩</w:t>
+              <w:t xml:space="preserve">Antisemitism Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (2), pp.338-369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2979/ast.2023.a910235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Michaël Girardin, La fiscalité dans le judaïsme ancien (VIe s. av. J.-C. – IIe s. apr. J.-C.) Paris, Geuthner (« Culture archéologique du judaïsme ancien »), 2020</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296081v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Superiority and Universality of the Torah in Philo's Life of Moses 2.12–24: The Significance of the Roman Context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jewish Studies Quarterly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (3), p. 217-241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1628/jsq-2022-0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03887645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Compte-rendu du livre de Rachel Havrelock, The Joshua Generation: Israeli Occupation and the Bible (Princeton University Press, 2020)”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJS Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 45.2, pp.1-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03406090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Genealogy versus Merit? On the Role of Lineage in Ancient Judaism. Introduction”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Ancient Judaism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30965/21967954-12340001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Lineage and Virtue in Josephus: The Respective Roles of Priestly Worldview and Roman Culture”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Ancient Judaism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), pp.26-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30965/21967954-12340003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078850v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabbinic Universalism Reconsidered: The Roman Context of some Rabbinic Traditions Pertaining to the Revelation of the Torah in Different Languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jewish Quarterly Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 108 (4), pp.393-421</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre octroi de la citoyenneté et adoption : les modèles pour penser la conversion au judaïsme à l'époque romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Ékklèsia. Approches croisées d’histoire politique et religieuse. Mélanges offerts à Marie-Françoise Baslez, 104, pp.37-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/pallas.7147⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02338854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regards juifs alexandrins sur les religions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'histoire des religions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 240, pp.132-136. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/rhr.12281⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 234, pp.635 - 660. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rhr.8825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">“Review of John-Paul Harper, Paul and Philo on the Politics of the Land, Jerusalem, and Temple (Mohr Siebeck, 2021)”</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01818813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu du livre de Sylvie Honigman, Tales of High Priests and Taxes: The Books of the Maccabees and the Judean Rebellion against Antiochos IV (University of California Press, 2014)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biblische Notizen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 199, pp.158-160</w:t>
+              <w:t xml:space="preserve">Histos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10, pp.c-cvi</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...637 lines deleted...]
-                <w:t xml:space="preserve">Regards juifs alexandrins sur les religions</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01474603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Rabbis Write Back! L’enjeu de la “parenté” entre Israël et Rome-Ésaü-Édom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'histoire des religions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 234, pp.635 - 660. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2016, La représentation juive de l’empire romain comme pendant et frère jumeau d’Israël. Histoire et enjeux, 233 (2), pp.165-192</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01465569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“L'Empire romain, un défi politico-religieux pour le judaïsme antique”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études Théologiques et Religieuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 91 (3), pp.339-349</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01465672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Canaan ou le don d’une terre déjà habitée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mikhtav Hadash</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Eretz Israël entre terre et ciel, 4 (5), pp.57-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01474601v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">halshs-01465672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« “Mourir pour Dieu” : la question du martyre dans la Bible hébraïque et la Septante »</w:t>
               </w:r>
@@ -5696,1694 +5696,1694 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04070770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (19)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerusalem : History of a Global City</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lemire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04511317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jews and Their Roman Rivals: Pagan Rome's Challenge to Israel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Princeton University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9780691199290</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Legal Engagement: The Reception of Roman Law and Tribunals by Jews and Other Inhabitants of the Empire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie B. Dohrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capucine Nemo-Pekelman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses de l'Ecole Française de Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 978-2-7283-1464-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03347109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconsidering Roman power: Roman, Greek, Jewish and Christian perceptions and reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Publications de l’École française de Rome, 2020, 978-2-7283-1408-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.efr.4602⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02561873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Future of Rome: Roman, Greek, Jewish and Christian Visions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Price</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cambridge University Press, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/9781108860000⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire des Juifs. Un voyage en 80 dates, de l’Antiquité à nos jours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Savy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Kichelewski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de France, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03040749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In Search of the Promised Land? The Hasmonean Dynasty Between Biblical Models and Hellenistic Diplomacy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vandenhoeck &amp; Ruprecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 494 p., 2018, Journal of Ancient Judaism. Supplements. - Band 024, 978-3-525-55252-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerusalemme. Storia di una città-mondo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lemire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Einaudi. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03535650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Bibliothèque de Qumrân. Volume 3b. Torah – Deutéronome et Pentateuque dans son ensemble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry F. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions du Cerf, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03490598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La représentation juive de l’empire romain comme pendant et frère jumeau d’Israël. Histoire et enjeux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armand Colin, 233 (2), 2016, La représentation juive de l’empire romain comme pendant et frère jumeau d’Israël. Histoire et enjeux</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01474592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’identité à travers l’éthique. Nouvelles perspectives sur la formation des identités collectives dans le monde gréco-romain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ron Naiweld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Stökl Ben Ezra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brepols. 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il monoteismo può essere umanistico ? (trad. Giovanni Ibba)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Morcelliana, 2015, 9788837227777</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Gift of the Land and the Fate of the Canaanites in Jewish Thought</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Hirshman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Oxford University Press. 2014, 978-0-19-995980-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieu une enquête - Judaïsme, christianisme, islam Ce qui les distingue, ce qui les rapproche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dionigi Albera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Flammarion, pp.1036, 2013, 9782081214484</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00904759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieu, une enquête. Judaïsme, christianisme, islam, ce qui les distingue, ce qui les rapproche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dionigi Albera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Flammarion, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02430789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Quest for a Common Humanity: Human Dignity and Otherness in the Religious Traditions of the Mediterranean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Morgenstern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Boudignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Chaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Edition Brill, 2011, 978-9-0042-0165-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01548912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aramaica Qumranica: Proceedings of the Conference on the Aramaic Texts from Qumran at Aix en Provence 30 June–2 July 2008</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Stoekl Ben Ezra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brill. 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’« humanité de l’autre homme » dans la pensée juive ancienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brill. 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philanthrôpia judaica. Le débat autour de la “misanthropie” des lois juives dans l’Antiquité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brill. 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“The Maccabean Victory Explained: Between 1 and 2 Maccabees”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03907245v1</w:t>
-              </w:r>
-[...1569 lines deleted...]
-                <w:t xml:space="preserve">hal-02519833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId152"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -7538,51 +7538,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05188741v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Berthelot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05188723v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05188734v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844438v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/display/title/69281?rskey=wImiyi&amp;amp;result=2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004685567_021" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844445v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664589v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312983v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arenes.fr/livre/histoire-des-prejuges/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363902v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aletti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gabriel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Iogna-Prat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296631v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003138730-44" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363753v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystel Bernat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03884199v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004515697_009" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887653v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acrefore/9780199381135.013.8848" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887657v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acrefore/9780199381135.013.8847" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347115v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/10013" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347112v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie B. Dohrmann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Nemo-Pekelman" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/9308" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405102v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02591542v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02591653v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078858v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02591791v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/view/product/495097" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078846v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078857v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02591297v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520175v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078860v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078853v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520186v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338890v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520124v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520132v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338877v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Price" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338928v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110596601-005" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520195v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339042v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491717v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491719v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474597v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474608v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474612v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brill.com/products/book/sibyls-scriptures-and-scrolls-john-collins-seventy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474616v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474606v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594480v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594516v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902645v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199959808.001.0001" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903956v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903995v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903980v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110367232" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05505919v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664509v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700631-bja10086" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844423v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312956v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296586v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfhip1.057.0079" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296644v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhr.12281" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312975v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312970v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296081v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2979/ast.2023.a910235" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887645v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1628/jsq-2022-0013" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406090v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078850v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30965/21967954-12340003" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078851v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30965/21967954-12340001" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519817v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338854v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.7147" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818813v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhr.8825" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474601v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474603v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01465569v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01465672v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902634v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520010v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520091v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15699/jbibllite.133.3.539" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01254720v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070770v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03907245v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04511317v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemire" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Loiseau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Potin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347109v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405057v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://press.princeton.edu/books/hardcover/9780691199290/jews-and-their-roman-rivals" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561873v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.4602" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078843v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108860000" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040749v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Savy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Kichelewski" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837188v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vandenhoeck-ruprecht-verlage.com/themen-entdecken/theologie/judaistik/6781/in-search-of-the-promised-land?number=1086997" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490598v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry F. Legrand" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Langlois" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03535650v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474592v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519930v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ron Naiweld" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel St&#246;kl Ben Ezra" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902630v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519927v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hirshman" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph David" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00904759v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionigi Albera" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02430789v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548912v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Morgenstern" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boudignon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bouet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaumont" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519872v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Stoekl Ben Ezra" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519844v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519833v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05505919v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Berthelot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05188741v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05188723v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05188734v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844445v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844438v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/display/title/69281?rskey=wImiyi&amp;amp;result=2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004685567_021" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664589v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363902v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aletti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gabriel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Iogna-Prat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296631v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003138730-44" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363753v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystel Bernat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312983v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arenes.fr/livre/histoire-des-prejuges/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03884199v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004515697_009" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887653v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acrefore/9780199381135.013.8848" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887657v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acrefore/9780199381135.013.8847" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347112v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie B. Dohrmann" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Nemo-Pekelman" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/9308" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405102v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347115v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/10013" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02591791v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/view/product/495097" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078846v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078857v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02591653v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078858v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520175v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02591297v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078860v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078853v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02591542v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520124v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520186v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338890v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520132v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338877v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Price" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338928v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110596601-005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520195v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491719v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339042v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491717v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474608v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474612v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brill.com/products/book/sibyls-scriptures-and-scrolls-john-collins-seventy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474597v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474616v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474606v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594516v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594480v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903980v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110367232" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903995v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902645v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199959808.001.0001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903956v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664509v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700631-bja10086" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844423v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296644v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhr.12281" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312975v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312970v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296586v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfhip1.057.0079" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312956v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296081v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2979/ast.2023.a910235" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887645v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1628/jsq-2022-0013" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406090v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078851v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30965/21967954-12340001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078850v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30965/21967954-12340003" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519817v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338854v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.7147" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818813v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhr.8825" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474603v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01465569v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01465672v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474601v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902634v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520010v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520091v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15699/jbibllite.133.3.539" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01254720v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070770v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04511317v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemire" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Loiseau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Potin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405057v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://press.princeton.edu/books/hardcover/9780691199290/jews-and-their-roman-rivals" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347109v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561873v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.4602" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078843v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108860000" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040749v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Savy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Kichelewski" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837188v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vandenhoeck-ruprecht-verlage.com/themen-entdecken/theologie/judaistik/6781/in-search-of-the-promised-land?number=1086997" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03535650v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490598v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry F. Legrand" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Langlois" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01474592v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519930v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ron Naiweld" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel St&#246;kl Ben Ezra" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902630v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519927v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hirshman" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph David" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00904759v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionigi Albera" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02430789v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548912v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Morgenstern" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boudignon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bouet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaumont" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519872v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Stoekl Ben Ezra" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519844v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519833v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03907245v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>