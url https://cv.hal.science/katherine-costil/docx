--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,6245 +66,6245 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (49)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A 15 month-monitoring of biofouling in relationship with hydrological parameters and contaminants in three French harbours of the English channel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Agogué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loann Gissat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Gueuné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 269, pp.120925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2025.120925⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05127018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Advancing environmental monitoring across the water continuum combining biomarker analysis in multiple sentinel species: A case study in the Seine-Normandie Basin (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Slaby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Geffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Fisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bonnevalle-Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Allonier-Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 358, pp.120784. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2024.120784⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04542022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact assessment of metals realeased by aluminium-based galvanic anode on the physiology of the abalone Haliotis tuberculata in controlled conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Levallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureen Nivelais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Caplat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Basuyaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecotoxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (4), pp.438-450. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10646-023-02652-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04196506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative effects of trace metal elements released from dissolution of aluminum-based galvanic anodes, aluminum chloride, zinc chloride, and their mixture on the development of the Pacific oyster D-larvae, Crassostrea gigas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Levallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Caplat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Basuyaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30 (45), pp.101535-101545. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-023-29566-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04754385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects on Growth of Juvenile Abalones Haliotis tuberculata Under Chronic Exposition to Metals Released from the Dissolution of an Aluminium-Based Galvanic Anode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureen Nivelais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Levallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Basuyaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives of Environmental Contamination and Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 84 (1), pp.32-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00244-022-00975-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04008377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of chronic exposure of metals released from the dissolution of an aluminium galvanic anode on the Pacific oyster Crassostrea gigas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Levallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Caplat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Basuyaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Laisney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 249, pp.106223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2022.106223⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03706222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Establishment and population features of the non-native Atlantic rangia, Rangia cuneata (Mollusca: Bivalvia), in northwestern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Faillettaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquatic Invasions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (3), pp.367-381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3391/ai.2020.15.3.02⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02904704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In vitro effects of glyphosate-based herbicides and related adjuvants on primary culture of hemocytes from Haliotis tuberculata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Serpentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorna Dallas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fish and Shellfish Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 100, pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fsi.2020.02.058⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02904691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Realistic environmental exposure to microplastics does not induce biological effects in the Pacific oyster Crassostrea gigas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Messika Revel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Châtel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanane Perrein-Ettajani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farida Akcha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 150, pp.110627. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2019.110627⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02482996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tissue-Specific Biomarker Responses in the Blue Mussel Mytilus spp. Exposed to a Mixture of Microplastics at Environmentally Relevant oncentrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Messika Revel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Lagarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanane Perrein-Ettajani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farida Akcha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Environmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fenvs.2019.00033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02146660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing the impacts of several algae-based diets on cultured European abalone (Haliotis tuberculata)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Basuyaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Blin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquatic Living Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31, pp.28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/alr/2018018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toxicity assessment of five emerging pollutants, alone and in binary or ternary mixtures, towards three aquatic organisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Di Poi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bouchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Halm-Lemeille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25 (7), pp.6122-6134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-017-9306-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02043706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Distribution, associated species and extent of biofouling “reefs” formed by the alien species Ficopomatus enigmaticus (Annelida, Polychaeta) in marinas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Faillettaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Desroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 212, pp.164-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecss.2018.07.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sub-lethal effects of a glyphosate-based commercial formulation and adjuvants on juvenile oysters ( Crassostrea gigas ) exposed for 35 days</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Séguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Perron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Serpentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 117 (1-2), pp.348-358. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2017.02.028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sub-chronic exposure to fluoxetine in juvenile oysters (Crassostrea gigas): uptake and biological effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Di Poi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauris Evariste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Séguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Pédelucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (6), pp.5002-5018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-014-3702-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Metal bioaccumulation and physiological condition of the Pacific oyster (Crassostrea gigas) reared in two shellfish basins and a marina in Normandy (northwest France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Séguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caplat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Serpentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Menet-Nedelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 106 (1-2), pp.202-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2016.02.068⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01299737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of subchronic exposure to glyphosate in juvenile oysters (Crassostrea gigas): From molecular to individual levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Séguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Devos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Le Pabic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Voiseux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 95 (2), pp.665-677. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2014.10.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toxicity of five antidepressant drugs on embryo-larval development and metamorphosis success in the Pacific oyster, Crassostrea gigas.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Di Poi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Evariste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Serpentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Halm-Lemeille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21,, pp.13302-13314</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01116464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of a POEA surfactant system (Genamin T-200^|^reg;) on two life stages of the Pacific oyster, Crassostrea gigas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Pini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Journal of Toxicological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 39 (2), pp.211-215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2131/jts.39.211⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of the sensitivity of seven marine and freshwater bioassays as regards antidepressant toxicity assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Di Poi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Farcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Ballandonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Benchouala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecotoxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23 (9), pp.1744 - 1754. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10646-014-1339-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01775302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of acute exposures to mecoprop, mecoprop-p and their biodegradation product (2-MCP) on the larval stages of the Pacific oyster, Crassostrea gigas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bouchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dubreule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Serpentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 146, pp.165-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2013.11.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In vitro effect of five pharmaceuticals on the viability of the European abalone hemocytes, Haliotis tuberculata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Letullier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Minguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Halm-Lemeille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Xenobiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (2), pp.1148-1155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4081/xeno.2014.4900⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02364713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The effect of different polychlorinated biphenyls on two aquatic models, the green alga Pseudokirchneriella subcapitata and the haemocytes from the European abalone Haliotis tuberculata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Halm-Lemeille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abbaszadeh Fard Elham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Latire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Ferard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 110, pp.120-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2014.02.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01076671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessment of cytotoxic and immunomodulatory properties of four antidepressants on primary cultures of abalone hemocytes (Haliotis tuberculata)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Halm-Lemeille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Bureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 153, pp.3 - 11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2013.10.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01800718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of glyphosate-based herbicides on embryo-larval development and metamorphosis in the Pacific oyster, Crassostrea gigas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Kientz-Bouchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Serpentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Awadhesh Jha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 128-129, pp.67-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2012.12.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proceedings of the symposium ‘marine invertebrate cell culture’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Le Pabic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noussithé Kouéta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cytotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 65 (5), pp.673-689. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10616-013-9610-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responses of primary cultured haemocytes from the marine gastropod Haliotis tuberculata under 10-day exposure to cadmium chloride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Latire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Le Pabic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elmina Mottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109, pp.213-221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2011.09.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Storage and reproductive strategy of the carpet-shell clam, Ruditapes decussatus in the Gulf of Gabès (Tunisia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Smaoui-Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feten Guebsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Karray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarak Rebai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Invertebrate Reproduction and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 56 (4), pp.261-271. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07924259.2011.607518⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277668v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of zinc sacrificial anode degradation on the defence system of the Pacific oyster, &amp;lt;i&amp;gt;Crassostrea gigas&amp;lt;/i&amp;gt;: Chronic and acute exposures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elmina Mottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Caplat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Latire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Mahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 64 (9), pp.1911-1920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2012.06.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02314104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annual dynamics of glycogen, lipids and proteins during the sexual cycle of Perna perna (Mollusca: Bivalvia) from south-western Morocco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Benomar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. El Filali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Moukrim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Marine Biological Association of the United Kingdom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 90 (2), pp.335-346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0025315409990397⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of in vitro exposure to zinc on immunological parameters of haemocytes from the marine gastropod Haliotis tuberculata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elmina Mottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Caplat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Mahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Barillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fish and Shellfish Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 29 (5), pp.846-853. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fsi.2010.07.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gametogenetic cycle and reproductive effort assessed by two methods in 3 age classes of Pacific oysters, Crassostrea gigas, reared in Normandy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Seguineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyung-Il Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pouvreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwang-Sik Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 277 (3-4), pp.313-320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2008.02.033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Level of contamination and impact of pesticides in cupped oyster, Crassostrea gigas , reared in a shellfish production area in Normandy (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bouchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Guerlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Malas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Environmental Science and Health, Part B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 43 (8), pp.655-664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03601230802352732⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SPATIO-TEMPORAL CHANGES IN MORTALITY, GROWTH AND CONDITION OF THE PACIFIC OYSTER, CRASSOSTREA GIGAS, IN NORMANDY (FRANCE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Ropert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Shellfish Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 26 (4), pp.973-984. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2983/0730-8000(2007)26[973:SCIMGA]2.0.CO;2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetically based resistance to summer mortality in the Pacific oyster (Crassostrea gigas) and its relationship with physiological, immunological characteristics and infection processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Samain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Degremont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Soletchnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Haure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Bédier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 268, pp.227-243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2007.04.044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00473457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presence of spionid worms and other epibionts in Pacific oysters (Crassostrea gigas) cultured in Normandy, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Ropert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 253 (1-4), pp.461-474. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2005.09.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatio-temporal variations in biological performances and summer mortality of the Pacific oyster Crassostrea gigas in Normandy (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Ropert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Soletchnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Helgoland Marine Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 59 (4), pp.286-300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10152-005-0004-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular cloning of a molluscan gonadotropin-releasing hormone receptor orthologue specifically expressed in the gonad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Rodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lelong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Favrel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BBA - Gene Structure and Expression</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 1730 (3), pp.187-195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbaexp.2005.05.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Summer mortality of Crassostrea gigas (Thunberg) in relation to environmental rearing conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Soletchnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Shellfish Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 24, pp.197-207</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00616796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Potamopyrgus antipodarum(Mollusca:Hydrobiidae) in continental aquatic gastropod communities: impact of salinity and trematode parasitism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hydrobiologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 493 (1-3), pp.167-172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1023/A:1025443910836⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biodiversity of aquatic gastropods in the Mont St-Michel basin (France) in relation to salinity and drying of habitats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.B.J. Dussart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Daguzan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biodiversity and Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 10 (1), pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1023/A:1016670708413⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">INFLUENCE OF WATER TEMPERATURE ON THE ACTIVITY 0F PLANORBARIUS CORNEUS (L) (PULMONATA, PLANORBIDAE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stuart Bailey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Malacologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 39 (1-2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of temperature on embryonic development of two freshwater. pulmonates, Planorbarius corneus (L.) and Planorbis planorbis (L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Molluscan Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 63, pp.293-296</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relationship between communities of freshwater. Gastropods and communities of vegetation reflecting various trophic levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hydrobiologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 321, pp.7-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Self-fertilization versus cross-fertilization in two Planorbid species, Planorbarius corneus (Linnaeus) and Planorbis planorbis (Linnaeus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Daguzan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Veliger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 38 (3), pp.247-253</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COMPARATIVE LIFE CYCLE AND GROWTH 0F TWO FRESHWATER GASTROPOD SPECIES, PLANORBARIUS CORNEUS (L.) AND PLANORBIS PLANORBIS (L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Daguzan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Malacologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 37 (1), pp.53-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of temperature on reproduction in Planorbarius corneus (L.) and Planorbis planorbis (L.) throughout the life span</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Daguzan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Malacologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 36 (1-2), pp.79-89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freshwater Gastropod communities in eastern Britanny (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Molluscan Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 60, pp.467-471</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">INFLUENCE OF TEMPERATURE ON SURVIVAL AND GROWTH OF TWO FRESHWATER PLANORBID SPECIES, PLANORBARIUS CORNEUS (L.) AND PLANORBIS PLANORBIS (L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Molluscan Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 60 (3), pp.223-235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mollus/60.3.223⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatio-Temporal Distribution of Intertidal Shrimps, P. serratus and P. elegans from Two Western and Eastern Cotentin Sites (Normandy, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Costil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Serpentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Boisserie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Caplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne-Claire Bennis; Jean-Claude Dauvin; Eric Feunteun; Teruhisa Komatsu; Osamu Matsuda; Patrick Prouzet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Constraints and Adaptations to Global Change at the Land-Sea Interface: For a Shared Ecological and Energy Transition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Nature Switzerland, pp.75-95, 2025, ISBN 978-3-031-90049-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-90050-1_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05326135v1</w:t>
-              </w:r>
-[...6044 lines deleted...]
-                <w:t xml:space="preserve">hal-05131848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6322,90 +6322,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of 21-day exposure to copper and high temperatures on the survival, behaviour and physiology of female shrimp, Palaemon serratus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Costil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Guegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Coulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Caplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Serpentini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6469,51 +6469,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Costil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Caplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Serpentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6745,51 +6745,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Raoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Boisserie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Costil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coast Caen 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Djerba, Tunisia, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6808,277 +6808,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04291478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de polluants émergents seuls ou en mélange sur le développement embryo-larvaire et la métamorphose de l’huître creuse, Crassostrea gigas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Évaluation de la sensibilité des organismes et de la toxicité de polluants émergents seuls ou en mélange lors d’expositions aiguës</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Di Poi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Serpentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dubreule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Tanguy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Serpentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème colloque du Réseau ÉcoBIM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Le Havre, France</w:t>
+              <w:t xml:space="preserve">FORUM ECO-TOX de Rovaltain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alixan, Oct 2016, Valence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04777006v1</w:t>
+                <w:t xml:space="preserve">hal-04776997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation de la sensibilité des organismes et de la toxicité de polluants émergents seuls ou en mélange lors d’expositions aiguës</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Effets de polluants émergents seuls ou en mélange sur le développement embryo-larvaire et la métamorphose de l’huître creuse, Crassostrea gigas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Di Poi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dubreule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Serpentini</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Camille Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FORUM ECO-TOX de Rovaltain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Alixan, Oct 2016, Valence, France</w:t>
+              <w:t xml:space="preserve">12ème colloque du Réseau ÉcoBIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04776997v1</w:t>
+                <w:t xml:space="preserve">hal-04777006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of herbicides on the Pacific oyster, Crassostrea gigas using the embryo-larval and metamorphosis assays - Forum Pegaseas -Science et gouvernance de l’écosystème de la Manche</w:t>
               </w:r>
@@ -7103,51 +7103,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Kientz-Bouchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dubreule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Serpentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7228,64 +7228,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Kientz-Bouchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Serpentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Awadhesh Jha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Society of Environmental Toxicology and Chemistry World Congress / SETAC Europe 22nd Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Berlin, Germany</w:t>
@@ -7314,1074 +7314,1074 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Level of contamination and impact of pesticides on the cupped oyster, Crassostrea gigas, in the Bay of Veys (Normandy, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Bouchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Guerlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Malas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Costil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès SECOTOX (Society of Ecotoxicology and Environmental Safety)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Skiathos Island, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04804864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation spatio-temporelle de l'état de santé des populations de crevettes bouquet en Normandie : une étude intégrée couplant mesures de chimie et mesures de biomarqueurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Rollin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bouchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Caplat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Poret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Duflot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque SEFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Le Havre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stratégie de déploiement de biomarqueurs en appui à la surveillance de la qualité des masses d’eau, le long du continuum bassin verssant-littoral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Xuereb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khedidja Abbaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Amara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Auffret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bado-Nilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque annuel de la Société Française d’Ecotoxicologie Fondamentale et Appliquée (SEFA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Le Havre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04342861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biomonitoring of the water masses in Normandy, France by using the introduced brackish mussel, Mytilopsis leucophaeata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Levallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaspard Conseil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pollutant Responses In Marine Organisms (PRIMO 21)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Goteborg, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03891759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects on growth of juvenile abalone Haliotis tuberculata under chronic exposure to metals released from the dissolution of an aluminum-based galvanic anode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Levallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureen Nivelais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Basuyaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pollutant Responses In Marine Organisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Goteborg, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03897959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bioaccumulation of metals released from the dissolution of an aluminium galvanic anode and potential effects on the pacific oyster Crassostrea gigas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Levallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Caplat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Basuyaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Laisney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YOUMARES 12 "Heading to a sustainable and clean ocean"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Hambourg, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04008578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chitosan-g-poly(norbornene-ionic liquids) copolymers for antibiofouling coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Arizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lemee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie-Claude Gaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Gueuné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Caplat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ILMAT V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SASHIMI : Surveillance active de l'impact de la pression chimique par des biomarqueurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Xuereb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Abbaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Amara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Auffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Bado-Nilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">UMR I-02 SEBIO; OFB. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04246317v2</w:t>
-              </w:r>
-[...780 lines deleted...]
-                <w:t xml:space="preserve">hal-02356535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId264"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -8536,51 +8536,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326135v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Costil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Serpentini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu&#233;gan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boisserie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caplat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-90050-1_6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05127018v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Vial" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Agogu&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loann Gissat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gueun&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2025.120925" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04542022v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Slaby" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Geffard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fisson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bonnevalle-Normand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Allonier-Fernandes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.120784" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008377v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Nivelais" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Levallois" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Basuyaux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lebel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00244-022-00975-y" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754385v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Caplat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-29566-7" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196506v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-023-02652-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706222v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laisney" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2022.106223" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02904691v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mottier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Serpentini" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorna Dallas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le James" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2020.02.058" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02904704v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Faillettaz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mathieu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Robin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3391/ai.2020.15.3.02" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02482996v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messika Revel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ch&#226;tel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Perrein-Ettajani" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bruneau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Akcha" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2019.110627" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146660v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lagarde" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2019.00033" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277570v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Blin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Richard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2018018" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-KT6ZJQ63-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043706v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Di Poi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouchart" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Halm-Lemeille" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-9306-9" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277582v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Charles" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desroy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fournier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2018.07.007" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277666v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis S&#233;guin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Perron" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Lebel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2017.02.028" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01299737v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S&#233;guin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Lebel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Menet-Nedelec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2016.02.068" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277620v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauris Evariste" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie P&#233;delucq" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3702-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277641v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Devos" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Pabic" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Voiseux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2014.10.026" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277630v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dubreule" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2013.11.008" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W8HC2Z8G-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277632v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Pini" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2131/jts.39.211" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01775302v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minguez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Farcy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ballandonne" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Benchouala" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-014-1339-y" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116464v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Evariste" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076671v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbaszadeh Fard Elham" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Latire" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Ferard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.02.023" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJSRVXQ6-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02364713v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Letullier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Minguez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Costil" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Lebel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/xeno.2014.4900" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01800718v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Bureau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2013.10.020" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277628v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Kientz-Bouchart" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awadhesh Jha" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2012.12.002" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R56P8GK2-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277648v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noussith&#233; Kou&#233;ta" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10616-013-9610-2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277668v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Smaoui-Damak" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feten Guebsi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Karray" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarak Rebai" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07924259.2011.607518" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278077v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmina Mottin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2011.09.017" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G3GFC789-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02314104v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Mahaut" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2012.06.017" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DLJ91VHG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277559v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benomar" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. El Filali" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mathieu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moukrim" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315409990397" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EE550F47FBC7070A66D788360595E31E66DB9256/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278080v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barillier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2010.07.022" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M4J0KB10-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277663v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Royer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Seguineau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyung-Il Park" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pouvreau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwang-Sik Choi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2008.02.033" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277578v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Buisson" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Guerlet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Malas" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03601230802352732" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277660v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ropert" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2983/0730-8000(2007)26[973:SCIMGA]2.0.CO;2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473457v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Samain" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Degremont" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Soletchnik" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Haure" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard B&#233;dier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2007.04.044" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277655v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2005.09.018" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QLQZWPSF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277612v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10152-005-0004-5" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277652v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rodet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lelong" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Dubos" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Favrel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbaexp.2005.05.012" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WHN1WHD3-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616796v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lambert" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131861v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia G&#233;rard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Blanc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1025443910836" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131972v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.B.J. Dussart" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Daguzan" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1016670708413" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131929v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Bailey" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131957v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131937v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cl&#233;ment" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131981v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131917v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131948v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131953v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131848v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mollus/60.3.223" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133465v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guegan" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Coulaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291090v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Costil" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gu&#233;gan" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Serpentini" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Roger" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424604v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Xuereb" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khedidja Abbaci" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amara" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Auffret" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bado-Nilles" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04291478v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pezy" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Dauvin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Raoux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Boisserie" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04777006v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Tanguy" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04776997v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04773432v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mottier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Seguin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Kientz-Bouchart" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04804840v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04804864v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bouchart" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04246317v2" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Xuereb" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Abbaci" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Auffret" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bado-Nilles" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04283216v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rollin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Poret" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Duflot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04342861v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891759v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Muller" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Conseil" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Chapuis" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897959v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008578v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02356535v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Arizzi" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lemee" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie-Claude Gaumont" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05127018v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Vial" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Costil" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Agogu&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loann Gissat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gueun&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2025.120925" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04542022v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Slaby" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Geffard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fisson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bonnevalle-Normand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Allonier-Fernandes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.120784" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196506v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Levallois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Nivelais" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Caplat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lebel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Basuyaux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-023-02652-9" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754385v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-29566-7" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008377v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00244-022-00975-y" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706222v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laisney" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2022.106223" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02904704v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Faillettaz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roger" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mathieu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Robin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3391/ai.2020.15.3.02" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02904691v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mottier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Serpentini" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorna Dallas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le James" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2020.02.058" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02482996v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messika Revel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ch&#226;tel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Perrein-Ettajani" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bruneau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Akcha" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2019.110627" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146660v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lagarde" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2019.00033" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277570v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Blin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Richard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2018018" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-KT6ZJQ63-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043706v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Di Poi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouchart" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Halm-Lemeille" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-9306-9" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277582v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Charles" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desroy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fournier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2018.07.007" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277666v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis S&#233;guin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Perron" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Lebel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2017.02.028" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277620v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauris Evariste" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie P&#233;delucq" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3702-1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01299737v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S&#233;guin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caplat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Serpentini" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Lebel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Menet-Nedelec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2016.02.068" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277641v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Devos" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Pabic" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Voiseux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2014.10.026" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116464v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Evariste" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277632v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Pini" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2131/jts.39.211" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01775302v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minguez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Farcy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ballandonne" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Benchouala" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-014-1339-y" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277630v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dubreule" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2013.11.008" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W8HC2Z8G-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02364713v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Letullier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Minguez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Costil" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Lebel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/xeno.2014.4900" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076671v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbaszadeh Fard Elham" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Latire" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Ferard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.02.023" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJSRVXQ6-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01800718v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Bureau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2013.10.020" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277628v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Kientz-Bouchart" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awadhesh Jha" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2012.12.002" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R56P8GK2-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277648v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noussith&#233; Kou&#233;ta" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10616-013-9610-2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278077v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmina Mottin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2011.09.017" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G3GFC789-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277668v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Smaoui-Damak" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feten Guebsi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Karray" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarak Rebai" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07924259.2011.607518" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02314104v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Mahaut" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2012.06.017" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DLJ91VHG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277559v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benomar" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. El Filali" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mathieu" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moukrim" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315409990397" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EE550F47FBC7070A66D788360595E31E66DB9256/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278080v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barillier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2010.07.022" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M4J0KB10-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277663v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Royer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Seguineau" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyung-Il Park" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pouvreau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwang-Sik Choi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2008.02.033" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277578v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Buisson" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Guerlet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Malas" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03601230802352732" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277660v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ropert" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2983/0730-8000(2007)26[973:SCIMGA]2.0.CO;2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473457v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Samain" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Degremont" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Soletchnik" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Haure" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard B&#233;dier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2007.04.044" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277655v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2005.09.018" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QLQZWPSF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277612v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10152-005-0004-5" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277652v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rodet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lelong" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Dubos" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Favrel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbaexp.2005.05.012" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WHN1WHD3-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616796v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lambert" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131861v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia G&#233;rard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Blanc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1025443910836" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131972v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.B.J. Dussart" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Daguzan" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1016670708413" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131929v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Bailey" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131957v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131937v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cl&#233;ment" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131981v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131917v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131948v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131953v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131848v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mollus/60.3.223" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326135v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu&#233;gan" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boisserie" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-90050-1_6" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133465v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guegan" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Coulaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291090v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Costil" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gu&#233;gan" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Serpentini" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Roger" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424604v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Xuereb" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khedidja Abbaci" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amara" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Auffret" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bado-Nilles" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04291478v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pezy" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Dauvin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Raoux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Boisserie" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04776997v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Tanguy" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04777006v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04773432v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mottier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Seguin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Kientz-Bouchart" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04804840v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04804864v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bouchart" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04283216v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rollin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Poret" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Duflot" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04342861v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891759v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Muller" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Conseil" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Chapuis" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897959v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008578v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02356535v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Arizzi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lemee" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie-Claude Gaumont" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04246317v2" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Xuereb" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Abbaci" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Auffret" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bado-Nilles" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>