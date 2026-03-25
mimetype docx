--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -471,3005 +471,3005 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05495603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro activity of cefepime-enmetazobactam on carbapenem-resistant Gram negatives</w:t>
+                <w:t xml:space="preserve">Cefiderocol susceptibility testing: the challenge of disc diffusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy A Bonnin</w:t>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katy Jeannot</w:t>
+                <w:t xml:space="preserve">Laurent Dortet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Santerre Henriksen</w:t>
+                <w:t xml:space="preserve">Marlène Amara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Quevedo</w:t>
+                <w:t xml:space="preserve">Olivier Barraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Dortet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julien Cadenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 31 (2), pp.240-249. </w:t>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cmi.2024.09.031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cmi.2024.12.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04935159v1</w:t>
+                <w:t xml:space="preserve">hal-04935151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cefiderocol susceptibility testing: the challenge of disc diffusion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Uncovering a new family of conserved virulence factors that promote the production of host‐damaging outer membrane vesicles in gram‐negative bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Goman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Ize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Cadenet</w:t>
+                <w:t xml:space="preserve">Camille Pin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Payros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cmi.2024.12.037⟩</w:t>
+              <w:t xml:space="preserve">Journal of Extracellular Vesicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (1), pp.e270032. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jev2.70032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04935151v1</w:t>
+                <w:t xml:space="preserve">hal-04907628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncovering a new family of conserved virulence factors that promote the production of host‐damaging outer membrane vesicles in gram‐negative bacteria</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mycoplasma pneumoniae infection in adult inpatients during the 2023–24 outbreak in France (MYCADO): a national, retrospective, observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bérengère Ize</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Katy Jeannot</w:t>
+                <w:t xml:space="preserve">Ariane Gavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Pin</w:t>
+                <w:t xml:space="preserve">Matthieu Holub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Payros</w:t>
+                <w:t xml:space="preserve">Antoine Asquier-Khati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leautez-Nainville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Extracellular Vesicles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jev2.70032⟩</w:t>
+              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1473-3099(24)00805-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907628v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04966717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mycoplasma pneumoniae infection in adult inpatients during the 2023–24 outbreak in France (MYCADO): a national, retrospective, observational study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In vitro activity of cefepime-enmetazobactam on carbapenem-resistant Gram negatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Asquier-Khati</w:t>
+                <w:t xml:space="preserve">Rémy A Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Faure</w:t>
+                <w:t xml:space="preserve">Anne Santerre Henriksen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Leautez-Nainville</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Juan Quevedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dortet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (2), pp.240-249. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S1473-3099(24)00805-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cmi.2024.09.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04966717v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04935159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro activity of cefiderocol against European Pseudomonas aeruginosa and Acinetobacter spp., including isolates resistant to meropenem and recent β-lactam/β-lactamase inhibitor combinations</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cefiderocol susceptibility of Achromobacter spp.: study of an accurately identified collection of 230 strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Oliver</w:t>
+                <w:t xml:space="preserve">Vincent Jean-Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John D Perry</w:t>
+                <w:t xml:space="preserve">Pauline Sorlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias W Pletz</w:t>
+                <w:t xml:space="preserve">Alix Pantel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Chiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/spectrum.03836-23⟩</w:t>
+              <w:t xml:space="preserve">Annals of Clinical Microbiology and Antimicrobials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23 (1), pp.54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12941-024-00709-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05469900v1</w:t>
+                <w:t xml:space="preserve">hal-04874108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commercially available tests for determining cefiderocol susceptibility display variable performance in the Achromobacter genus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jean-Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Sorlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Chiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Clinical Microbiology and Antimicrobials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 23 (1), pp.78. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12941-024-00731-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04873210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">National Cohort of Compassionate Use of Meropenem–Vaborbactam: No Benefit over Meropenem for Pseudomonas aeruginosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bleibtreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Duran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bouchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexie Bosch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antibiotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 13 (12), pp.1152. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/antibiotics13121152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-04874028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cefiderocol susceptibility of Achromobacter spp.: study of an accurately identified collection of 230 strains</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pauline Sorlin</w:t>
+                <w:t xml:space="preserve">In vitro activity of cefiderocol against European Enterobacterales, including isolates resistant to meropenem and recentβ-lactam/β-lactamase inhibitor combinations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Santerre Henriksen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Arena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Attwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alix Pantel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Lavigne</w:t>
+                <w:t xml:space="preserve">Rafael Canton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sören Gatermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Clinical Microbiology and Antimicrobials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12941-024-00709-z⟩</w:t>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (8), pp.e0418123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.04181-23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04874108v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05469928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro activity of cefiderocol against European Enterobacterales, including isolates resistant to meropenem and recentβ-lactam/β-lactamase inhibitor combinations</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">$Pseudomonas\ aeruginosa$ antimicrobial susceptibility profiles, resistance mechanisms and international clonal lineages: update from ESGARS-ESCMID/ISARPAE Group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Attwood</w:t>
+                <w:t xml:space="preserve">Antonio Oliver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Canton</w:t>
+                <w:t xml:space="preserve">Estrella Rojo-Molinero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sören Gatermann</w:t>
+                <w:t xml:space="preserve">Jorge Arca-Suarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yeşim Beşli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bogaerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/spectrum.04181-23⟩</w:t>
+              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 30 (4), pp.469-480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cmi.2023.12.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05469928v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04384072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">$Pseudomonas\ aeruginosa$ antimicrobial susceptibility profiles, resistance mechanisms and international clonal lineages: update from ESGARS-ESCMID/ISARPAE Group</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Pseudomonas aeruginosa&amp;lt;/i&amp;gt; MipA-MipB envelope proteins act as new sensors of polymyxins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yeşim Beşli</w:t>
+                <w:t xml:space="preserve">Manon Janet-Maitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bogaerts</w:t>
+                <w:t xml:space="preserve">Viviana Job</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Robert-Genthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cmi.2023.12.026⟩</w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (3), pp.e0221123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mbio.02211-23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04384072v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Pseudomonas aeruginosa&amp;lt;/i&amp;gt; MipA-MipB envelope proteins act as new sensors of polymyxins</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Mutations in genes lpxL1 , bamA , and pmrB impair the susceptibility of cystic fibrosis strains of Pseudomonas aeruginosa to murepavadin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aya Ghassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Triponney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Plésiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mbio.02211-23⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 68 (1), pp.e0129823. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/aac.01298-23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04732591v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04668725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutations in genes lpxL1 , bamA , and pmrB impair the susceptibility of cystic fibrosis strains of Pseudomonas aeruginosa to murepavadin</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comment on “Antimicrobial susceptibility of Bacteroides fragilis group organisms in Hong Kong, 2020–2021”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Triponney</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maxime Bour</w:t>
+                <w:t xml:space="preserve">H. Marchandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Plésiat</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L. Dubreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Amara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/aac.01298-23⟩</w:t>
+              <w:t xml:space="preserve">Anaerobe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 90, pp.102910. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anaerobe.2024.102910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04668725v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04873136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment on “Antimicrobial susceptibility of Bacteroides fragilis group organisms in Hong Kong, 2020–2021”</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marlène Amara</w:t>
+                <w:t xml:space="preserve">In vitro activity of cefiderocol against European Pseudomonas aeruginosa and Acinetobacter spp., including isolates resistant to meropenem and recent β-lactam/β-lactamase inhibitor combinations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Santerre Henriksen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Oliver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Aubin</w:t>
+                <w:t xml:space="preserve">John D Perry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Caron</w:t>
+                <w:t xml:space="preserve">Mathias W Pletz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anaerobe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 90, pp.102910. </w:t>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (4), pp.e0383623. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.anaerobe.2024.102910⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.03836-23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04873136v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05469900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of discs, sensititre EUMDROXF microplates and MTS gradient strips for the determination of the susceptibility of multidrug-resistant Pseudomonas aeruginosa to cefiderocol</w:t>
+                <w:t xml:space="preserve">Evaluation of 5 rapid colorimetric and immunochromatographic tests for the detection of carbapenemases in Pseudomonas aeruginosa and Acinetobacter spp. isolates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Devoos</w:t>
+                <w:t xml:space="preserve">Damien Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Triponney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Biguenet</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">Loreen Gabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plésiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cmi.2022.12.021⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 42 (8), pp.1043-1045. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10096-023-04631-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04225818v1</w:t>
+                <w:t xml:space="preserve">hal-04225777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of 5 rapid colorimetric and immunochromatographic tests for the detection of carbapenemases in Pseudomonas aeruginosa and Acinetobacter spp. isolates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of the Efficiency of Random and Diblock Methacrylate-Based Amphiphilic Cationic Polymers against Major Bacterial Pathogens Associated with Cystic Fibrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Fournier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pauline Triponney</w:t>
+                <w:t xml:space="preserve">Hamza Olleik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loreen Gabriel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Katy Jeannot</w:t>
+                <w:t xml:space="preserve">Slim Hdiouech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Roblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cavalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10096-023-04631-8⟩</w:t>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (1), pp.120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics12010120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04225777v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03998029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the Efficiency of Random and Diblock Methacrylate-Based Amphiphilic Cationic Polymers against Major Bacterial Pathogens Associated with Cystic Fibrosis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Whole-Genome Sequencing of 11 High-Risk Clone ST111 Pseudomonas aeruginosa Isolates from French Hospitals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slim Hdiouech</w:t>
+                <w:t xml:space="preserve">Mikkel Anbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clarisse Roblin</w:t>
+                <w:t xml:space="preserve">Mariana Antonova Tavares Chichkova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Cavalier</w:t>
+                <w:t xml:space="preserve">Yilmaz Emre Gençay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Salazar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antibiotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/antibiotics12010120⟩</w:t>
+              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (7), pp.e0009123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mra.00091-23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03998029v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">6-Polyaminosteroid Squalamine Analogues Display Antibacterial Activity against Resistant Pathogens</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genomic characterization of an NDM-9-producing $Acinetobacter\ baumannii$ clinical isolate and role of Glu152Lys substitution in the enhanced cefiderocol hydrolysis of NDM-9</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flore Nilly</w:t>
+                <w:t xml:space="preserve">Susie Gaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florie Desriac</w:t>
+                <w:t xml:space="preserve">Saoussen Oueslati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalie Barreau</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Vuillemenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Géry</w:t>
+                <w:t xml:space="preserve">Bogdan Iorga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 24 (10), pp.8568. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.1253160. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms24108568⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2023.1253160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04161494v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04204833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-Genome Sequencing of 11 High-Risk Clone ST111 Pseudomonas aeruginosa Isolates from French Hospitals</w:t>
+                <w:t xml:space="preserve">6-Polyaminosteroid Squalamine Analogues Display Antibacterial Activity against Resistant Pathogens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikkel Anbo</w:t>
+                <w:t xml:space="preserve">Delphine Vergoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana Antonova Tavares Chichkova</w:t>
+                <w:t xml:space="preserve">Flore Nilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yilmaz Emre Gençay</w:t>
+                <w:t xml:space="preserve">Florie Desriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex Salazar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Katy Jeannot</w:t>
+                <w:t xml:space="preserve">Magalie Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Géry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mra.00091-23⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (10), pp.8568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms24108568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04318326v1</w:t>
+                <w:t xml:space="preserve">hal-04161494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic characterization of an NDM-9-producing $Acinetobacter\ baumannii$ clinical isolate and role of Glu152Lys substitution in the enhanced cefiderocol hydrolysis of NDM-9</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cefiderocol activity is compromised by acquired extended-spectrum oxacillinases in Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saoussen Oueslati</w:t>
+                <w:t xml:space="preserve">Xavier Vuillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Vuillemenot</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Maëlle da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bogdan Iorga</w:t>
+                <w:t xml:space="preserve">Céline Landon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Plésiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14, pp.1253160. </w:t>
+              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 62 (3), pp.106917. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2023.1253160⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2023.106917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04204833v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04225762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cefiderocol activity is compromised by acquired extended-spectrum oxacillinases in Pseudomonas aeruginosa</w:t>
+                <w:t xml:space="preserve">French national epidemiology of bacterial superinfections in ventilator-associated pneumonia in patients infected with COVID-19: the COVAP study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Vuillemin</w:t>
+                <w:t xml:space="preserve">Maxime Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlle da Silva</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maxime Bour</w:t>
+                <w:t xml:space="preserve">Julie Cremniter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Landon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Plésiat</w:t>
+                <w:t xml:space="preserve">Christophe Burucoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentine Alauzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2023.106917⟩</w:t>
+              <w:t xml:space="preserve">Annals of Clinical Microbiology and Antimicrobials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 22 (1), pp.50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12941-023-00603-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04225762v1</w:t>
+                <w:t xml:space="preserve">hal-04636712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French national epidemiology of bacterial superinfections in ventilator-associated pneumonia in patients infected with COVID-19: the COVAP study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julie Cremniter</w:t>
+                <w:t xml:space="preserve">Performance of the Disc Diffusion Method, MTS Gradient Tests and Two Commercially Available Microdilution Tests for the Determination of Cefiderocol Susceptibility in Acinetobacter spp.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susie Gaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Triponney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Burucoa</w:t>
+                <w:t xml:space="preserve">Sylvain Portets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sahar Abdallah</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Corentine Alauzet</w:t>
+                <w:t xml:space="preserve">Valentin Pourchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Clinical Microbiology and Antimicrobials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12941-023-00603-0⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (8), pp.1971. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms11081971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04636712v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04225792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of the Disc Diffusion Method, MTS Gradient Tests and Two Commercially Available Microdilution Tests for the Determination of Cefiderocol Susceptibility in Acinetobacter spp.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pauline Triponney</w:t>
+                <w:t xml:space="preserve">Performance of discs, sensititre EUMDROXF microplates and MTS gradient strips for the determination of the susceptibility of multidrug-resistant Pseudomonas aeruginosa to cefiderocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Devoos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Portets</w:t>
+                <w:t xml:space="preserve">Adrien Biguenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Pourchet</w:t>
+                <w:t xml:space="preserve">Julie Rousselot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Plésiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11 (8), pp.1971. </w:t>
+              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (5), pp.652.e1-652.e8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/microorganisms11081971⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cmi.2022.12.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04225792v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04225818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic erosion and horizontal gene transfer shape functional differences of the ExlA toxin in Pseudomonas spp.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviana Job</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Gomez-Valero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3559,103 +3559,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of megaplasmids and chromosomal integration in acquisition of CTX-M-encoding genes by Pseudomonas aeruginosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Triponney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Racha Beyrouthy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plésiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 77 (11), pp.3194-3198. </w:t>
@@ -3693,103 +3693,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reassessment of the cooperativity between efflux system MexAB-OprM and cephalosporinase AmpC in the resistance of Pseudomonas aeruginosa to β-lactams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plésiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Tazrout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 76 (2), pp.536-539. </w:t>
@@ -3827,77 +3827,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of Colistin Resistance in Pseudomonas aeruginosa Using the MALDIxin Test on the Routine MALDI Biotyper Sirius Mass Spectrometer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katheryn Hagart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dortet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Kostrzewa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4108,77 +4108,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance of disc diffusion, MIC gradient tests and Vitek 2 for ceftolozane/tazobactam and ceftazidime/avibactam susceptibility testing of Pseudomonas aeruginosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Daragon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plésiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 76 (10), pp.2586-2592. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4212,103 +4212,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of Resistance to Ceftolozane/Tazobactam in Pseudomonas aeruginosa: Results of the GERPA Multicenter Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Carrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Grisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Triponney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 65 (2), </w:t>
@@ -4346,103 +4346,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of Resistance to Ceftolozane/Tazobactam in Pseudomonas aeruginosa: Results of the GERPA Multicenter Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Carrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Grisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Triponney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 65 (2), </w:t>
@@ -4519,64 +4519,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bolard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Noguès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plésiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 64 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4610,103 +4610,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of Resistance to Ceftolozane/Tazobactam in Pseudomonas aeruginosa : Results of the GERPA Multicenter Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Carrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Grisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Triponney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
@@ -4878,51 +4878,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The unusual structure of Ruminococcin C1 antimicrobial peptide confers clinical properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Roblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Chiumento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5051,64 +5051,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Comment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plésiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 22 (12), pp.5222-5231. </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5136,1082 +5136,1082 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03482928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel IncQ plasmid carrying gene bla CTX-M-3 in Pseudomonas aeruginosa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katy Jeannot</w:t>
+                <w:t xml:space="preserve">Production of Norspermidine Contributes to Aminoglycoside Resistance in pmrAB Mutants of Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bolard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Danassie</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Monika Schniederjans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Haüssler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Triponney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thomas Gueudet</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jac/dky454⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 63 (10), pp.e01044-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.01044-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03483121v1</w:t>
+                <w:t xml:space="preserve">hal-02438158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of Norspermidine Contributes to Aminoglycoside Resistance in pmrAB Mutants of Pseudomonas aeruginosa</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Novel Synthesis and Characterization of Doxycycline-Loaded Gold Nanoparticles: The Golden Doxycycline for Antibacterial Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susanne Haüssler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pauline Triponney</w:t>
+                <w:t xml:space="preserve">Maroua Ben Haddada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Valot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jolanda Spadavecchia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 63 (10), pp.e01044-19. </w:t>
+              <w:t xml:space="preserve">Particle &amp; Particle Systems Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36 (2), pp.1800395. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AAC.01044-19⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ppsc.201800395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02438158v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03483137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel IncQ plasmid carrying gene bla CTX-M-3 in Pseudomonas aeruginosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Danassie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Triponney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gueudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 74 (3), pp.823-825. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/jac/dky454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02064640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Synthesis and Characterization of Doxycycline-Loaded Gold Nanoparticles: The Golden Doxycycline for Antibacterial Applications</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Identification of Diverse Integron and Plasmid Structures Carrying a Novel Carbapenemase Among Pseudomonas Species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Liapis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Triponney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jové</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Ralph Zahar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Particle &amp; Particle Systems Characterization</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.00404⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ppsc.201800395⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03483137v1</w:t>
+                <w:t xml:space="preserve">hal-02438246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azetidine-Containing Alkaloids Produced by a Quorum-Sensing Regulated Nonribosomal Peptide Synthetase Pathway in Pseudomonas aeruginosa</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Editorial: Horizontal Gene Transfer Mediated Bacterial Antibiotic Resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dongchang Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yonghong Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201809981⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (12), pp.19168-19177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.01933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02096769v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03505272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Horizontal Gene Transfer Mediated Bacterial Antibiotic Resistance</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Azetidine-Containing Alkaloids Produced by a Quorum-Sensing Regulated Nonribosomal Peptide Synthetase Pathway in Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhilai Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bolard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Prevost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Genta-Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.01933⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (10), pp.3178-3182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201809981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03505272v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02096769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Diverse Integron and Plasmid Structures Carrying a Novel Carbapenemase Among Pseudomonas Species</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Acquisition of Class C β-Lactamase PAC-1 by Sequence Type 644 Strains of Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jové</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Ralph Zahar</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Pouzol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Miltgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 63 (12), pp.1469-1472. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.01375-19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.00404⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02438246v1</w:t>
+                <w:t xml:space="preserve">hal-04225913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acquisition of Class C β-Lactamase PAC-1 by Sequence Type 644 Strains of Pseudomonas aeruginosa</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">A novel IncQ plasmid carrying gene bla CTX-M-3 in Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Danassie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Triponney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Miltgen</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gueudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 74 (3), pp.823-825. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jac/dky454⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AAC.01375-19⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04225913v1</w:t>
+                <w:t xml:space="preserve">hal-03483121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drug susceptibility testing by dilution methods.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plesiat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6258,3138 +6258,3138 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Synthesis and Characterization of Doxycycline-Loaded Gold Nanoparticles: The Golden Doxycycline for Antibacterial Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maroua Ben Haddada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jolanda Spadavecchia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Particle &amp; Particle Systems Characterization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, 36 (2), pp.1800395. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ppsc.201800395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02353307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A case of multiple contamination with methylase ArmA-producing pathogens</w:t>
+                <w:t xml:space="preserve">Resistance of Animal Strains of Pseudomonas aeruginosa to Carbapenems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Janvier</w:t>
+                <w:t xml:space="preserve">Marisa Haenni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Otto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Jové</w:t>
+                <w:t xml:space="preserve">Pierre Châtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Mille</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Contargyris</w:t>
+                <w:t xml:space="preserve">Jean-Yves Madec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Plesiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jac/dkw418⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.1847. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01847⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01690698v1</w:t>
+                <w:t xml:space="preserve">hal-01685271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resistance to polymyxins in Gram-negative organisms</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Clinical features and prognostic factors of listeriosis: the MONALISA national prospective cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Perrodeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Cazenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Pilmis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2016.11.029⟩</w:t>
+              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (5), pp.510-519. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1473-3099(16)30521-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01687685v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04298677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical features and prognostic factors of listeriosis: the MONALISA national prospective cohort study</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Toxic Electrophiles Induce Expression of the Multidrug Efflux Pump MexEF-OprN in Pseudomonas aeruginosa through a Novel Transcriptional Regulator, CmrA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Pilmis</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Paulo Juarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Plesiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Llanes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1473-3099(16)30521-7⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 61 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.00585-17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04298677v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01685302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resistance of Animal Strains of Pseudomonas aeruginosa to Carbapenems</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">First Detection of GES-5 Carbapenemase-Producing Acinetobacter baumannii Isolate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Châtre</w:t>
+                <w:t xml:space="preserve">Mohamed Al-Agamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Madec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Plesiat</w:t>
+                <w:t xml:space="preserve">Taghrid El-Mahdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atef Shibl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wael Kattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01847⟩</w:t>
+              <w:t xml:space="preserve">Microbial Drug Resistance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (5), pp.556 - 562. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/mdr.2016.0152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01685271v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01689432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxic Electrophiles Induce Expression of the Multidrug Efflux Pump MexEF-OprN in Pseudomonas aeruginosa through a Novel Transcriptional Regulator, CmrA</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Mutations in gene fusA1 as a novel mechanism of aminoglycoside resistance in clinical strains of Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bolard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Plesiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Catherine Llanes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 61 (8), </w:t>
+              <w:t xml:space="preserve">, 2017, 145, pp.66 - 68. </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AAC.00585-17⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/AAC.01835-17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01685302v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01685252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Detection of GES-5 Carbapenemase-Producing Acinetobacter baumannii Isolate</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Resistance to polymyxins in Gram-negative organisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bolard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Plesiat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Drug Resistance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/mdr.2016.0152⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 49 (5), pp.526 - 535. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2016.11.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01689432v1</w:t>
+                <w:t xml:space="preserve">hal-01687685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutations in gene fusA1 as a novel mechanism of aminoglycoside resistance in clinical strains of Pseudomonas aeruginosa</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A case of multiple contamination with methylase ArmA-producing pathogens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Janvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Otto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jové</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Contargyris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 145, pp.66 - 68. </w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 72 (2), pp.618 - 620. </w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AAC.01835-17⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkw418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01685252v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotype and toxicity of the recently discovered exlA -positive Pseudomonas aeruginosa strains collected worldwide</w:t>
+                <w:t xml:space="preserve">Amino Acid Substitutions Account for Most MexS Alterations in Clinical nfxC Mutants of Pseudomonas aeruginosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Reboud</w:t>
+                <w:t xml:space="preserve">Charlotte Richardot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Juarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Elsen</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Katy Jeannot</w:t>
+                <w:t xml:space="preserve">Isabelle Patry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Plesiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.13262⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 60 (4), pp.2302 - 2310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.02622-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01687748v1</w:t>
+                <w:t xml:space="preserve">hal-01687774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amino Acid Substitutions Account for Most MexS Alterations in Clinical nfxC Mutants of Pseudomonas aeruginosa</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Diversity of Molecular Mechanisms Conferring Carbapenem Resistance to Pseudomonas aeruginosa Isolates from Saudi Arabia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Al-Agamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrick Plesiat</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taghrid S El-Mahdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan A Samaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atef Shibl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.02622-15⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Infectious Diseases and Medical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2016, pp.4379686. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2016/4379686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01687774v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01687716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of Molecular Mechanisms Conferring Carbapenem Resistance to Pseudomonas aeruginosa Isolates from Saudi Arabia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Phenotype and toxicity of the recently discovered exlA -positive Pseudomonas aeruginosa strains collected worldwide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Reboud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Elsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bouillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Golovkine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Atef Shibl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Infectious Diseases and Medical Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (10), pp.3425 - 3439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.13262⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2016/4379686⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01687716v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01687748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutations in β-Lactamase AmpC Increase Resistance of Pseudomonas aeruginosa Isolates to Antipseudomonal Cephalosporins</w:t>
+                <w:t xml:space="preserve">Type III Secretion System and Virulence Markers Highlight Similarities and Differences between Human- and Plant-Associated Pseudomonads Related to Pseudomonas fluorescens and P. putida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Berrazeg</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">K. Jeannot</w:t>
+                <w:t xml:space="preserve">Sylvie Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V.Y. Ntsogo Enguéné</w:t>
+                <w:t xml:space="preserve">Annabelle Mérieau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Broutin</w:t>
+                <w:t xml:space="preserve">Dorian Bergeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Loeffert</w:t>
+                <w:t xml:space="preserve">Victorien Decoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Sperandio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.00825-15⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 81 (7), pp.2579 - 2590. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.04160-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693067v1</w:t>
+                <w:t xml:space="preserve">hal-01689621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic and Biochemical Characterization of OXA-405, an OXA-48-Type Extended-Spectrum β-Lactamase without Significant Carbapenemase Activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saoussen Oueslati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Tandé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Naas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Nordmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 59 (7), pp.3823 - 3828. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AAC.05058-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01689515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Type III Secretion System and Virulence Markers Highlight Similarities and Differences between Human- and Plant-Associated Pseudomonads Related to Pseudomonas fluorescens and P. putida</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mutations in β-Lactamase AmpC Increase Resistance of Pseudomonas aeruginosa Isolates to Antipseudomonal Cephalosporins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annabelle Mérieau</w:t>
+                <w:t xml:space="preserve">M. Berrazeg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorian Bergeau</w:t>
+                <w:t xml:space="preserve">V.Y. Ntsogo Enguéné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victorien Decoin</w:t>
+                <w:t xml:space="preserve">I. Broutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Sperandio</w:t>
+                <w:t xml:space="preserve">S. Loeffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 81 (7), pp.2579 - 2590. </w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 59 (10), pp.6248 - 6255. </w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AEM.04160-14⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/AAC.00825-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01689621v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pseudomonas aeruginosa Genome Evolution in Patients and under the Hospital Environment.</w:t>
+                <w:t xml:space="preserve">New Amphiphilic Neamine Derivatives Active against Resistant Pseudomonas aeruginosa and Their Interactions with Lipopolysaccharides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Lucchetti-Miganeh</w:t>
+                <w:t xml:space="preserve">Guillaume Sautrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Redelberger</w:t>
+                <w:t xml:space="preserve">Louis Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Chambonnier</w:t>
+                <w:t xml:space="preserve">Magali Deleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Rechenmann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Elsen</w:t>
+                <w:t xml:space="preserve">Alicia Delbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiza Souza Machado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pathogens3020309⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 58 (8), pp.4420 - 4430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.02536-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01458212v1</w:t>
+                <w:t xml:space="preserve">hal-01696330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Amphiphilic Neamine Derivatives Active against Resistant Pseudomonas aeruginosa and Their Interactions with Lipopolysaccharides</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Antibiotic Resistance Determinants in a Pseudomonas putida Strain Isolated from a Hospital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Zimmermann</w:t>
+                <w:t xml:space="preserve">Lázaro Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Deleu</w:t>
+                <w:t xml:space="preserve">Zulema Udaondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia Delbar</w:t>
+                <w:t xml:space="preserve">Estrella Duque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luiza Souza Machado</w:t>
+                <w:t xml:space="preserve">Matilde Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Molina-Santiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.02536-13⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (1), pp.e81604. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0081604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01696330v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01688754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibiotic Resistance Determinants in a Pseudomonas putida Strain Isolated from a Hospital</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pseudomonas aeruginosa Genome Evolution in Patients and under the Hospital Environment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zulema Udaondo</w:t>
+                <w:t xml:space="preserve">Céline Lucchetti-Miganeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estrella Duque</w:t>
+                <w:t xml:space="preserve">David Redelberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matilde Fernández</w:t>
+                <w:t xml:space="preserve">Gaël Chambonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Molina-Santiago</w:t>
+                <w:t xml:space="preserve">François Rechenmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Elsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9 (1), pp.e81604. </w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3 (2), pp.309--40. </w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0081604⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/pathogens3020309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01688754v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01458212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Convenient Method To Screen for Carbapenemase-Producing Pseudomonas aeruginosa</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Clonal dissemination of Pseudomonas aeruginosa isolates producing extended-spectrum β-lactamase SHV-2a.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Garnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Katy Jeannot</w:t>
+                <w:t xml:space="preserve">Emeline Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Mille</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Cholley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Plésiat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 51 (11), pp.3846 - 3848. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JCM.01299-13⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 51 (2), pp.673-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JCM.02313-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01688773v1</w:t>
+                <w:t xml:space="preserve">hal-00802872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clonal dissemination of Pseudomonas aeruginosa isolates producing extended-spectrum β-lactamase SHV-2a.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Complexity of resistance mechanisms to imipenem in intensive care unit strains of Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Richardot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Müller</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marjorie Robert-Nicoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Llanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JCM.02313-12⟩</w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 68 (8), pp.1772 - 1780. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkt098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00802872v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01688805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexity of resistance mechanisms to imipenem in intensive care unit strains of Pseudomonas aeruginosa</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Richardot</w:t>
+                <w:t xml:space="preserve">Molecular Characterization of bla NDM-1 in a Sequence Type 235 Pseudomonas aeruginosa Isolate from France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Janvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Muller</w:t>
+                <w:t xml:space="preserve">Sophie Tesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Robert-Nicoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Robert-Nicoud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Llanes</w:t>
+                <w:t xml:space="preserve">Hervé Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 68 (8), pp.1772 - 1780. </w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 57 (7), pp.3408 - 3411. </w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jac/dkt098⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/AAC.02334-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01688805v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01688793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Characterization of bla NDM-1 in a Sequence Type 235 Pseudomonas aeruginosa Isolate from France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular epidemiology of carbapenem non-susceptible Acinetobacter baumannii in France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Janvier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Katy Jeannot</w:t>
+                <w:t xml:space="preserve">Laure Diancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Tesse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marjorie Robert-Nicoud</w:t>
+                <w:t xml:space="preserve">Sophie Vaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Delacour</w:t>
+                <w:t xml:space="preserve">Michelle Thouverez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandina Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.02334-12⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 9 (12), pp.e115452. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0115452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01688793v1</w:t>
+                <w:t xml:space="preserve">hal-01114942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular epidemiology of carbapenem non-susceptible Acinetobacter baumannii in France.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Outbreak of metallo- -lactamase VIM-2-positive strains of Pseudomonas aeruginosa in the Ivory Coast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Vaux</w:t>
+                <w:t xml:space="preserve">Nathalie Guessennd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michelle Thouverez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amandina Ribeiro</w:t>
+                <w:t xml:space="preserve">Valérie Gbonon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0115452⟩</w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 68 (12), pp.2952 - 2954. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkt296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01114942v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01688778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outbreak of metallo- -lactamase VIM-2-positive strains of Pseudomonas aeruginosa in the Ivory Coast</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katy Jeannot</w:t>
+                <w:t xml:space="preserve">Multiple Mutations Lead to MexXY-OprM-Dependent Aminoglycoside Resistance in Clinical Strains of Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Guessennd</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emeline Muller</w:t>
+                <w:t xml:space="preserve">Cédric Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Gbonon</w:t>
+                <w:t xml:space="preserve">Laura Monlezun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bénas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Broutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jac/dkt296⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 58 (1), pp.221 - 228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.01252-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01688778v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01688763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple Mutations Lead to MexXY-OprM-Dependent Aminoglycoside Resistance in Clinical Strains of Pseudomonas aeruginosa</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cédric Muller</w:t>
+                <w:t xml:space="preserve">A Convenient Method To Screen for Carbapenemase-Producing Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Monlezun</w:t>
+                <w:t xml:space="preserve">Pauline Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Bénas</w:t>
+                <w:t xml:space="preserve">Amélie Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Broutin</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 58 (1), pp.221 - 228. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 51 (11), pp.3846 - 3848. </w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AAC.01252-13⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JCM.01299-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01688763v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01688773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recurrent pyelonephritis due to NDM-1 metallo-beta-lactamase producing Pseudomonas aeruginosa in a patient returning from Serbia, France, 2012.</w:t>
               </w:r>
@@ -9500,103 +9500,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IMP-29, a novel IMP-type metallo-β-lactamase in Pseudomonas aeruginosa.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Poirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Robert-Nicoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Cholley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Nordmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 56 (4), pp.2187-90. </w:t>
@@ -9628,363 +9628,363 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00668254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spread of the bla(IMP-13) gene in French Pseudomonas aeruginosa through sequence types ST621, ST308 and ST111.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascal Cholley</w:t>
+                <w:t xml:space="preserve">Unique biofilm signature, drug susceptibility and decreased virulence in Drosophila through the Pseudomonas aeruginosa two-component system PprAB.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie de Bentzmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe S. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Calderon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Friederike Ewald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2012.08.006⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (11), pp.e1003052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1003052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00802874v1</w:t>
+                <w:t xml:space="preserve">inserm-00905018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unique biofilm signature, drug susceptibility and decreased virulence in Drosophila through the Pseudomonas aeruginosa two-component system PprAB.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Friederike Ewald</w:t>
+                <w:t xml:space="preserve">Spread of the bla(IMP-13) gene in French Pseudomonas aeruginosa through sequence types ST621, ST308 and ST111.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Robert-Nicoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Cholley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 40 (6), pp.571-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2012.08.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1003052⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00905018v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00802874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Two-Component Regulatory System Interconnects Resistance to Polymyxins, Aminoglycosides, Fluoroquinolones, and β-Lactams in Pseudomonas aeruginosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plesiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 55 (3), pp.1211 - 1221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10411,64 +10411,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistance and virulence of Pseudomonas aeruginosa clinical strains overproducing the MexCD-OprJ efflux pump.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Elsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thilo Köhler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10597,51 +10597,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micheline Roussel-Delvallez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 51 (10), pp.3531-6. </w:t>
@@ -10692,90 +10692,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cumulative effects of several nonenzymatic mechanisms on the resistance of Pseudomonas aeruginosa to aminoglycosides.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid El'Garch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Hocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Llanes-Barakat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plésiat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 51 (3), pp.1016-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10803,433 +10803,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00464783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Low-level resistance to fluoroquinolones conferred by efflux overproduction in Pseudomonas aeruginosa: clinical significance and routine detection].</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Induction of the MexXY Efflux Pump in Pseudomonas aeruginosa Is Dependent on Drug-Ribosome Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Dupont</w:t>
+                <w:t xml:space="preserve">Mara Sobel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bize</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">K. Jeannot</w:t>
+                <w:t xml:space="preserve">Farid El Garch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Chavanet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Keith Poole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Plesiat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathologie Biologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 53 (8-9), pp.495 - 499. </w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 187 (15), pp.5341 - 5346. </w:t>
             </w:r>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.patbio.2005.08.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JB.187.15.5341-5346.2005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01696209v1</w:t>
+                <w:t xml:space="preserve">hal-01696215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induction of the MexXY Efflux Pump in Pseudomonas aeruginosa Is Dependent on Drug-Ribosome Interaction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Bacteriostatic and bactericidal activities of eight fluoroquinolones against MexAB-OprM-overproducing clinical strains of Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Hocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mara Sobel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Keith Poole</w:t>
+                <w:t xml:space="preserve">Pascal Chavanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plesiat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JB.187.15.5341-5346.2005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 55 (4), pp.518 - 522. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jac/dki030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01696215v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01696246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacteriostatic and bactericidal activities of eight fluoroquinolones against MexAB-OprM-overproducing clinical strains of Pseudomonas aeruginosa</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId408" w:history="1">
+                <w:t xml:space="preserve">[Low-level resistance to fluoroquinolones conferred by efflux overproduction in Pseudomonas aeruginosa: clinical significance and routine detection].</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chavanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Plésiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pathologie Biologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 53 (8-9), pp.495 - 499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.patbio.2005.08.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jac/dki030⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01696246v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01696209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -11247,90 +11247,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carbonyl stress induces the efflux system MexEF-OprN in Pseudomonas aeruginosa via a novel transcriptional regulator, CmrA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Juarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plésiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Llanes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GORDON Research Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Galveston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11355,90 +11355,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multirésistance de Pseudomonas aeruginosa : une nouvelle voie d’induction CmrA-dépendante du système d’efflux MexEF-OprN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Juarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plésiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Llanes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème colloque français des Jeunes Chercheurs travaillant sur la Mucoviscidose</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11463,90 +11463,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet du nouvel activateur transcriptionnel CmrA sur la résistance et la virulence des souches de Pseudomonas aeruginosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Juarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Plésiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Llanes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème colloque français des Jeunes Chercheurs travaillant sur la Mucoviscidose</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11952,51 +11952,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="09293BCF"/>
+    <w:nsid w:val="CCC48019"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12100,51 +12100,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="4038CD9E"/>
+    <w:nsid w:val="92E76C0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12334,51 +12334,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/katy-jeannot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4634-8550" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/124332579" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05495603v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bleibtreu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bennis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dinh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dupont" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Friggeri" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40121-026-01301-y" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935159v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my A Bonnin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Jeannot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Santerre Henriksen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Quevedo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dortet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2024.09.031" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935151v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Amara" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barraud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cadenet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2024.12.037" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907628v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Goman" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Ize" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Payros" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.70032" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04966717v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Gavaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Holub" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Asquier-Khati" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Faure" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leautez-Nainville" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(24)00805-3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469900v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Oliver" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D Perry" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias W Pletz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.03836-23" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873210v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jean-Pierre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Sorlin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Chiron" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lavigne" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12941-024-00731-1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04874028v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Duran" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bouchand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexie Bosch" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics13121152" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874108v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Pantel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12941-024-00709-z" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469928v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Arena" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Attwood" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Canton" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#246;ren Gatermann" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.04181-23" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384072v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estrella Rojo-Molinero" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Arca-Suarez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye&#351;im Be&#351;li" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bogaerts" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2023.12.026" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732591v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Janet-Maitre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Job" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bour" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Robert-Genthon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Brugi&#232;re" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.02211-23" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668725v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Ghassani" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Triponney" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pl&#233;siat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.01298-23" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873136v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Marchandin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dubreuil" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Aubin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Caron" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anaerobe.2024.102910" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225818v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Devoos" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Biguenet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rousselot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2022.12.021" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225777v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fournier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loreen Gabriel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-023-04631-8" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998029v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Casanova" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Olleik" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Hdiouech" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Roblin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cavalier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics12010120" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04161494v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vergoz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Nilly" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Desriac" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Barreau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine G&#233;ry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24108568" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04318326v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel Anbo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Antonova Tavares Chichkova" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilmaz Emre Gen&#231;ay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Salazar" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.00091-23" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204833v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susie Gaillot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saoussen Oueslati" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Vuillemenot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Iorga" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1253160" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225762v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vuillemin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle da Silva" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Landon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2023.106917" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636712v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pichon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cremniter" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Burucoa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Abdallah" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentine Alauzet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12941-023-00603-0" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225792v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Portets" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pourchet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11081971" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725826v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gomez-Valero" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Renier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rusniok" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bouillot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2022.104596" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880013v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha Beyrouthy" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bonnet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkac302" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03504036v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Grosjean" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Tazrout" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkaa462" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03503853v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katheryn Hagart" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kostrzewa" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Filloux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.725383" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369690v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zeggay" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Anxionnat" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chirouze" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pl&#233;siat" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jeannot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idnow.2021.02.001" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225887v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Daragon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkab236" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225901v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Carri&#232;re" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Grisot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01117-20" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001419v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533667v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Puja" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bolard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nogu&#232;s" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02033-19" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028399v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064676v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morgat" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bouiller" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Vuillemenot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Puget" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marty-Quinternet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2020.10.017" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920462v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Chiumento" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bornet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Nouailler" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina S. M&#252;ller" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2302405120" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03482928v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Comment" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chassagne" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15200" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03483121v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Danassie" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gueudet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dky454" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438158v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Schniederjans" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Ha&#252;ssler" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Valot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01044-19" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064640v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03483137v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Ben Haddada" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanda Spadavecchia" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppsc.201800395" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-02096769v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhilai Hong" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Giraud" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Prevost" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Genta-Jouve" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201809981" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505272v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongchang Sun" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonghong Xiao" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Knapp" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01933" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438246v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Liapis" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jov&#233;" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ralph Zahar" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00404" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225913v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Pouzol" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Miltgen" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01375-19" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688749v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Plesiat" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-0473-0_6" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353307v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690698v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Janvier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Otto" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mille" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Contargyris" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkw418" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687685v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2016.11.029" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04298677v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Charlier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Perrodeau" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leclercq" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cazenave" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pilmis" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(16)30521-7" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685271v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Haenni" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ch&#226;tre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Madec" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01847" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685302v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Juarez" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Llanes" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00585-17" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689432v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Al-Agamy" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taghrid El-Mahdy" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Shibl" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Kattan" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/mdr.2016.0152" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685252v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01835-17" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687748v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Reboud" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Elsen" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bouillot" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Golovkine" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13262" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LPQHV5NW-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687774v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Richardot" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Patry" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02622-15" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687716v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taghrid S El-Mahdy" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan A Samaha" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/4379686" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693067v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berrazeg" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.Y. Ntsogo Engu&#233;n&#233;" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Broutin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Loeffert" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00825-15" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689515v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Tand&#233;" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Naas" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Nordmann" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.05058-14" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689621v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mazurier" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle M&#233;rieau" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Bergeau" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Decoin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sperandio" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.04160-14" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458212v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lucchetti-Miganeh" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Redelberger" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Chambonnier" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rechenmann" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens3020309" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696330v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sautrey" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Zimmermann" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Deleu" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Delbar" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiza Souza Machado" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02536-13" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688754v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;zaro Molina" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zulema Udaondo" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estrella Duque" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Molina-Santiago" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0081604" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688773v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Garnier" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mille" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Gomez" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.01299-13" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802872v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline M&#252;ller" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cholley" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.02313-12" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688805v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Muller" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Robert-Nicoud" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkt098" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688793v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Janvier" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tesse" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Delacour" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02334-12" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114942v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Diancourt" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vaux" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Thouverez" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandina Ribeiro" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0115452" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688778v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guessennd" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gbonon" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkt296" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688763v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gu&#233;nard" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Muller" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Monlezun" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;nas" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Broutin" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01252-13" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696341v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Flateau" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Janvier" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delacour" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Males" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ficko" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668254v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Poirel" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.05838-11" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802874v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2012.08.006" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9PW6FJ4P-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00905018v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie de Bentzmann" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe S. Bernard" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Calderon" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederike Ewald" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1003052" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695642v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01252-10" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465371v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy A Petti" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith E Simmon" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose M Miro" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hoen" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Marco" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.02405-07" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464779v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496242v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Elsen" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. K&#246;hler" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Attree" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. van Delden" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338491v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thilo K&#246;hler" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Attree" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian van Delden" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01107-07" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464781v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hocquet" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berthelot" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Roussel-Delvallez" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Favre" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00503-07" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464783v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid El'Garch" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Llanes-Barakat" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00704-06" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696209v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupont" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bize" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chavanet" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patbio.2005.08.005" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZH3V0Z14-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696215v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Sobel" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid El Garch" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Poole" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.15.5341-5346.2005" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696246v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dupont" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dki030" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526690v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527383v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527371v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454840v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Zurmely" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Lenuzza" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lafay" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fischer" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia H&#233;naff" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04609383v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. H&#233;ry-Arnaud" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vallet" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-E. Bougnoux" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cardot-Martin" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cassaing" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1569-1993(24)00533-2" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/katy-jeannot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4634-8550" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/124332579" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05495603v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bleibtreu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bennis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dinh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dupont" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Friggeri" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40121-026-01301-y" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935151v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Jeannot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dortet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Amara" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barraud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cadenet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2024.12.037" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907628v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Goman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Ize" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Payros" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.70032" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04966717v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Gavaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Holub" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Asquier-Khati" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Faure" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leautez-Nainville" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(24)00805-3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935159v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my A Bonnin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Santerre Henriksen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Quevedo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2024.09.031" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874108v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jean-Pierre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Sorlin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Pantel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Chiron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lavigne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12941-024-00709-z" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873210v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12941-024-00731-1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04874028v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Duran" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bouchand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexie Bosch" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics13121152" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469928v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Arena" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Attwood" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Canton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#246;ren Gatermann" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.04181-23" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384072v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Oliver" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estrella Rojo-Molinero" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Arca-Suarez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye&#351;im Be&#351;li" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bogaerts" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2023.12.026" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732591v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Janet-Maitre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Job" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bour" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Robert-Genthon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Brugi&#232;re" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.02211-23" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668725v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Ghassani" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Triponney" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pl&#233;siat" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.01298-23" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873136v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Marchandin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dubreuil" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Aubin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Caron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anaerobe.2024.102910" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469900v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D Perry" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias W Pletz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.03836-23" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225777v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fournier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loreen Gabriel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-023-04631-8" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998029v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Casanova" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Olleik" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Hdiouech" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Roblin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cavalier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics12010120" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04318326v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel Anbo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Antonova Tavares Chichkova" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilmaz Emre Gen&#231;ay" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Salazar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.00091-23" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204833v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susie Gaillot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saoussen Oueslati" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Vuillemenot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Iorga" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1253160" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04161494v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vergoz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Nilly" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Desriac" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Barreau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine G&#233;ry" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24108568" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225762v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vuillemin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle da Silva" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Landon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2023.106917" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636712v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pichon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cremniter" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Burucoa" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Abdallah" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentine Alauzet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12941-023-00603-0" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225792v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Portets" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pourchet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11081971" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225818v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Devoos" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Biguenet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rousselot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2022.12.021" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725826v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gomez-Valero" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Renier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rusniok" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bouillot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2022.104596" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880013v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha Beyrouthy" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bonnet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkac302" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03504036v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Grosjean" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Tazrout" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkaa462" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03503853v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katheryn Hagart" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kostrzewa" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Filloux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.725383" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369690v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zeggay" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Anxionnat" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chirouze" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pl&#233;siat" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jeannot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idnow.2021.02.001" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225887v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Daragon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkab236" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225901v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Carri&#232;re" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Grisot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01117-20" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001419v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533667v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Puja" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bolard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nogu&#232;s" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02033-19" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028399v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064676v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morgat" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bouiller" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Vuillemenot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Puget" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marty-Quinternet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2020.10.017" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920462v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Chiumento" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bornet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Nouailler" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina S. M&#252;ller" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2302405120" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03482928v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Comment" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chassagne" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15200" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438158v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Schniederjans" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Ha&#252;ssler" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Valot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01044-19" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03483137v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Ben Haddada" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanda Spadavecchia" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppsc.201800395" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064640v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Danassie" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gueudet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dky454" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438246v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Liapis" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jov&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ralph Zahar" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00404" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03505272v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongchang Sun" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonghong Xiao" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Knapp" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01933" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-02096769v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhilai Hong" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Giraud" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Prevost" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Genta-Jouve" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201809981" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04225913v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Pouzol" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Miltgen" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01375-19" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03483121v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688749v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Plesiat" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-0473-0_6" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353307v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685271v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Haenni" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ch&#226;tre" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Madec" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01847" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04298677v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Charlier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Perrodeau" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leclercq" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cazenave" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pilmis" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(16)30521-7" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685302v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Juarez" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Llanes" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00585-17" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689432v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Al-Agamy" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taghrid El-Mahdy" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Shibl" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Kattan" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/mdr.2016.0152" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685252v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01835-17" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687685v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2016.11.029" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690698v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Janvier" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Otto" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mille" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Contargyris" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkw418" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687774v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Richardot" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Patry" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02622-15" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687716v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taghrid S El-Mahdy" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan A Samaha" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/4379686" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687748v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Reboud" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Elsen" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bouillot" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Golovkine" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13262" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LPQHV5NW-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689621v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mazurier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle M&#233;rieau" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Bergeau" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Decoin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sperandio" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.04160-14" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689515v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Tand&#233;" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Naas" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Nordmann" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.05058-14" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693067v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berrazeg" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.Y. Ntsogo Engu&#233;n&#233;" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Broutin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Loeffert" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00825-15" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696330v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sautrey" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Zimmermann" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Deleu" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Delbar" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiza Souza Machado" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02536-13" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688754v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;zaro Molina" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zulema Udaondo" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estrella Duque" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Molina-Santiago" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0081604" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458212v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lucchetti-Miganeh" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Redelberger" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Chambonnier" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rechenmann" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens3020309" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802872v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline M&#252;ller" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cholley" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.02313-12" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688805v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Muller" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Robert-Nicoud" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkt098" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688793v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Janvier" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tesse" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Delacour" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02334-12" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114942v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Diancourt" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vaux" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Thouverez" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandina Ribeiro" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0115452" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688778v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guessennd" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gbonon" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkt296" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688763v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gu&#233;nard" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Muller" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Monlezun" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;nas" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Broutin" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01252-13" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688773v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Garnier" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mille" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Gomez" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.01299-13" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696341v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Flateau" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Janvier" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delacour" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Males" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ficko" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668254v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Poirel" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.05838-11" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00905018v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie de Bentzmann" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe S. Bernard" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Calderon" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederike Ewald" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1003052" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802874v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2012.08.006" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9PW6FJ4P-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695642v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01252-10" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465371v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy A Petti" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith E Simmon" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose M Miro" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hoen" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Marco" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.02405-07" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464779v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496242v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Elsen" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. K&#246;hler" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Attree" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. van Delden" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338491v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thilo K&#246;hler" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Attree" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian van Delden" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01107-07" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464781v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hocquet" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berthelot" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Roussel-Delvallez" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Favre" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00503-07" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464783v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid El'Garch" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Llanes-Barakat" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00704-06" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696215v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Sobel" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid El Garch" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Poole" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.15.5341-5346.2005" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696246v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dupont" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chavanet" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dki030" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696209v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupont" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bize" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patbio.2005.08.005" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZH3V0Z14-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526690v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527383v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527371v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454840v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Zurmely" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Lenuzza" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lafay" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fischer" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia H&#233;naff" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04609383v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. H&#233;ry-Arnaud" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vallet" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-E. Bougnoux" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cardot-Martin" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cassaing" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1569-1993(24)00533-2" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>