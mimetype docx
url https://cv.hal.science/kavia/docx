--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -214,51 +214,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -382,1808 +382,1808 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05524323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">More sustainability in Europe's vineyards – Using resistant grapevine varieties to reduce the input of pesticides</w:t>
+                <w:t xml:space="preserve">Sex chromosomes and chromosomal rearrangements contribute to behavioural sexual isolation in Jaera albifrons marine isopods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oliver Trapp</w:t>
+                <w:t xml:space="preserve">Ambre Ribardiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Claire Daguin-Thiebaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Coudret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le Corguille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Didier Merdinoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants, People, Planet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 7 (6), pp.1621-1628. </w:t>
+              <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ppp3.70038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/2025.01.08.631900v4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05313195v1</w:t>
+                <w:t xml:space="preserve">hal-05557629v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A divergent haplotype with a large deletion at the berry color locus causes a white-skinned phenotype in grapevine</w:t>
+                <w:t xml:space="preserve">Origin and evolutionary trajectories of brown algal sex chromosomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Sébastien Reynard</w:t>
+                <w:t xml:space="preserve">Josué Barrera-Redondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Brodard</w:t>
+                <w:t xml:space="preserve">Agnieszka Lipinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Roquis</w:t>
+                <w:t xml:space="preserve">Pengfei Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Droz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Komlan Avia</w:t>
+                <w:t xml:space="preserve">Erica Dinatale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Horticulture research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/hr/uhaf069⟩</w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41559-025-02838-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05070850v1</w:t>
+                <w:t xml:space="preserve">hal-05224288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discovery of a Locus Associated with Susceptibility to Esca in Grapevine</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Allele-based modeling to predict phenological stages of grapevine hybrids under future climatic conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilce Prado</w:t>
+                <w:t xml:space="preserve">Elsa Chedid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Avia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gisèle Butterlin</w:t>
+                <w:t xml:space="preserve">Didier Merdinoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Duchêne</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 109 (7), pp.1517-1525. </w:t>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 138 (6), pp.110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1094/PDIS-06-24-1258-RE⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00122-025-04891-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05310466v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05310272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin and evolutionary trajectories of brown algal sex chromosomes</w:t>
+                <w:t xml:space="preserve">Genetic and transcriptomic analysis of a Saccharina latissima segregating F2 family detects groups of individuals with different responses to temperature stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josué Barrera-Redondo</w:t>
+                <w:t xml:space="preserve">Zofia Nehr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnieszka Lipinska</w:t>
+                <w:t xml:space="preserve">Olivier Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pengfei Liu</w:t>
+                <w:t xml:space="preserve">Bertrand Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erica Dinatale</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Cossard</w:t>
+                <w:t xml:space="preserve">Stephane Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41559-025-02838-w⟩</w:t>
+              <w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 91, pp.104203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.algal.2025.104203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05224288v1</w:t>
+                <w:t xml:space="preserve">hal-05187351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allele-based modeling to predict phenological stages of grapevine hybrids under future climatic conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A divergent haplotype with a large deletion at the berry color locus causes a white-skinned phenotype in grapevine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sébastien Reynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Chedid</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Justine Brodard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Roquis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00122-025-04891-2⟩</w:t>
+              <w:t xml:space="preserve">Horticulture research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12 (6), pp.uhaf069. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/hr/uhaf069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05310272v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05070850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic and transcriptomic analysis of a Saccharina latissima segregating F2 family detects groups of individuals with different responses to temperature stress</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">More sustainability in Europe's vineyards – Using resistant grapevine varieties to reduce the input of pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Trapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Mauger</w:t>
+                <w:t xml:space="preserve">Clementine Borrelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Eibach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Merdinoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.algal.2025.104203⟩</w:t>
+              <w:t xml:space="preserve">Plants, People, Planet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (6), pp.1621-1628. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ppp3.70038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05187351v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05313195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary genomics of the emergence of brown algae as key components of coastal ecosystems</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Discovery of a Locus Associated with Susceptibility to Esca in Grapevine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Cruaud</w:t>
+                <w:t xml:space="preserve">Guillaume Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svenja Heesch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Zofia Nehr</w:t>
+                <w:t xml:space="preserve">Emilce Prado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisèle Butterlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cell.2024.10.049⟩</w:t>
+              <w:t xml:space="preserve">Plant Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 109 (7), pp.1517-1525. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PDIS-06-24-1258-RE⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04794231v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05310466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The complete reference genome for grapevine ( Vitis vinifera L.) genetics and breeding</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolutionary genomics of the emergence of brown algae as key components of coastal ecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shuo Cao</w:t>
+                <w:t xml:space="preserve">France Denoeud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xu Wang</w:t>
+                <w:t xml:space="preserve">Corinne Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siyang Huang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yue Wang</w:t>
+                <w:t xml:space="preserve">Svenja Heesch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zofia Nehr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Horticulture research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/hr/uhad061⟩</w:t>
+              <w:t xml:space="preserve">Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 187 (24), pp.6943-6965. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cell.2024.10.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04227673v2</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04794231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological and evolutionary drivers of phenotypic and genetic variation in the European crabapple [ Malus sylvestris (L.) Mill.], a wild relative of the cultivated apple</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Within and between population comparisons suggest independently acting selection maintaining parallel clines in Scots pine (Pinus sylvestris)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonja T Kujala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Avia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X Chen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Komlan Avia</w:t>
+                <w:t xml:space="preserve">Timo A Kumpula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Forler</w:t>
+                <w:t xml:space="preserve">Hannu Kärkkäinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Remoué</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A Venon</w:t>
+                <w:t xml:space="preserve">Juha Heikkinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/aob/mcad061⟩</w:t>
+              <w:t xml:space="preserve">Evolution Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (2), pp.231-242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/evlett/qrad054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04231877v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04232435v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Within and between population comparisons suggest independently acting selection maintaining parallel clines in Scots pine (Pinus sylvestris)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">LiDAR Is Effective in Characterizing Vine Growth and Detecting Associated Genetic Loci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Chedid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Avia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Ley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonja T Kujala</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Juha Heikkinen</w:t>
+                <w:t xml:space="preserve">Nicolas Reibel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolution Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/evlett/qrad054⟩</w:t>
+              <w:t xml:space="preserve">Plant Phenomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5, pp.0116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34133/plantphenomics.0116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04232435v2</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303950v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LiDAR Is Effective in Characterizing Vine Growth and Detecting Associated Genetic Loci</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Ecological and evolutionary drivers of phenotypic and genetic variation in the European crabapple [ Malus sylvestris (L.) Mill.], a wild relative of the cultivated apple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Dumas</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Forler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Remoué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Ley</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Reibel</w:t>
+                <w:t xml:space="preserve">A Venon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Phenomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.34133/plantphenomics.0116⟩</w:t>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 131 (6), pp.1025-1037. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcad061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303950v2</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04231877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taming the massive genome of Scots pine with PiSy50k, a new genotyping array for conifer research</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The complete reference genome for grapevine ( Vitis vinifera L.) genetics and breeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoya Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chedly Kastally</w:t>
+                <w:t xml:space="preserve">Shuo Cao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alina Niskanen</w:t>
+                <w:t xml:space="preserve">Xu Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annika Perry</w:t>
+                <w:t xml:space="preserve">Siyang Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonja Kujala</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Komlan Avia</w:t>
+                <w:t xml:space="preserve">Yue Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 109 (5), pp.1337-1350. </w:t>
+              <w:t xml:space="preserve">Horticulture research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (5), pp.uhad061. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/tpj.15628⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/hr/uhad061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03653247v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04227673v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of tools to rapidly identify cryptic species and characterize their genetic diversity in different European kelp species</w:t>
+                <w:t xml:space="preserve">Taming the massive genome of Scots pine with PiSy50k, a new genotyping array for conifer research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Mauger</w:t>
+                <w:t xml:space="preserve">Chedly Kastally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Fouqueau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Alina Niskanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annika Perry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonja Kujala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ester A Serrao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 33 (6), pp.4169 - 4186. </w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 109 (5), pp.1337-1350. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10811-021-02613-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/tpj.15628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03375921v1</w:t>
+                <w:t xml:space="preserve">hal-03653247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PeaMUST (Pea MultiStress Tolerance), a multidisciplinary French project uniting researchers, plant breeders, and the food industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Burstin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estefania Carillo-Perdomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2254,557 +2254,557 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03671280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">instaGRAAL: chromosome-level quality scaffolding of genomes using a proximity ligation-based scaffolder</w:t>
+                <w:t xml:space="preserve">Development of tools to rapidly identify cryptic species and characterize their genetic diversity in different European kelp species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lyam Baudry</w:t>
+                <w:t xml:space="preserve">Stéphane Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadège Guiglielmoni</w:t>
+                <w:t xml:space="preserve">Louise Fouqueau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Marie-Nelly</w:t>
+                <w:t xml:space="preserve">Lauric Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Cormier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Komlan Avia</w:t>
+                <w:t xml:space="preserve">Ester A Serrao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 21 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (6), pp.4169 - 4186. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13059-020-02041-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10811-021-02613-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02873422v1</w:t>
+                <w:t xml:space="preserve">hal-03375921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The genome of Ectocarpus subulatus – A highly stress-tolerant brown alga</w:t>
+                <w:t xml:space="preserve">instaGRAAL: chromosome-level quality scaffolding of genomes using a proximity ligation-based scaffolder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon M. Dittami</w:t>
+                <w:t xml:space="preserve">Lyam Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Corre</w:t>
+                <w:t xml:space="preserve">Nadège Guiglielmoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loraine Brillet-Guéguen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Agnieszka Lipinska</w:t>
+                <w:t xml:space="preserve">Hervé Marie-Nelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noé Pontoizeau</w:t>
+                <w:t xml:space="preserve">Alexandre Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 52, pp.100740. </w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (1), pp.148. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.margen.2020.100740⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13059-020-02041-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02866117v1</w:t>
+                <w:t xml:space="preserve">pasteur-02873422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convergent recruitment of TALE homeodomain life cycle regulators to direct sporophyte development in land plants and brown algae</w:t>
+                <w:t xml:space="preserve">The genome of Ectocarpus subulatus – A highly stress-tolerant brown alga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alok Arun</w:t>
+                <w:t xml:space="preserve">Simon M. Dittami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susana Coelho</w:t>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Akira F Peters</w:t>
+                <w:t xml:space="preserve">Loraine Brillet-Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Lipinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Bourdareau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Pérès</w:t>
+                <w:t xml:space="preserve">Noé Pontoizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.43101⟩</w:t>
+              <w:t xml:space="preserve">Marine Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 52, pp.100740. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.margen.2020.100740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02042404v1</w:t>
+                <w:t xml:space="preserve">hal-02866117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A key role for sex chromosomes in the regulation of parthenogenesis in the brown alga Ectocarpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Mignerot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Avia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Mignerot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Komlan Avia</w:t>
+                <w:t xml:space="preserve">Remy Luthringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Lipinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akira F Peters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 15 (6), pp.e1008211. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pgen.1008211⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02170844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
@@ -2822,51 +2822,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaana Vuosku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riina Muilu-Mäkelä</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marko Suokas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2924,606 +2924,606 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scots pine aminopropyltransferases shed new light on evolution of the polyamine biosynthesis pathway in seed plants</w:t>
+                <w:t xml:space="preserve">Convergent recruitment of TALE homeodomain life cycle regulators to direct sporophyte development in land plants and brown algae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Vuosku</w:t>
+                <w:t xml:space="preserve">Alok Arun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Karppinen</w:t>
+                <w:t xml:space="preserve">Susana Coelho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akira F Peters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Muilu-Makela</w:t>
+                <w:t xml:space="preserve">Simon Bourdareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Kusano</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. H. M. Sagor</w:t>
+                <w:t xml:space="preserve">Laurent Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/aob/mcy012⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.43101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01741986v1</w:t>
+                <w:t xml:space="preserve">hal-02042404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DISTAG/TBCCd1 Is Required for Basal Cell Fate Determination in Ectocarpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toshiki Uji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toshiki Uji</w:t>
+                <w:t xml:space="preserve">Chikako Nagasato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Lipinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Scornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 29 (12), pp.3102-3122. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1105/tpc.17.00440⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic Diversity in the UV Sex Chromosomes of the Brown Alga Ectocarpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka P Lipinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Mignerot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnieszka P Lipinska</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laure Mignerot</w:t>
+                <w:t xml:space="preserve">Alejandro Montecinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahwash Jamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 9 (6), pp.286. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/genes9060286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High rate of adaptive evolution in two widespread European pines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scots pine aminopropyltransferases shed new light on evolution of the polyamine biosynthesis pathway in seed plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vuosku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Grivet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Komlan Avia</w:t>
+                <w:t xml:space="preserve">K. Karppinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksia Vaattovaara</w:t>
+                <w:t xml:space="preserve">R. Muilu-Makela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew J Eckert</w:t>
+                <w:t xml:space="preserve">T. Kusano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Neale</w:t>
+                <w:t xml:space="preserve">G. H. M. Sagor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 26 (24), pp.6857-6870. </w:t>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 121 (6), pp.1243-1256. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.14402⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcy012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01741975v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01741986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Re-annotation, improved large-scale assembly and establishment of a catalogue of noncoding loci for the genome of the model brown alga Ectocarpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lieven Sterck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3594,8191 +3594,8451 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-density genetic map and identification of QTLs for responses to temperature and salinity stresses in the model brown alga Ectocarpus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">High rate of adaptive evolution in two widespread European pines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Grivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiona Lerck</w:t>
+                <w:t xml:space="preserve">Aleksia Vaattovaara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew J Eckert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Neale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep43241⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 26 (24), pp.6857-6870. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.14402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03145860v1</w:t>
+                <w:t xml:space="preserve">hal-01741975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of FLOWERING LOCUS T/TERMINAL FLOWER 1- like gene FTL2 expression with growth rhythm in Scots pine ( Pinus sylvestris )</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">High-density genetic map and identification of QTLs for responses to temperature and salinity stresses in the model brown alga Ectocarpus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ulf Lagercrantz</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outi Savolainen</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gabriel J Montecinos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Lerck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.12901⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.43241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep43241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03145820v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03145860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An initial assessment of linkage disequilibrium (LD) in coffee trees: LD patterns in groups of Coffea canephora Pierre using microsatellite analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Cubry</w:t>
+                <w:t xml:space="preserve">Association of FLOWERING LOCUS T/TERMINAL FLOWER 1- like gene FTL2 expression with growth rhythm in Scots pine ( Pinus sylvestris )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien de Bellis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Komlan Avia</w:t>
+                <w:t xml:space="preserve">Katri Kärkkäinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Bouchet</w:t>
+                <w:t xml:space="preserve">Ulf Lagercrantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Pot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Outi Savolainen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 14, 15 p. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 204 (1), pp.159-170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-14-10⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.12901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02643249v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03145820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic variability and QTL mapping of freezing tolerance and related traits in [i]Medicago truncatula[/i]</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">An initial assessment of linkage disequilibrium (LD) in coffee trees: LD patterns in groups of Coffea canephora Pierre using microsatellite analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien de Bellis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Baranger</w:t>
+                <w:t xml:space="preserve">Sophie Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Delbreil</w:t>
+                <w:t xml:space="preserve">David Pot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 126 (9), pp.2353-2366. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 14, 15 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00122-013-2140-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-14-10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01208635v1</w:t>
+                <w:t xml:space="preserve">hal-02643249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive potential of northernmost tree populations to climate change, with emphasis on Scots pine (Pinus sylvestris L.)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Outi Savolainen</w:t>
+                <w:t xml:space="preserve">Genetic variability and QTL mapping of freezing tolerance and related traits in [i]Medicago truncatula[/i]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Avia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Pilet-Nayel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonja T. Kujala</w:t>
+                <w:t xml:space="preserve">Nasser Bahrman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherina Sokol</w:t>
+                <w:t xml:space="preserve">Alain Baranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanja Pyhajarvi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Komlan Avia</w:t>
+                <w:t xml:space="preserve">Bruno Delbreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Heredity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 102 (5), pp.526-536. </w:t>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 126 (9), pp.2353-2366. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jhered/esr056⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00122-013-2140-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02437590v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01208635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of sugar content QTL and PQL with physiological traits relevant to frost damage resistance in pea under field and controlled conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Estelle Dumont</w:t>
+                <w:t xml:space="preserve">Adaptive potential of northernmost tree populations to climate change, with emphasis on Scots pine (Pinus sylvestris L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Outi Savolainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Fontaine</w:t>
+                <w:t xml:space="preserve">Sonja T. Kujala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Vuylsteker</w:t>
+                <w:t xml:space="preserve">Catherina Sokol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Sellier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Bodele</w:t>
+                <w:t xml:space="preserve">Tanja Pyhajarvi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00122-009-1004-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of Heredity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 102 (5), pp.526-536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jhered/esr056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...171 lines deleted...]
-                <w:t xml:space="preserve">hal-05284865v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02437590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breeding for durable resistance in crops: defeated loci may act as Trojan horses compromising the effectiveness of major resistance genes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Erik Griem</w:t>
+                <w:t xml:space="preserve">Association of sugar content QTL and PQL with physiological traits relevant to frost damage resistance in pea under field and controlled conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vuylsteker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Sellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bodele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...1202 lines deleted...]
-                <w:t xml:space="preserve">hal-01925062v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 118 (8), pp.1561-1571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00122-009-1004-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (31)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GrapeBreed4IPM: A Horizon Europe project for sustainable viticulture through multi-actor breeding and innovation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dressler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludger Hausmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Di Gaspero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46th world congress of vine and wine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, OIV, Jun 2025, Chisinau, Moldova. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58233/4Lx9soLc⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05143708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards More Resilient and Eco-Friendly Viticulture: Breeding, Adoption and Impact of Disease-Resistant Grapevine Varieties (PIWIs)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">65th International DWV Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, Mainz, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05413786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to deal with the Green Deal – Resistant grapevine varieties to reduce the use of pesticides in the EU</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">The French grapevine breeding program ResDur: state of the art and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Onimus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd GIESCO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Ithaca (Cornell University), United States</w:t>
+              <w:t xml:space="preserve">22nd GiESCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cornell University, Jul 2023, Ithaca (Cornell University), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04231667v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04231604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The French grapevine breeding program ResDur: state of the art and perspectives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">How to deal with the Green Deal – Resistant grapevine varieties to reduce the use of pesticides in the EU</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Trapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Eibach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinhard Töpfer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd GiESCO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cornell University, Jul 2023, Ithaca (Cornell University), United States</w:t>
+              <w:t xml:space="preserve">22nd GIESCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Ithaca (Cornell University), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04231604v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04231667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic variability of grapevine vegetative development parameters as described with LiDAR data and associated quantitative trait loci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Chedid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Reibel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. International Symposium on Grapevine Breeding and Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institute for Grapevine Breeding Geilweilerhof, Jul 2022, Landau in der Pfalz, Germany. pp.108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04231650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of genomic prediction across populations in grapevine (Vitis vinifera L.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Onimus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIII. International Symposium on Grapevine Breeding and Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institute for Grapevine Breeding Geilweilerhof, Jul 2022, Landau in der Pfalz, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04231632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic variability of grapevine pruning wood parameters as described with LiDAR data and associated quantitative trait loci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Chedid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Reibel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XI International Symposium on grapevine physiology and biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for Horticultural Science, Oct 2021, Stellenbosch, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03555296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taking cool-season grain legume breeding to the next level: the key role of the pea genome sequence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadim Tayeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Kreplak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estefania Carrillo Perdomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAG XXVIII, Plant and Animal Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Dan Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02912267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel impact de la génomique végétale sur l’innovation variétale : l’exemple du projet PeaMUST. Le génome du pois: vers de nouvelles strategies de sélection.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Burstin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadim Tayeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klein, Anthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Pilet-Nayel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séance de Académie d’agriculture de France "Innovation en agriculture – réflexion sur le progrès"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Virtuel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03177674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond the sequencing of the pea genome: opportunities for genomics-based breeding and translational approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadim Tayeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Kreplak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estefania Carrillo Perdomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAG XXVIII, Plant and Animal Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02912264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative genetics and selective breeding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International School in Marine Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Daniel Jouvance; Sorbonne University; University of Namibia, Jan 2020, Henties Bay, Namibia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04662626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GENetic diversity exploitation of Saccharina latissima for Innovative macro-ALGal biorefinery in Europe</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Genetic Tools For The Development Of Improved Cultivars Of Saccharina latissima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zofia Nehr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Gouhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd International Seaweed Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2019, Jeju, South Korea</w:t>
+              <w:t xml:space="preserve">, Apr 2019, Jeju, North Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02947585v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02947582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic diversity in the UV sex chromosomes of the brown alga Ectocarpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka P. Lipinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Mignerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel J Montecinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDRI Diversity, Evolution and Biotechnology of Marine algae workshop "Sex and reproduction in marine algae"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2019, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic Tools For The Development Of Improved Cultivars Of Saccharina latissima</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">The pea genome and beyond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Burstin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Émilie Gouhier</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadim Tayeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregoire Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Seaweed Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Jeju, North Korea</w:t>
+              <w:t xml:space="preserve">ILS3 2019, Third International Legume Society Conference. Legumes for human and planet health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Poznan, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02947582v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The pea genome and beyond</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">GENetic diversity exploitation of Saccharina latissima for Innovative macro-ALGal biorefinery in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zofia Nehr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Ruggeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gregoire Aubert</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILS3 2019, Third International Legume Society Conference. Legumes for human and planet health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Poznan, Poland</w:t>
+              <w:t xml:space="preserve">23rd International Seaweed Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Jeju, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734878v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02947585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative genetics in seaweed cultivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">École internationale d'été Daniel Jouvance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Nicosie, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UV sex chromosome evolution in seaweeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka P. Lipinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Toda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svenja Heesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Mignerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Population Genetics Group meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic mapping and QTL detection in Ectocarpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Seaweed course: Addressing Key Issues of Seaweed Aquaculture, Policy-Regulation, Molecular Breeding, Disease Monitoring</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Oban, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model species in brown algae: a reappraisal of Ectocarpus species diversity using both classical and massive sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro E Montecinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Couceiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akira F Peters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 11th International Phycological Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, SZCZECIN, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">European perspectives of regulation for seaweed breeding and seedling production in a genomics era</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Potin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Valero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 11th International Phycological Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The International Phycological Society., Aug 2017, Szczecin, Poland. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2216/0031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic mapping and QTL detection in the model brown alga Ectocarpus sp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultivation, breeding and domestication of seaweeds - Chile and France experience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Puerto Varas, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL mapping in the model brown alga Ectocarpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana M. Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel J Montecinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Lerck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th annual meeting EFOR network, session " Genomic, evolution and adaptation"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL mapping of stress related traits in &amp;lt;em&amp;gt;Ectocarpus&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana M. Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel J Montecinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Lerck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th annual meeting of the GDR MarCo « Marine Connectivity »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL mapping of stress related traits in the model brown alga Ectocarpus sp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana M. Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel J Montecinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Lerck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées phycologiques de la société phycologique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Vannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire de la sélection variétale, un pilier pour l’innovation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum annuel du projet IDEALG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic diversity in forest trees: Examining local adaptation along a latitudinal cline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outi Savolainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timo Knürr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Kujala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katri Kärkkäinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIPCA Molecular Ecology meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2012, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local adapatation, genetics of cline, and response to climate change</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
+                <w:t xml:space="preserve">Genetic changes accompanying colonization and adaptation in northern plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outi Savolainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esa Aalto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Païvi Leinonen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuomas Toivainen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Invited Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2010, Avignon, France</w:t>
+              <w:t xml:space="preserve">Evolutionary and ecological genomics of adaptation. Conférence Universitaire de Suisse Occidentale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Fribourg, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02947550v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02947612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic changes accompanying colonization and adaptation in northern plants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
+                <w:t xml:space="preserve">Scots pine at the northern margin – adapting?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outi Savolainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timo Knürr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonja Kujala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanja Pyhajarvi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolutionary and ecological genomics of adaptation. Conférence Universitaire de Suisse Occidentale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Fribourg, Switzerland</w:t>
+              <w:t xml:space="preserve">Forest Genetics EU Trans Action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Saariselkä, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02947612v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02947615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scots pine at the northern margin – adapting?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
+                <w:t xml:space="preserve">Local adapatation, genetics of cline, and response to climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outi Savolainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timo Knürr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonja Kujala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Tanja Pyhajarvi</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katri Kärkkäinen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Genetics EU Trans Action</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2010, Saariselkä, Finland</w:t>
+              <w:t xml:space="preserve">INRA Invited Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02947615v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02947550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local adaptation, genetics of clines, and climate change and forest trees populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outi Savolainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Kujala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Pyhajarvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timo Knürr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Opportunities, challenges and limitations of genomics-based technologies in forest tree breeding and forest genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Fribourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cold acclimation in Medicago truncatula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Niarquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Sellier-Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nasser Bahrman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lejeune-Hénaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRC: Temperature Stress in Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2007, Ventura, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Uncovering the genetic basis of agronomic traits in over 1,000 grapevine genotypes derived from a disease resistance breeding program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Borrelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilce Prado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Onimus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05310277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative assessment of genomic, phenomic, and metabolomic prediction models in biparental grapevine breeding populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Borrelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Chepca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Calcaterra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Chedid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05428154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gene flow from the European wild apple and selection shaped the domesticated apple ( Malus domestica Borkh.) genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xilong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Dadole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Avia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Venon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05310280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Breeding for durable resistance in crops: defeated loci may act as Trojan horses compromising the effectiveness of major resistance genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tyrone Possamai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Wiedemann-Merdinoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Céline Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Annick Dorne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Griem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05279598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of the introgression of resistance loci on agro-œnological traits in grapevine interspecific hybrids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Chedid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rustenholz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Avia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Merdinoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05284865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Origin and evolutionary trajectories of brown algal sex chromosomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josué Barrera-Redondo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Lipinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pengfei Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica Dinatale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04453200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecological and evolutionary drivers of phenotypic and genetic variation in the European crabapple ( Malus sylvestris (L.) Mill.), a wild relative of the cultivated apple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Avia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Forler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Remoué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Venon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03653225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taming the massive genome of Scots pine with PiSy50k, a new genotyping array for conifer research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chedly Kastally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alina Niskanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annika Perry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonja Kujala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Avia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03335067v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The genome of Ectocarpus subulatus -a highly stress-tolerant brown alga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon M. Dittami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loraine Brillet-Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Lipinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méziane Aite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02333021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chromosome-level quality scaffolding of brown algal genomes using InstaGRAAL, a proximity ligation-based scaffolder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyam Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Marbouty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Marie-Nelly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Guiglielmoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02947625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Convergent recruitment of life cycle regulators to direct sporophyte development in two eukaryotic supergroups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alok Arun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Coelho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akira F Peters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bourdareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Peres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01925062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Construction of individuals ddRADseq libraries for macro-algae (Kelp) V.3 v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (typdoc.RESPROT)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04684813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biobanking of novel S. latissima strains with characters of interest for biomass production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Ruggeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Jaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Dhinaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaromir Guzinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">GENIALG Deliverable D2.2, Station Biologique de Roscoff. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application of QTL and GWAS approaches in Saccharina latissima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zofia Nehr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Ruggeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Komlan Avia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Jaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Mathilde Perrineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Deliverable D2.3, Station Biologique de Roscoff. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the oenological potential of new resistant varieties meeting typical Bordeaux characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Thibon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soizic Lacampagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lafargue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Vanbradant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Arsens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">oeno macrowine 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04345671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of natural and artificial selection on seedling traits in Scots pine (Pinus sylvestris)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja T. Kujala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timo Kumpula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haleh Hayatgheibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tino Knurr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics to the rescue: Managing forests sustainably in a changing world</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Avignon, France. , 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-density genotyping of pea and faba bean diversity panels using exome capture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Leveugle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Duborjal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadim N. Tayeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Kreplak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Legume Genetics and Genomics (ICLGG 2019), Let's harness the potential of legumes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Dijon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02927852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A key role for UV sex chromosomes in the regulation of parthenogenesis in the brown alga Ectocarpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Mignerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Luthringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka P. Lipinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akira F Peters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDRI Diversity, Evolution and Biotechnology of Marine algae workshop "Sex and reproduction in marine algae"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2019, Roscoff, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of natural and artificial selection on seedling traits in Scots pine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Kujala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timo Kumpula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haleh Hayatgheibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timo Knürr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 2019 Congress of the European Society for Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Turku, Finland. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Pea genome and after …</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Burstin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadim Tayeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Legume Genetics and Genomics (ICLGG 2019), Let's harness the potential of legumes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Dijon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02927888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complementary approaches towards the discovery of genes controlling yield in pea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadim Tayeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Herbommez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Declerck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Legume Genetics and Genomics (ICLGG 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Dijon, France. , 2019, Let's harness the potential of legumes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02928007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Pea genome and after...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Burstin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadim Tayeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Legume Genetics and Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Dijon, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of brown alga mutants indicates deep evolutionary origins of life cycle regulatory pathways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Mark Cock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alok Arun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka P. Lipinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Scornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jacques Monod conference "Sex uncovered: the evolutionary biology of reproductive systems"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Roscoff, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic and cellular characterization of parthenogenesis in the brown alga Ectocarpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Mignerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Luthringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka P. Lipinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Mark Cock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jacques Monod conference "Sex uncovered: the evolutionary biology of reproductive systems"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Roscoff, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the developpement of improved cultivars of Saccharina latissima for large-scale cultivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zofia Nehr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ousseini Issaka-Salia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tjarno International Seaweed Conference 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Tjarno, Sweden. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying temperature and salinity stresses in the model brown alga Ectocarpus sp. by QTL mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana M. Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Lercker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Conference on Quantitative Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Madison, United States. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL mapping of stress related traits in the model brown alga Ectocarpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Lerck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana M. Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Boudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Congress of the European Society for Evolutionary Biology (ESEB 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Lausanne, Switzerland. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of expression patterns of candidate genes for bud set and cold tolerance in scots pine (Pinus sylvestris l.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katri Kärkkäinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outi Savolainen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUFRO Tree Biotechnology Conference 2011: From Genomes to Integration and Delivery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Arraial d'Ajuda, Brazil. , BMC Proceedings, 2011, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1753-6561-5-S7-P3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association mapping of local adaptation traits of Scots pine in a European wide population sample</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timo Knürr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Kujala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikko J Sillanpää</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksia Vaattovaara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUFRO Tree Biotechnology Conference 2011: From Genomes to Integration and Delivery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Arraial d'Ajuda, Brazil. BMC Proceedings, 2011, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1753-6561-5-S7-P38⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression of genes for cold tolerance and bud set in Scots pine (Pinus sylvestris L.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katri Kärkkäinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outi Savolainen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EVOLTREE: Forest ecosystem genomics and adaptation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Madrid, Spain. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differentially affected metabolic pathways during cold acclimation in Medicago truncatula Gaertn., using transcriptome approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Lucau-Danila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nasser Bahrman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Frugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVI Congress of the Federation of European Societies of Plant Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Tampere, Finland. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cold acclimation in Medicago truncatula: first results of QTLs mapping towards candidate genes that control this phenomenon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Niarquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Sellier-Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nasser Bahrman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lejeune-Hénaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Plant Cold Hardiness Seminar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Saskatoon, Canada. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11788,139 +12048,139 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unravelling the determinants of freezing tolerance in Medicago truncatula: a first step towards improving the response of crop legumes to freezing stress using translational genomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadim Tayeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lejeune-Henaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno B. Delbreil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wiley, 1, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119409144.ch106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02929484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11930,232 +12190,232 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unravelling the determinants of freezing tolerance in Medicago truncatula: a first step towards improving the response of crop legumes to freezing stress using translational genomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadim Tayeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lejeune-Hénaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno B. Delbreil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Model Legume Medicago truncatula</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, de Bruijn, Frans J., Wiley-Blackwell, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acclimation of Medicago truncatula to cold stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lejeune-Henaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medicago truncatula Handbook, Biology of Medicago truncatula</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathesius U, Journet EP, Sumner LW</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 0-9754303-1-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02437580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12165,114 +12425,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colocalisation de gènes candidats positionnels avec des QTL de la tolérance au gel chez Medicago truncatula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komlan Avia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Technologie de Compiègne (UTC), FRA, 2008. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02947477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId348"/>
+      <w:footerReference w:type="default" r:id="rId356"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12340,51 +12600,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5CD7F59D"/>
+    <w:nsid w:val="BF037166"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12571,51 +12831,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/kavia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6212-6774" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/E-6850-2015" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524323v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyrone Possamai" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Wiedemann-Merdinoglu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;line Lacombe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Annick Dorne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Griem" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2026.114800" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05313195v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Trapp" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlan Avia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Borrelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Eibach" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merdinoglu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppp3.70038" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070850v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Reynard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Brodard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roquis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Droz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhaf069" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310466v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Arnold" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilce Prado" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Butterlin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duch&#234;ne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-06-24-1258-RE" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05224288v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Barrera-Redondo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Lipinska" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengfei Liu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Dinatale" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cossard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-025-02838-w" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310272v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Chedid" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-025-04891-2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05187351v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zofia Nehr" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godfroy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Jacquemin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mauger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2025.104203" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794231v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Denoeud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja Heesch" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2024.10.049" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227673v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoya Shi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Cao" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Wang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyang Huang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Wang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhad061" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231877v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Chen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Forler" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Remou&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Venon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcad061" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232435v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja T Kujala" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo A Kumpula" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannu K&#228;rkk&#228;inen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juha Heikkinen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evlett/qrad054" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303950v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ley" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Reibel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34133/plantphenomics.0116" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03653247v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chedly Kastally" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Niskanen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Perry" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Kujala" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15628" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03375921v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mauger" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Fouqueau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Reynes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester A Serrao" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-021-02613-x" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03671280v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Burstin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Carillo-Perdomo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lecomte" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Beji" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/leg3.108" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02873422v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyam Baudry" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Guiglielmoni" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Marie-Nelly" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cormier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-020-02041-z" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02866117v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon M. Dittami" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Corre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loraine Brillet-Gu&#233;guen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Pontoizeau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margen.2020.100740" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02042404v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alok Arun" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Coelho" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira F Peters" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bourdareau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.43101" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02170844v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mignerot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Luthringer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1008211" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947639v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaana Vuosku" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riina Muilu-M&#228;kel&#228;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Suokas" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Kestil&#228;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.01600" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01741986v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vuosku" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Karppinen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Muilu-Makela" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kusano" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. H. M. Sagor" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcy012" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145763v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiki Uji" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chikako Nagasato" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Scornet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.17.00440" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145778v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka P Lipinska" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Montecinos" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahwash Jamy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes9060286" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01741975v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grivet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksia Vaattovaara" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Eckert" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Neale" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14402" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145812v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven Sterck" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Derrien" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Wucher" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14321" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145860v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel J Montecinos" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Lerck" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43241" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145820v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katri K&#228;rkk&#228;inen" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Lagercrantz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Outi Savolainen" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12901" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643249v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cubry" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien de Bellis" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouchet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-10" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208635v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Pilet-Nayel" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Bahrman" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Delbreil" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-013-2140-7" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VJPDM9L4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437590v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja T. Kujala" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherina Sokol" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Pyhajarvi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jhered/esr056" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427669v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dumont" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fontaine" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vuylsteker" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sellier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bodele" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-009-1004-7" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PC67N9JQ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05284865v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chedid" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rustenholz" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Avia" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dumas" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Merdinoglu" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279598v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310277v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Borrelli" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Onimus" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428154v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Delannoy" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Chepca" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Calcaterra" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310280v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xilong Chen" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Dadole" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Venon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Brisson" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04923366v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Ribardiere" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Daguin-Thiebaut" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Coudret" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguille" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453200v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03653225v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chen" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Forler" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Remou&#233;" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Venon" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03335067v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02333021v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ziane Aite" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947625v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Marbouty" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925062v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peres" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05143708v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dressler" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludger Hausmann" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Di Gaspero" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Laurent" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/4Lx9soLc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05413786v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231667v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard T&#246;pfer" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231604v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schneider" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231650v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231632v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent. Dumas" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03555296v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912267v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Tayeh" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Kreplak" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Klein" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Carrillo Perdomo" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03177674v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klein, Anthony" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912264v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04662626v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947585v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Potin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ruggeri" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947586v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka P. Lipinska" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jamy" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947582v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Gouhier" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734878v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Aubert" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947627v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947589v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Toda" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947619v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947600v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Guillemin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro E Montecinos" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Couceiro" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947488v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Potin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cock" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valero" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jacquemin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2216/0031" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947622v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947618v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana M. Coelho" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947466v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947470v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947472v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947613v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Kn&#252;rr" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947550v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947612v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esa Aalto" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pa&#239;vi Leinonen" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuomas Toivainen" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947615v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947551v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947571v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Niarquin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sellier-Richard" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lejeune-H&#233;naut" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684813v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04345671v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Thibon" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Lacampagne" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lafargue" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Vanbradant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Arsens" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947624v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Kumpula" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haleh Hayatgheibi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tino Knurr" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927852v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Leveugle" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Duborjal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim N. Tayeh" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947591v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Luthringer" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947469v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927888v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928007v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Herbommez" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Declerck" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947580v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947597v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mark Cock" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947598v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947594v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousseini Issaka-Salia" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947471v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Lercker" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947467v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudry" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947464v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1753-6561-5-S7-P3" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947463v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikko J Sillanp&#228;&#228;" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1753-6561-5-S7-P38" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947461v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947458v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Lucau-Danila" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Frugier" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Crespi" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947574v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929484v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lejeune-Henaut" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Delbreil" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119409144.ch106" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947631v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437580v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.noble.org/medicago-handbook/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02947477v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/kavia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6212-6774" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/E-6850-2015" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524323v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyrone Possamai" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Wiedemann-Merdinoglu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;line Lacombe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Annick Dorne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Griem" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2026.114800" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557629v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Ribardiere" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Daguin-Thiebaut" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Coudret" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguille" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlan Avia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.01.08.631900v4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05224288v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Barrera-Redondo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Lipinska" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengfei Liu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Dinatale" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cossard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-025-02838-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310272v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Chedid" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merdinoglu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duch&#234;ne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-025-04891-2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05187351v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zofia Nehr" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godfroy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Jacquemin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mauger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2025.104203" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070850v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Reynard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Brodard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roquis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Droz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhaf069" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05313195v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Trapp" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Borrelli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Eibach" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppp3.70038" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310466v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Arnold" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilce Prado" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Butterlin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-06-24-1258-RE" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794231v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Denoeud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja Heesch" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2024.10.049" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232435v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja T Kujala" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo A Kumpula" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannu K&#228;rkk&#228;inen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juha Heikkinen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evlett/qrad054" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303950v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ley" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Reibel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34133/plantphenomics.0116" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231877v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Chen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Forler" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Remou&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Venon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcad061" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227673v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoya Shi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Cao" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Wang" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyang Huang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Wang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhad061" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03653247v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chedly Kastally" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Niskanen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Perry" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Kujala" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15628" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03671280v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Burstin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Carillo-Perdomo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lecomte" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Beji" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/leg3.108" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03375921v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mauger" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Fouqueau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Reynes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester A Serrao" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-021-02613-x" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02873422v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyam Baudry" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Guiglielmoni" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Marie-Nelly" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cormier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-020-02041-z" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02866117v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon M. Dittami" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Corre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loraine Brillet-Gu&#233;guen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Pontoizeau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margen.2020.100740" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02170844v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mignerot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Luthringer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira F Peters" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1008211" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947639v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaana Vuosku" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riina Muilu-M&#228;kel&#228;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Suokas" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Kestil&#228;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.01600" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02042404v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alok Arun" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Coelho" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bourdareau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.43101" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145763v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiki Uji" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chikako Nagasato" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Scornet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.17.00440" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145778v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka P Lipinska" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Montecinos" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahwash Jamy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes9060286" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01741986v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vuosku" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Karppinen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Muilu-Makela" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kusano" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. H. M. Sagor" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcy012" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145812v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven Sterck" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Derrien" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Wucher" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14321" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01741975v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grivet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksia Vaattovaara" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Eckert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Neale" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14402" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145860v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel J Montecinos" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Lerck" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43241" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145820v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katri K&#228;rkk&#228;inen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Lagercrantz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Outi Savolainen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12901" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643249v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cubry" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien de Bellis" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouchet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-10" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208635v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Pilet-Nayel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Bahrman" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Delbreil" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-013-2140-7" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VJPDM9L4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437590v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja T. Kujala" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherina Sokol" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Pyhajarvi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jhered/esr056" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427669v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dumont" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fontaine" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vuylsteker" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sellier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bodele" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-009-1004-7" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PC67N9JQ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05143708v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dressler" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludger Hausmann" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Di Gaspero" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Laurent" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/4Lx9soLc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05413786v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231604v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schneider" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Onimus" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231667v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard T&#246;pfer" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231650v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231632v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent. Dumas" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03555296v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912267v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Tayeh" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Kreplak" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Klein" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Carrillo Perdomo" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03177674v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klein, Anthony" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912264v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04662626v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947582v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Gouhier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947586v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka P. Lipinska" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jamy" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734878v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Aubert" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947585v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Potin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ruggeri" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947627v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947589v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Toda" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947619v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947600v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Guillemin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro E Montecinos" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Couceiro" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947488v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Potin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cock" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valero" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jacquemin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2216/0031" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947622v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947618v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana M. Coelho" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947466v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947470v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947472v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947613v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Kn&#252;rr" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947612v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esa Aalto" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pa&#239;vi Leinonen" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuomas Toivainen" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947615v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947550v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947551v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947571v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Niarquin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sellier-Richard" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lejeune-H&#233;naut" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310277v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Borrelli" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428154v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Delannoy" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Chepca" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Calcaterra" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310280v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xilong Chen" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Dadole" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Venon" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Brisson" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279598v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05284865v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chedid" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rustenholz" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Avia" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dumas" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Merdinoglu" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453200v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03653225v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chen" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Forler" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Remou&#233;" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Venon" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03335067v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02333021v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ziane Aite" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947625v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Marbouty" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925062v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peres" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684813v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05559266v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Jaugeon" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dhinaut" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaromir Guzinski" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fort" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05546359v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Mathilde Perrineau" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04345671v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Thibon" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Lacampagne" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lafargue" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Vanbradant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Arsens" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947624v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Kumpula" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haleh Hayatgheibi" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tino Knurr" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927852v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Leveugle" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Duborjal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim N. Tayeh" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947591v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Luthringer" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947469v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927888v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928007v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Herbommez" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Declerck" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947580v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947597v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mark Cock" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947598v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947594v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousseini Issaka-Salia" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947471v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Lercker" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947467v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudry" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947464v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1753-6561-5-S7-P3" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947463v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikko J Sillanp&#228;&#228;" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1753-6561-5-S7-P38" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947461v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947458v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Lucau-Danila" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Frugier" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Crespi" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947574v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929484v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lejeune-Henaut" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Delbreil" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119409144.ch106" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947631v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437580v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.noble.org/medicago-handbook/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02947477v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>