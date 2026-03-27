--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -368,1912 +368,1912 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05166293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing Pt and Ni dissolution mechanism and kinetics of shape-controlled oxygen reduction nanocatalysts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unveiling the degradation mechanism of cathodic MoS&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;/C electrocatalysts for PEMWE applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keyla Teixeira Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Roiron</w:t>
+                <w:t xml:space="preserve">Luz Adela Zavala Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 477, pp.143760. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2024.143760⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 507, pp.145195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2024.145195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392526v1</w:t>
+                <w:t xml:space="preserve">hal-04727085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Operando Fe dissolution in Fe–N–C electrocatalysts during acidic oxygen reduction: Impact of local pH change</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of Carbon Corrosion and Denitrogenation on the Deactivation of Fe–N–C Catalysts in Alkaline Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Ping Ku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kavita Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Hutzler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angus Pedersen</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Dubau</w:t>
+                <w:t xml:space="preserve">Carina Götz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Vorochta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy &amp; Environmental Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d4ee01995d⟩</w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (11), pp.8576-8591. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.4c01219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04667261v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the contact resistance between the anode and the porous transport layer in a proton exchange membrane water electrolyzer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Toni Srour</w:t>
+                <w:t xml:space="preserve">Assessing Pt and Ni dissolution mechanism and kinetics of shape-controlled oxygen reduction nanocatalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Roiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Dubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Maillard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2024.01.134⟩</w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 477, pp.143760. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2024.143760⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04414456v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04392526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the degradation mechanism of cathodic MoS&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;/C electrocatalysts for PEMWE applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Keyla Teixeira Santos</w:t>
+                <w:t xml:space="preserve">On the contact resistance between the anode and the porous transport layer in a proton exchange membrane water electrolyzer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toni Srour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kavita Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Dubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luz Adela Zavala Sanchez</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Kavita Kumar</w:t>
+                <w:t xml:space="preserve">Frédéric Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 58, pp.351-361. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2024.01.134⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2024.145195⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04727085v1</w:t>
+                <w:t xml:space="preserve">hal-04414456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Carbon Corrosion and Denitrogenation on the Deactivation of Fe–N–C Catalysts in Alkaline Media</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Operando Fe dissolution in Fe–N–C electrocatalysts during acidic oxygen reduction: Impact of local pH change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angus Pedersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kavita Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu-Ping Ku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Michael Vorochta</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Dubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 14 (11), pp.8576-8591. </w:t>
+              <w:t xml:space="preserve">Energy &amp; Environmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (17), pp.6323-6337. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acscatal.4c01219⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d4ee01995d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04643161v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04667261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulating the Fe–N 4 Active Site Content by Nitrogen Source in Fe–N–C Aerogel Catalysts for Proton Exchange Membrane Fuel Cell</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spontaneous aerobic ageing of Fe–N–C materials and consequences on oxygen reduction reaction kinetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keyla Teixeira Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kavita Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Dubau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongxin Ge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Jaxel</w:t>
+                <w:t xml:space="preserve">Sandrine Berthon-Fabry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (2), pp.1149-1163. </w:t>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 564, pp.232829. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acscatal.2c05394⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2023.232829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03940872v1</w:t>
+                <w:t xml:space="preserve">hal-04005348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights on Fe–N–C catalyst structure from valence-to-core X-ray emission and absorption spectroscopies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modulating the Fe–N 4 Active Site Content by Nitrogen Source in Fe–N–C Aerogel Catalysts for Proton Exchange Membrane Fuel Cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongxin Ge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bibent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keyla Teixeira Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kavita Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viktoriia Saveleva</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julien Jaxel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d3ta02878j⟩</w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (2), pp.1149-1163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.2c05394⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04206396v1</w:t>
+                <w:t xml:space="preserve">hal-03940872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fe–N–C Electrocatalyst and Its Electrode: Are We Talking about the Same Material?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">New insights on Fe–N–C catalyst structure from valence-to-core X-ray emission and absorption spectroscopies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoriia Saveleva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Retegan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Theis</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pieter Glatzel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsaem.2c03736⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (35), pp.18862-18871. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d3ta02878j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03969046v2</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04206396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct evidence of the role of Co or Pt,Co single atom promoters on the performance of MoS 2 nanoclusters for hydrogen evolution reaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Beware of cyclic voltammetry! Measurement artefact in accelerated stress test of fuel cell cathode revealed by operando X-ray diffraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Chattot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Mirolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luz Zavala</w:t>
+                <w:t xml:space="preserve">Isaac Martens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Martin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Françoise Maugé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscatal.2c05432⟩</w:t>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 555, pp.232345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2022.232345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03912300v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03869671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beware of cyclic voltammetry! Measurement artefact in accelerated stress test of fuel cell cathode revealed by operando X-ray diffraction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Direct evidence of the role of Co or Pt,Co single atom promoters on the performance of MoS 2 nanoclusters for hydrogen evolution reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luz Zavala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kavita Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Chattot</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Vincent Martin</w:t>
+                <w:t xml:space="preserve">Françoise Maugé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Power Sources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2022.232345⟩</w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, pp.1221-1229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.2c05432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03869671v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03912300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review on the Degradation Mechanisms of Metal-N-C Catalysts for the Oxygen Reduction Reaction in Acid Electrolyte: Current Understanding and Mitigation Approaches</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fe–N–C Electrocatalyst and Its Electrode: Are We Talking about the Same Material?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktoriia Saveleva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Dubau</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Theis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Segura Salas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Jaouen</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ulrike Kramm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 123 (15), pp.9265-9326. </w:t>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (2), pp.611-616. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemrev.2c00685⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.2c03736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04160691v2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03969046v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spontaneous aerobic ageing of Fe–N–C materials and consequences on oxygen reduction reaction kinetics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Review on the Degradation Mechanisms of Metal-N-C Catalysts for the Oxygen Reduction Reaction in Acid Electrolyte: Current Understanding and Mitigation Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Dubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Berthon-Fabry</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frédéric Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Power Sources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 564, pp.232829. </w:t>
+              <w:t xml:space="preserve">Chemical Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 123 (15), pp.9265-9326. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2023.232829⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemrev.2c00685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04005348v1</w:t>
+                <w:t xml:space="preserve">hal-04160691v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical Transformation of Fe-N-C catalysts into Iron Oxides in Alkaline Medium and Its Impact on the Oxygen Reduction Reaction Activity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Break-in Bad: on the Conditioning of Fuel Cell Nanoalloy Catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Chattot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Roiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kavita Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ricardo Sgarbi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Chattot</w:t>
+                <w:t xml:space="preserve">Carlos Augusto Campos Roldan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 311, pp.121366. </w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (24), pp.15675−15685. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2022.121366⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.2c04495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03641899v1</w:t>
+                <w:t xml:space="preserve">hal-03887640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Break-in Bad: on the Conditioning of Fuel Cell Nanoalloy Catalysts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Electrochemical Transformation of Fe-N-C catalysts into Iron Oxides in Alkaline Medium and Its Impact on the Oxygen Reduction Reaction Activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Sgarbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kavita Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktoriia Saveleva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Dubau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Chattot</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Carlos Augusto Campos Roldan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (24), pp.15675−15685. </w:t>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 311, pp.121366. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acscatal.2c04495⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2022.121366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03887640v1</w:t>
+                <w:t xml:space="preserve">hal-03641899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxygen Reduction Reaction Mechanism and Kinetics on M-NxCy and M@N-C Active Sites Present in Model M-N-C Catalysts Under Alkaline and Acidic Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Sgarbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2536,51 +2536,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Chattot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofyane Abbou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2644,51 +2644,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Influence of Oxygen on the Degradation of Fe‐N‐C Catalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Dubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mermoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3627,51 +3627,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu-Ping Ku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angus Pedersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria‐Magdalena Titirici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3720,1243 +3720,1243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04791270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancement of HER activity and stability of MoS2/C catalysts by doping with Co or Pt,Co single atoms</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luz A. Zavala</w:t>
+                <w:t xml:space="preserve">Revisiting Demetallation of Single Atom Iron in Nitrogen-doped Carbon Electrocatalysts for Proton Exchange Membrane Fuel Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angus Pedersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Ping Ku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Maillard</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Dubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74th Annual Meeting of the International Society of Electrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society of Electrochemistry, Sep 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04206625v1</w:t>
+                <w:t xml:space="preserve">hal-04206619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of a PTL Coating and The Clamping Pressure on The Performance of a PEM Electrolyzer Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Toni Srour</w:t>
+                <w:t xml:space="preserve">Enhancement of HER activity and stability of MoS2/C catalysts by doping with Co or Pt,Co single atoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keyla Teixeira Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luz A. Zavala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Maillard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sophie Didierjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">243rd Meeting of the Electrochemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Electrochemical Society, May 2023, Boston, United States</w:t>
+              <w:t xml:space="preserve">74th Annual Meeting of the International Society of Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society of Electrochemistry, Sep 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04206603v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04206625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preferentially-shaped PtNi/C ORR nanocatalysts - Challenges towards their integration in MEA</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Martin</w:t>
+                <w:t xml:space="preserve">Effect of a PTL Coating and The Clamping Pressure on The Performance of a PEM Electrolyzer Cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toni Srour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Chattot</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Dillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Didierjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74th Annual Meeting of the International Society of Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society of Electrochemistry, Sep 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">243rd Meeting of the Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Electrochemical Society, May 2023, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04206594v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04206603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Singularities in Testing the Activity and Stability of Fuel Cell Nanocatalysts Revealed by In Situ and Operando X-ray Diffraction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Preferentially-shaped PtNi/C ORR nanocatalysts - Challenges towards their integration in MEA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Roiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Riasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kavita Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Chattot</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74th Annual Meeting of the International Society of Electrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, The International Society of Electrochemistry, Sep 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">, International Society of Electrochemistry, Sep 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259412v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04206594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance du précurseur azoté sur les caractéristiques de catalyseurs Fe-N-C pour PEMFC</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hongxin Ge</w:t>
+                <w:t xml:space="preserve">Singularities in Testing the Activity and Stability of Fuel Cell Nanocatalysts Revealed by In Situ and Operando X-ray Diffraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Chattot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Gasmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Dubau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque francophone du carbone</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Francophone d'Etude des Carbones, May 2023, Gosier (Guadeloupe), France</w:t>
+              <w:t xml:space="preserve">74th Annual Meeting of the International Society of Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The International Society of Electrochemistry, Sep 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04206635v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the Influence of Different Experimental Parameters on the Degradation Kinetics of Fe-N-C Oxygen Reduction Reaction Catalysts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ishiki</w:t>
+                <w:t xml:space="preserve">Importance du précurseur azoté sur les caractéristiques de catalyseurs Fe-N-C pour PEMFC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongxin Ge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keyla Teixeira Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bibent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Dubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74th Annual Meeting of the International Society of Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society of Electrochemistry, Sep 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Colloque francophone du carbone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Francophone d'Etude des Carbones, May 2023, Gosier (Guadeloupe), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04206622v1</w:t>
+                <w:t xml:space="preserve">hal-04206635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spontaneous ORR activity Drop of Fe-N-C Catalysts Upon Atmospheric Storage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Keila Teixeira Santos</w:t>
+                <w:t xml:space="preserve">Unveiling the Influence of Different Experimental Parameters on the Degradation Kinetics of Fe-N-C Oxygen Reduction Reaction Catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ishiki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keyla Teixeira Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongxin Ge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Berthon-Fabry</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bibent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">243rd Meeting of the Electrochemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Electrochemical Society, May 2023, Boston, United States</w:t>
+              <w:t xml:space="preserve">74th Annual Meeting of the International Society of Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society of Electrochemistry, Sep 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04206610v1</w:t>
+                <w:t xml:space="preserve">hal-04206622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the Impact of Carbon Corrosion on the Degradation of Fe-N-C Catalyst Layers in Alkaline Media</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yu-Ping Ku</w:t>
+                <w:t xml:space="preserve">Spontaneous ORR activity Drop of Fe-N-C Catalysts Upon Atmospheric Storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keila Teixeira Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Carina Götz</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Dubau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongxin Ge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Berthon-Fabry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In 244th Meeting of the Electrochemical Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">243rd Meeting of the Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Electrochemical Society, May 2023, Boston, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04791202v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04206610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting Demetallation of Single Atom Iron in Nitrogen-doped Carbon Electrocatalysts for Proton Exchange Membrane Fuel Cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unveiling the Impact of Carbon Corrosion on the Degradation of Fe-N-C Catalyst Layers in Alkaline Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Ping Ku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kavita Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Khalakhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Hutzler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angus Pedersen</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Dubau</w:t>
+                <w:t xml:space="preserve">Carina Götz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74th Annual Meeting of the International Society of Electrochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">In 244th Meeting of the Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Gothenburg (Sweden), Sweden. pp.2035-2035, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/MA2023-02412035mtgabs⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04206619v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04791202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Insights into Fe-N-C Oxygen Reduction Reaction Catalysts Structure from Experimental and Computational X-ray Absorption and Emission Spectroscopies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoriia Saveleva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Retegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pieter Glatzel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd Topical Meeting of the International Society of Electrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4981,51 +4981,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'électrolyte liquide à l'électrolyte solide, vers l'incorporation des catalyseurs PtNi nanostructurés en assemblage membrane électrodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Roiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Viola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5158,51 +5158,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plamen Atanassov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Dubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">241st ECS Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Electrochemical Society, May 2022, Vancouver, Canada</w:t>
@@ -5231,64 +5231,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of nanostructured Pt-based electrocatalysts for oxygen reduction reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Chattot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Roiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5408,51 +5408,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bibent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">241st ECS meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Electrochemical Society, May 2022, Vancouver, Canada</w:t>
@@ -5475,51 +5475,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03806972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fe-N-Carbon aerogel catalyst for oxygen reduction reaction</w:t>
+                <w:t xml:space="preserve">Fe-N-Carbon Aerogel Catalysts with Enhanced Mass Transfer Property in Proton Exchange Membrane Fuel Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongxin Ge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jaouen</w:t>
@@ -5533,118 +5533,118 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bibent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Dubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EFCF 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Lucerne (virtual), Switzerland</w:t>
+              <w:t xml:space="preserve">72nd Annual Meeting of the International Society of Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Jeju Island, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03195353v1</w:t>
+                <w:t xml:space="preserve">hal-03504301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fe-N-Carbon Aerogel Catalysts with Enhanced Mass Transfer Property in Proton Exchange Membrane Fuel Cells</w:t>
+                <w:t xml:space="preserve">Fe-N-Carbon aerogel catalyst for oxygen reduction reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongxin Ge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jaouen</w:t>
@@ -5658,94 +5658,94 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bibent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Dubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">72nd Annual Meeting of the International Society of Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Jeju Island, South Korea</w:t>
+              <w:t xml:space="preserve">EFCF 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Lucerne (virtual), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03504301v1</w:t>
+                <w:t xml:space="preserve">hal-03195353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards improved catalytic activity and stability of non-precious metal catalyst for proton exchange membrane fuel cells ?</w:t>
               </w:r>
@@ -6109,56 +6109,69 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04791111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cobaltites Supportées sur Oxyde de Graphène Réduit Dopé avec des Hétéroatomes (N, S, F) pour l’Élaboration d’une Électrode à Air Réversible</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Noble Metal Free Catalysts for ORR and OER: Doped Graphene Based Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Canaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teko W. Napporn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6171,115 +6184,102 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Habrioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boniface Kokoh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Electrochimie 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société chimique de France (SCF), subdivision Électrochimie, Jun 2017, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">European Conference on Applications of Surface and Interface Analysis (EUCASIA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chimie Paris Tech; Société Française du Vide (SFV), 2017, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04790977v1</w:t>
+                <w:t xml:space="preserve">hal-04790996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noble Metal Free Catalysts for ORR and OER: Doped Graphene Based Materials</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cobaltites Supportées sur Oxyde de Graphène Réduit Dopé avec des Hétéroatomes (N, S, F) pour l’Élaboration d’une Électrode à Air Réversible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teko W. Napporn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6292,73 +6292,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Habrioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boniface Kokoh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Applications of Surface and Interface Analysis (EUCASIA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Chimie Paris Tech; Société Française du Vide (SFV), 2017, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Journées d’Electrochimie 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société chimique de France (SCF), subdivision Électrochimie, Jun 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04790996v1</w:t>
+                <w:t xml:space="preserve">hal-04790977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heteroatom-doped graphene supported Co-based nanospinels as bifunctional catalysts for ORR and OER</w:t>
               </w:r>
@@ -6631,64 +6631,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Viola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Roiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Dubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th Topical Meeting of ISE / Electrochemical Energy for a Greener and more Sustainable Future Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Stresa, Italy</w:t>
@@ -6717,103 +6717,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fe-based Single Atom Electrocatalyst Structure Probed by X-ray Emission Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoriia Saveleva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Theis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Segura Salas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrike Kramm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gordon Research Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2023, Lucca, Italy. , </w:t>
@@ -6890,51 +6890,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavita Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Portier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7481,51 +7481,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176490v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Ping Ku" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kavita Kumar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnefont" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Jiao" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Mazzucato" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sc00547g" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166293v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas A Ishiki" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyla Teixeira Santos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bibent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Reichmann" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-61806-x" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392526v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roiron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dubau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Maillard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.143760" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667261v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angus Pedersen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ee01995d" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414456v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Srour" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.01.134" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727085v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz Adela Zavala Sanchez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.145195" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643161v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hutzler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina G&#246;tz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Vorochta" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.4c01219" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940872v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongxin Ge" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jaxel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.2c05394" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206396v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Saveleva" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Retegan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Glatzel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ta02878j" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03969046v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Theis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Segura Salas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Kramm" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.2c03736" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912300v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz Zavala" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Maug&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.2c05432" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869671v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Chattot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Mirolo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Martens" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2022.232345" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160691v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jaouen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.2c00685" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005348v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Berthon-Fabry" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2023.232829" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03641899v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Sgarbi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2022.121366" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887640v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Augusto Campos Roldan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.2c04495" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397015v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jaouen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Zitolo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edson Ticianelli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-019-04436-w" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931434v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingkun Li" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Tahar Sougrati" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James M Ablett" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Can O&#287;uz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41929-020-00545-2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195339v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Daiane Ferreira da Silva" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Claudel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofyane Abbou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.0c04613" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464078v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mermoux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201912451" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092479v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Asset" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Li" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanchao Liu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingxu Yan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.0c04625" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947565v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pryanka Gairola" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lions" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastaran Ranjbar-Sahraie" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.8b02934" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404983v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Loupias" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Canaff" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morisset" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pronier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201701038" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404989v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Abidat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Habrioux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Morais" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201701168" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434829v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rousseau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Arrii-Clacens" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teko W. Napporn" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b00313" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253226v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ishiki" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2025-01552653mtgabs" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791270v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria&#8208;Magdalena Titirici" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ifan E L Stephens" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206625v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz A. Zavala" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206603v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dillet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Didierjean" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206594v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Riasse" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259412v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Gasmi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206635v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206622v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206610v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keila Teixeira Santos" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791202v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Khalakhan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-02412035mtgabs" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206619v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799664v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753859v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Viola" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Martin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masuma-Sultana Ripa" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806976v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Plamen Atanassov" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780395v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806972v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195353v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504301v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480395v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastaran Ranjbar Sahraie" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352230v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Dai" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingjie Xu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yechuan Chen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791111v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2019-02/35/1614" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790977v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Habrioux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boniface Kokoh" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790996v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790954v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357724v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Villalbi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villevieille" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Riassetto" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04642392v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005436v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15151/ESRF-ES-799089889" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206614v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz Zavala-Sanchez" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Portier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092491v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790889v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01980719v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017POIT2284" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176490v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Ping Ku" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kavita Kumar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnefont" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Jiao" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Mazzucato" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sc00547g" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166293v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas A Ishiki" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyla Teixeira Santos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bibent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Reichmann" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-61806-x" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727085v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz Adela Zavala Sanchez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.145195" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643161v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hutzler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina G&#246;tz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Vorochta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.4c01219" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392526v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roiron" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dubau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Maillard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.143760" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414456v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Srour" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.01.134" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667261v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angus Pedersen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ee01995d" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005348v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongxin Ge" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Berthon-Fabry" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2023.232829" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940872v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jaxel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.2c05394" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206396v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Saveleva" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Retegan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Glatzel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ta02878j" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869671v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Chattot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Mirolo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Martens" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2022.232345" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912300v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz Zavala" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Maug&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.2c05432" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03969046v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Theis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Segura Salas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Kramm" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.2c03736" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160691v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jaouen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.2c00685" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887640v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Augusto Campos Roldan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.2c04495" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03641899v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Sgarbi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2022.121366" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397015v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jaouen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Zitolo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edson Ticianelli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-019-04436-w" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931434v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingkun Li" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Tahar Sougrati" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James M Ablett" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Can O&#287;uz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41929-020-00545-2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195339v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Daiane Ferreira da Silva" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Claudel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofyane Abbou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.0c04613" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464078v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mermoux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201912451" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092479v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Asset" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Li" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanchao Liu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingxu Yan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.0c04625" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947565v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pryanka Gairola" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lions" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastaran Ranjbar-Sahraie" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.8b02934" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404983v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Loupias" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Canaff" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morisset" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pronier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201701038" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404989v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Abidat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Habrioux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Morais" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201701168" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434829v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rousseau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Arrii-Clacens" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teko W. Napporn" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b00313" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253226v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ishiki" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2025-01552653mtgabs" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791270v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria&#8208;Magdalena Titirici" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ifan E L Stephens" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206619v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206625v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz A. Zavala" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206603v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dillet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Didierjean" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206594v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Riasse" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259412v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Gasmi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206635v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206622v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206610v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keila Teixeira Santos" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791202v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Khalakhan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-02412035mtgabs" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799664v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753859v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Viola" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Martin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masuma-Sultana Ripa" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806976v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Plamen Atanassov" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780395v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806972v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504301v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195353v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480395v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastaran Ranjbar Sahraie" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352230v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Dai" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingjie Xu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yechuan Chen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791111v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2019-02/35/1614" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790996v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Habrioux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boniface Kokoh" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790977v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790954v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357724v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Villalbi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villevieille" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Riassetto" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04642392v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005436v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15151/ESRF-ES-799089889" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206614v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz Zavala-Sanchez" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Portier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092491v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790889v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01980719v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017POIT2284" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>