--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -196,329 +196,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04014960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">戦争博物館から戦時の社会の博物館へ、国際比較によるアプローチ</w:t>
+                <w:t xml:space="preserve">テロリズム犠牲者の博物館を構想する : アンリ・ルソー教授との対話</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ken Daimaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annette Becker</w:t>
+                <w:t xml:space="preserve">Henry Rousso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gunjishi-gaku</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 57 (4), pp.4-34</w:t>
+              <w:t xml:space="preserve">, 2022, 57 (4), pp.35-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03816354v1</w:t>
+                <w:t xml:space="preserve">hal-03816355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">テロリズム犠牲者の博物館を構想する : アンリ・ルソー教授との対話</w:t>
+                <w:t xml:space="preserve">戦争博物館から戦時の社会の博物館へ、国際比較によるアプローチ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ken Daimaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henry Rousso</w:t>
+                <w:t xml:space="preserve">Annette Becker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gunjishi-gaku</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 57 (4), pp.35-56</w:t>
+              <w:t xml:space="preserve">, 2022, 57 (4), pp.4-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03816355v1</w:t>
+                <w:t xml:space="preserve">hal-03816354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préserver la santé des masses. Expertises médicales et naissance de l'armée impériale japonaise, 1853-1894</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ken Daimaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire, médecine et santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15, pp.67-85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02948718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nommer les « victimes de l’explosion » lors des deux bombardements atomiques au Japon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ken Daimaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mémoires en jeu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 8 (hiver-printemps 2018-2019), pp.80-84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02943941v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02948718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre blessures de guerre et guerre des blessures : la « balle humanitaire » en débat en Europe et au Japon, 1890-1905</w:t>
               </w:r>
@@ -677,441 +677,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04014956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Contrôler et prévenir. Législation sanitaire et régulation des épidémies aux frontières japonaises,1874-1897</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ken Daimaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14e Colloque de la Société française des études japonaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société française des études japonaises, Dec 2021, Orleans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03473113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Health and Modern Warfare. Locating Medical History in Japan's Long Nineteenth Century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ken Daimaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kyoto Lectures Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École française d'Extrême-Orient (EFEO) &amp; Italian School of East Asian Studies (ISEAS) co-hosted by Institute for Research in Humanities, Kyoto University, Jul 2021, Online, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit de la santé japonais face à la circulation épidémique : évolution historique et enjeux contemporains.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ken Daimaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Japon et le Droit à l’Ère des Empires (1854-1952) : des Traités Inégaux à la Domination Japonaise en Asie Orientale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d'Asie orientale (UMR5062), Nov 2021, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trajectoires et carrières académiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ken Daimaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Table ronde du Bureau des Jeunes Chercheur.e.s du Gis Asie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gis Asie, Mar 2021, Online, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collecter, codifier et diffuser les images médicales au Japon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ken Daimaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Histoire de l’Asie orientale contemporaine : sources, méthodes, objets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRCAO / SIRICE, Dec 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le masque prophylactique dans le Japon contemporain. Phénomène socio-technique et objet de controverses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ken Daimaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La société japonaise face à la Covid-19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe de recherche Populations japonaises (IFRAE / CRCAO), Nov 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03460372v1</w:t>
-              </w:r>
-[...343 lines deleted...]
-                <w:t xml:space="preserve">hal-03460369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le soldat endormi en Mandchourie. Combat nocturne et sommeil dans les journaux intimes de la guerre russo-japonaise, 1904-1905</w:t>
               </w:r>
@@ -1229,372 +1229,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03460368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Photographs from Manchuria. Visual Cultures and Medical Heritage in the Russo-Japanese War</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ken Daimaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Japan Forum – Workshop 2019 "Japon : acquisition, transformation et tradition"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INALCO; SOAS (School of Oriental and African Studies, University of London), Mar 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le dôme de Genbaku à Hiroshima. D’un lieu de souffrance au patrimoine de l’humanité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ken Daimaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Interprétation et réconciliation des mémoires : La contribution des sites patrimoniaux liés aux conflits</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Comité scientifique transnational franco-belge du dossier UNESCO ''Sites funéraires et mémoriels de la première guerre mondiale. Front Ouest'', Dec 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03460365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Photographs from Manchuria. Visual Cultures and Medical Heritage in the Russo-Japanese War</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Face à la mort de masse. Rituels et commémorations de la guerre russo-japonaise, 1904-1905</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ken Daimaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Japan Forum – Workshop 2019 "Japon : acquisition, transformation et tradition"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INALCO; SOAS (School of Oriental and African Studies, University of London), Mar 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’études Murmure des morts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de recherches asiatiques (UMR 7306), Nov 2019, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La santé des populations militaires dans le Japon impérial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ken Daimaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2e rencontre IAO/IrAsia "Sources et savoirs d'Asie orientale"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut d'Asie Orientale (UMR 5062); Institut de recherches asiatiques (UMR7306), Nov 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03460362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visual Imagery and Clinical Medicine in the Russo-Japanese War</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ken Daimaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Conference on the History of Science in East Asia-ICHSEA "History of Science, Technology, and Medicine in Polycentric East Asia: toward Harmony in Diversity (和而不同)”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for the History of East Asian Science, Technology, and Medicine, Aug 2019, Jeonju, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03460361v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03460364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La génération de la Première Guerre mondiale au Japon : sources et trajectoires médicales</w:t>
               </w:r>
@@ -2508,51 +2508,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mesnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Nagiscarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette Becker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, pp.126-130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2904,51 +2904,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014960v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Daimaru" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816354v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Becker" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816355v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Rousso" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943941v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948718v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943923v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms.257.0093" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014956v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460372v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460373v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03473113v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460370v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460371v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460369v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460367v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460368v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460365v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460359v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460362v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460361v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460364v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460358v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460357v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460356v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460354v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460355v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460353v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460352v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816351v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464250v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Brazzoduro" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Th&#233;ofilakis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-creaphis.com/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171768v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943966v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seuil.com/ouvrage/une-histoire-de-la-guerre-collectif/9782021287226" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943949v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mesnard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nagiscarde" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944006v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02944049v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014960v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Daimaru" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816355v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Rousso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816354v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Becker" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948718v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943941v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943923v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms.257.0093" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014956v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03473113v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460370v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460371v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460369v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460373v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460372v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460367v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460368v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460359v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460365v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460364v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460362v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460361v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460358v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460357v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460356v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460354v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460355v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460353v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460352v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816351v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464250v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Brazzoduro" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Th&#233;ofilakis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-creaphis.com/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171768v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943966v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seuil.com/ouvrage/une-histoire-de-la-guerre-collectif/9782021287226" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943949v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mesnard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nagiscarde" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944006v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02944049v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>