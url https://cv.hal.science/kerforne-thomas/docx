--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thomas Kerforne </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">PUPH en Anesthésiologie-Réanimation & Médecine périopératoire.Chef de service adjoints aux soins critiques Médecin coordinateur des prélèvements d'organes et de tissus.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">kerforne-thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0611-4100</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">172292212</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">305398835</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000420239334</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (66)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathinone metabolism and biliary excretion in an ex-vivo pig liver model: example of 4-Cl-PVP and eutylone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brendan Le Daré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Patou Parvedy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Chemical Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 196, pp.115217. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fct.2024.115217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04926753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donation after circulatory death heart transplantation: The French perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Dorent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guihaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naissa Abdoul-Anziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Goéminne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of cardiovascular diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 118 (6-7), pp.405-412. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.acvd.2025.03.120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing the Immune Response in Pig-to-Human Heart Xenografts Using a Multimodal Diagnostic System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessia Giarraputo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Morgand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey Stern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fariza Mezine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Coutance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 152 (22), pp.1552-1563. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1161/CIRCULATIONAHA.125.074971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05513505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Healthcare-associated infections in patients with severe COVID-19 supported with extracorporeal membrane oxygenation: a nationwide cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nesseler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylou Para</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alizée Porto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (1), pp.54. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13054-024-04832-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevention of post-operative delirium using an overnight infusion of dexmedetomidine in patients undergoing cardiac surgery: a pragmatic, randomized, double-blind, placebo-controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gargadennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Ferréol Oilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Rozec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nesseler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Critical Care, 28 (1), pp.64. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13054-024-04842-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04506634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chlorhexidine-alcohol compared with povidone-iodine-alcohol skin antisepsis protocols in major cardiac surgery: a randomized clinical trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christian Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas D’ostrevy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Burbassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intensive Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Online ahead of print. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00134-024-07693-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04785413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Healthcare-associated infections in patients with severe COVID-19 supported with extracorporeal membrane oxygenation: a nationwide cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nesseler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylou Para</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alizée Porto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (1), pp.54. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13054-024-04832-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04477794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ceftriaxone to prevent early ventilator-associated pneumonia in patients with acute brain injury: a multicentre, randomised, double-blind, placebo-controlled, assessor-masked superiority trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigismond Lasocki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Francois Perrigault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Geeraerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (5), pp.375-385. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s2213-2600(23)00471-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypothermia for expanded criteria organ donors in kidney transplantation in France (HYPOREME): a multicentre, randomised controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Canet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noëlle Brule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Pere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Feuillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Blancho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (9), pp.693-702. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S2213-2600(24)00117-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuation vs Discontinuation of Renin-Angiotensin System Inhibitors Before Major Noncardiac Surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Falcone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cholley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Charbonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Delaporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JAMA Cardiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 332 (12), pp.970-978. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1001/jama.2024.17123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the Brain-based Determination of Death When Organ Recovery Is Performed With DCDD In Situ Normothermic Regional Perfusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Bernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Domínguez-Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Glazier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Gardiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Manara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 107 (8), pp.1650-1654. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/TP.0000000000004642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Radial Arterial Location on Catheter Lifetime in ICU Surgical Intensive Care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Barrau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Frasca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care Explorations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5 (4), pp.e0905. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/CCE.0000000000000905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04141506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surgical aspects of multi-organ harvesting for transplantation; [Aspects chirurgicaux du prélèvement multiorganes en vue de greffes]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Rayar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 68 (878), pp.33-36. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2023.07.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tissue Injury Protection: The Other Face of Anticoagulant Treatments in the Context of Ischemia and Reperfusion Injury with a Focus on Transplantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hauet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Macchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (24), pp.17491. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms242417491⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04831676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between 5 extractions methods in either plasma or serum to determine the optimal extraction and matrix combination for human metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryne Lepoittevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Blancart-Remaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hauet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cellular and Molecular Biology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 28 (1), pp.43. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s11658-023-00452-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veno-Arterial Extracorporeal Membrane Oxygenation for Circulatory Failure in COVID-19 Patients: Insights from the ECMOSARS Registry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amedeo Anselmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylou Para</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mongardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alizée Porto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cardio-Thoracic Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 64 (3), pp.ezad229. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ejcts/ezad229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124452v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veno-arterial extracorporeal membrane oxygenation for circulatory failure in COVID-19 patients: insights from the ECMOSARS registry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amedeo Anselmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylou Para</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mongardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alizée Porto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cardio-Thoracic Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 64 (3), </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ejcts/ezad229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paving the Way for Personalized Medicine in First Kidney Transplantation: Interest of a Creatininemia Latent Class Analysis in Early Post-transplantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Ducousso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Duthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplant International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/ti.2023.10685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dexmedetomidine after Cardiac Surgery for Prevention of Delirium (EXACTUM) trial protocol: a multicentre randomised, double-blind, placebo-controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gargadennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Ferréol Oilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Rozec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nesseler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigismond Lasocki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (4), pp.e058968. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2021-058968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04074759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to improve results after DCD (donation after circulation death)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryne Lepoittevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Presse Médicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (4), pp.104143. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lpm.2022.104143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05097897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of targeted hypothermia in expanded-criteria organ donors on recipient kidney-graft function: study protocol for a multicentre randomised controlled trial (HYPOREME)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noëlle Brulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Canet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Péré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Feuillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Hourmant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, BMJ Open, 12 (3), pp.e052845. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2021-052845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04509001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular Markers of Kidney Transplantation Outcome: Current Omics Tools and Future Developments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryne Lepoittevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hauet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Thuillier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (11), pp.6318. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms23116318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05097900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preservation of Organs to Be Transplanted: An Essential Step in the Transplant Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryne Lepoittevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Barrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Badet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (9), pp.4989. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms23094989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of iron store on red blood cell transfusion: a multicentre prospective cohort study in cardiac surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Gaudriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Ferreol Oilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Ecoffey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Anesthesiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (1), pp.74. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12871-022-01616-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bleeding and thrombotic events in patients with severe COVID-19 supported with extracorporeal membrane oxygenation: a nationwide cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Flecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Rozec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Gouin-Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intensive Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 48 (8), pp.1039-1052. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00134-022-06794-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alarming Tuberculosis Rate Among People Who Inject Drugs in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Thu Trang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luong Anh Ngoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dao Thi Dieu Thuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Laureillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Forum Infectious Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (2), pp.e1003528. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ofid/ofab548⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03678020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actualisation du prélèvement d’organe de patients décédés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Allain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anesthésie &amp; Réanimation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (4), pp.363-372. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anrea.2022.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bleeding and thrombotic events in patients with severe COVID-19 supported with extracorporeal membrane oxygenation: a nationwide cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Flecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Rozec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Gouin-Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intensive Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 48 (8), pp.1039-1052. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00134-022-06794-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03723430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal donation of kidney transplants after controlled circulatory death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Savoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Branchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Riou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (7), pp.2424-2436. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ajt.16425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03996957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infectious complications of Midline catheters: an epidemiological study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Queixalos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (3), pp.100887. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2021.100887⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03276924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous Pneumatic Regulation of Tracheal Cuff Pressure to Decrease Ventilator-associated Pneumonia in Trauma Patients Who Were Mechanically Ventilated</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marjanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Asehnoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Foucrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigismond Lasocki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 160 (2), pp.499-508. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chest.2021.03.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual Reality for Sedation During Atrial Fibrillation Ablation in Clinical Practice: Observational Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Roxburgh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Guenancia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Pernollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bouleti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (5), pp.e26349. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/26349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of treating iron deficiency, diagnosed according to hepcidin quantification, on outcomes after a prolonged ICU stay compared to standard care: a multicenter, randomized, single-blinded trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigismond Lasocki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Asfar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Jaber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Ferrandiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25, pp.62. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13054-020-03430-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03146997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benefit from extending infusion set replacement intervals of central venous and arterial catheters in hospitalised patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Guenezan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (3), pp.100884. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2021.100884⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03623654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical comparison of ELISA and mass spectrometry for quantification of serum hepcidin in critically ill patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Herkert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2021-0069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated closed-loop versus standard manual oxygen administration after major abdominal or thoracic surgery: an international multicentre randomised controlled study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan L'Her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Jaber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Verzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Huiban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Respiratory Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.2000182. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1183/13993003.00182-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Liver Quality after Circulatory Death versus Brain Death: A Comparative Preclinical Pig Model Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Danion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bruneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Tomasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (23), pp.9040. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms21239040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05097903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The inhibition of eIF5A hypusination by GC7, a preconditioning protocol to prevent brain death‐induced renal injuries in a preclinical porcine kidney transplantation model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Zely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ameteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ajt.15994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multicentre, open-label, randomised, controlled clinical trial comparing 2% chlorhexidine-70% isopropanol and 5% povidone iodine-69% ethanol for skin antisepsis in reducing surgical-site infection after cardiac surgery: the CLEAN 2 study protocol.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Corbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Camilleri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Debauchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (6), pp.e026929. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-026929⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapid or slow time to brain death? Impact on kidney graft injuries in an allotransplantation porcine model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Danion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 20 (15), pp.3671. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms20153671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preclinical Modeling of DCD Class III Donation: Paving the Way for the Increased Use of This Challenging Donor Type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Soussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Leblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Goujon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioMed Research International </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2019, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2019/5924101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03279411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypercholesterolemia-induced increase in plasma oxidized LDL abrogated pro angiogenic response in kidney grafts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Favreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tackwa Khalifeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souleymane Maiga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Translational Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 17 (1), </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12967-018-1764-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03332362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated oxygen administration versus conventional oxygen therapy after major abdominal or thoracic surgery: study protocol for an international multicentre randomised controlled study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan L’her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Jaber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Verzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Huiban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), pp.e023833. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-023833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining the optimal duration for normothermic regional perfusion in the kidney donor: A porcine preclinical study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ameteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (3), pp.737-751. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ajt.15063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01948305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thoracic Epidural Analgesia and Mortality in Acute Pancreatitis A Multicenter Propensity Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jabaudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouria Belhadj-Tahar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rimmelé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Joannes-Boyau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bulyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46 (3), pp.e198-e205. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/CCM.0000000000002874⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subcutaneous cardioverter defibrillator has longer time to therapy but is less cardiotoxic than transvenous cardioverter defibrillator. Study carried out in a preclinical porcine model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigue Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Inal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Favreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hauet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EP-Europace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (5), pp.873 - 879. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/europace/eux074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of noninvasive and minimally invasive pulse contour analysis to measure stroke volume during major surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Pontier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Frasca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Anaesthesiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (11), pp.895-896. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/EJA.0000000000000848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra-operative cutaneous temperature monitoring with zero-heat-flux technique (3M SpotOn) in comparison with oesophageal and arterial temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouk Alaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Debaene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Anaesthesiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.1. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/EJA.0000000000000822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barriers and Advances in Kidney Preservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Steichen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Barrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Badet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioMed Research International </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2018/9206257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy of Zero-Heat-Flux Cutaneous Temperature in Intensive Care Adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 45 (7), pp.e715 - e717. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/CCM.0000000000002317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquired systemic-to-pulmonary venous shunt or persistent left superior vena cava? A rare right-to-left shunt case-based discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Gamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Raud-Raynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Velasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Christiaens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cardiovascular Echography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 27 (3), pp.104. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4103/jcecho.jcecho_42_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation by Polymyxin-B Hemoperfusion of Inflammatory Response Related to Severe Peritonitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Coudroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Payen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Launey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Lukaszewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Kaaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shock</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 47 (1), pp.93-99. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/SHK.0000000000000725⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01451659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perioperative management of asplenic patients in France: A national survey among anaesthetists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 36 (6), pp.359 - 363. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2017.06.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-faceted strategy to reduce ventilation-associated mortality in brain-injured patients. The BI-VILI project: a nationwide quality improvement project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Asehnoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Mrozek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre François Perrigault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Seguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intensive Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 43 (7), pp.957 - 970. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00134-017-4764-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation des reins par machine de perfusion : une fenêtre pour l'évaluation et le conditionnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hauet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Courrier de la Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2016 (4), pp.24-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01594200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une personnalisation de la conservation des greffons rénaux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Favreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hauet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pinsard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12 (6), pp.437-442. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nephro.2016.02.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhibition of coagulation proteases Xa and IIa decreases ischemia-reperfusion injuries in a preclinical renal transplantation model.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solenne Tillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Saint-Yves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Joffrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translational Research, The Journal of Laboratory and Clinical Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 178, pp.95-106. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trsl.2016.07.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01376194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategies to optimize kidney recovery and preservation in transplantation: specific aspects in pediatric transplantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tackwa Khalifeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Baulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Coudroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Nephrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 30 (8), pp.1243 - 1254. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00467-014-2924-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skin antisepsis with chlorhexidine–alcohol versus povidone iodine–alcohol, with and without skin scrubbing, for prevention of intravascular-catheter-related infection (CLEAN): an open-label, multicentre, randomised, controlled, two-by-two factorial trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Souweine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 386 (10008), pp.2069-2077. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0140-6736(15)00244-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a preclinical model of donation after circulatory determination of death for translational application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Thuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Saint-Yves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplantation Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 3 (1), </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/2047-1440-3-13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de la modulation mitochondriale au cours de la conservation rénale: évaluation dans un modèle préclinique de donneur décédé par arrêt cardiaque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Codas-Duarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Saintyves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Barrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progrès en Urologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (13), pp.802 - 803. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.purol.2014.08.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01931430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate and easy to learn ultrasound sign to confirm correct tracheal intubation in cadaver model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petitpas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Scepi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Loupec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Anaesthesia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 111 (3), pp.510-511. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bja/aet270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound diagnosis of nasogastric tube misplacement into the trachea during bypass surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Chaillan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Géraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Anaesthesia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 111 (6), pp.1032-1033. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bja/aet399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment on “A novel approach to confirming nasogastric tube placement in the ED”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petitpas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Emergency Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 30 (4), pp.631-632. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ajem.2012.01.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound-Guided Peripheral Venous Access in Severely Ill Patients With Suspected Difficult Vascular Puncture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petitpas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Frasca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Goudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 141 (1), pp.279-280. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1378/chest.11-2054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asthme aigu grave : l’administration d’isoflurane par l’AnaConDa™ est-elle sans risque ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Chaillan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Badin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Voultoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pinsard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Françaises d'Anesthésie et de Réanimation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (1), pp.70-72. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.annfar.2010.10.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du métabolisme hépatique des xénobiotiques à l’aide d’un modèle de foie porcin perfusé ex vivo : exemple du tramadol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gicquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brendan Le Daré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angéline Kernalléguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32e congrès SFTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Dijon, France. pp.S50-S51, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.toxac.2024.03.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04694784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet protecteur du lactate chez le Donneur Décédé après Arrêt Circulatoire Maastricht 3, in vitro, et mise au point in vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Wairy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Danion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Coué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouest Transplant Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05204362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preclinical Modeling of DCD class III Donation and Evaluation of the Most Adapted Preservation Protocol: Paving the Way for the Increased Use of this Challenging Donor Type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Soussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Barrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th World Congress of the International-Pancreas-and-Islet-Transplant-Association (IPITA) 27th International Congress of the Transplantation-Society (TTS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Madrid, Spain. pp.1, </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/01.tp.0000543823.93493.ce⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preventive GC7 reduces brain death-induce renal injuries in a preclinical porcine model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippine Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Inal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Hannaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Annual Congress of the French Speaking Society of Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Liège, Belgium, Belgium. 29 p., </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/tri.12885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of mitochondrial modulation during kidney preservation: evaluation in a preclinical model of deceased after circulatory death donor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Codas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Baulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Saintyves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">During abdominal normothermic oxygenation recirculation in donors deceased after circulatory death the supra diaphragmatic territory is not really excluded</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pinsard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Favreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Congress of the European Society for Organ Trans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conséquences de la mort encéphalique et réanimation du donneur d’organes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pinsard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55e congrès de la Société Française d'Anesthésie-Réanimation (Congrès SFAR 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Anesthésie-Réanimation (SFAR), Sep 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of hemodynamics, coagulation and inflammation in the use of normothermic regional circulation (NCR) in a porcine model of non beating heart donor (NBHD)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Guiraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Alain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Hebrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Annual congress of the French Speaking Sciety of Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Organ Transplantation., Dec 2012, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interest of Treating Iron Deficiency, Diagnosed According to Hepcidin Quantification, on Outcomes After a Prolonged Icu Stay Compared to Standard Care: A Multicenter, Randomized, Single-blinded Trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigismond Lasocki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Asfar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Jaber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Ferrandiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of algorithms for predicting survival of a patient treated with extracorporeal membrane oxygenation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hauet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO/2021/204760. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05099594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment optimiser le processus du don d’organes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anesthésie &amp; Réanimation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6 (6), pp.561-569, 2020, </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anrea.2020.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The normothermic regional perfusion: a time for assessment and conditioning of organ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Danion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. International Meeting on Ischemia Reperfusion Injury (IMIRT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Poitiers, France. Wiley-Blackwell, Transplant International, 29, 1 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objective of 20 hours of liver preservation: development of a porcine experimental model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Savier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Danion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Hebrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. International Meeting on Ischemia Reperfusion Injury (IMIRT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Poitiers, France. Wiley-Blackwell, Transplant International, 29, 1 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the kinetic of brain death (BD) on hemodynamic in a preclinical porcin model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pinsard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Hebrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Debaene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Bruxelles, Belgium. Wiley-Blackwell, Transplant International, 28 (Suppl. 4), 2015, Transplant International. </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/tri.12702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId371"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thomas Kerforne </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">PUPH en Anesthésiologie-Réanimation & Médecine périopératoire.Chef de service adjoints aux soins critiques Médecin coordinateur des prélèvements d'organes et de tissus.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">kerforne-thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0611-4100</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">172292212</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">305398835</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000420239334</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (66)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donation after circulatory death heart transplantation: The French perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Dorent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guihaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naissa Abdoul-Anziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Goéminne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of cardiovascular diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 118 (6-7), pp.405-412. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.acvd.2025.03.120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathinone metabolism and biliary excretion in an ex-vivo pig liver model: example of 4-Cl-PVP and eutylone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brendan Le Daré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Patou Parvedy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Chemical Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 196, pp.115217. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fct.2024.115217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04926753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing the Immune Response in Pig-to-Human Heart Xenografts Using a Multimodal Diagnostic System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessia Giarraputo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Morgand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey Stern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fariza Mezine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Coutance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 152 (22), pp.1552-1563. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1161/CIRCULATIONAHA.125.074971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05513505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Healthcare-associated infections in patients with severe COVID-19 supported with extracorporeal membrane oxygenation: a nationwide cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nesseler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylou Para</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alizée Porto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (1), pp.54. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13054-024-04832-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04477794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chlorhexidine-alcohol compared with povidone-iodine-alcohol skin antisepsis protocols in major cardiac surgery: a randomized clinical trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christian Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas D’ostrevy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Burbassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intensive Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Online ahead of print. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00134-024-07693-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04785413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ceftriaxone to prevent early ventilator-associated pneumonia in patients with acute brain injury: a multicentre, randomised, double-blind, placebo-controlled, assessor-masked superiority trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigismond Lasocki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Francois Perrigault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Geeraerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (5), pp.375-385. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s2213-2600(23)00471-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Healthcare-associated infections in patients with severe COVID-19 supported with extracorporeal membrane oxygenation: a nationwide cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nesseler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylou Para</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alizée Porto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (1), pp.54. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13054-024-04832-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevention of post-operative delirium using an overnight infusion of dexmedetomidine in patients undergoing cardiac surgery: a pragmatic, randomized, double-blind, placebo-controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gargadennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Ferréol Oilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Rozec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nesseler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Critical Care, 28 (1), pp.64. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13054-024-04842-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04506634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypothermia for expanded criteria organ donors in kidney transplantation in France (HYPOREME): a multicentre, randomised controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Canet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noëlle Brule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Pere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Feuillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Blancho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (9), pp.693-702. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S2213-2600(24)00117-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuation vs Discontinuation of Renin-Angiotensin System Inhibitors Before Major Noncardiac Surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Falcone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cholley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Charbonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Delaporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JAMA Cardiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 332 (12), pp.970-978. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1001/jama.2024.17123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veno-Arterial Extracorporeal Membrane Oxygenation for Circulatory Failure in COVID-19 Patients: Insights from the ECMOSARS Registry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amedeo Anselmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylou Para</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mongardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alizée Porto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cardio-Thoracic Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 64 (3), pp.ezad229. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ejcts/ezad229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124452v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between 5 extractions methods in either plasma or serum to determine the optimal extraction and matrix combination for human metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryne Lepoittevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Blancart-Remaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hauet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cellular and Molecular Biology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 28 (1), pp.43. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s11658-023-00452-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tissue Injury Protection: The Other Face of Anticoagulant Treatments in the Context of Ischemia and Reperfusion Injury with a Focus on Transplantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hauet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Macchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (24), pp.17491. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms242417491⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04831676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Radial Arterial Location on Catheter Lifetime in ICU Surgical Intensive Care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Barrau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Frasca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care Explorations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5 (4), pp.e0905. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/CCE.0000000000000905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04141506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the Brain-based Determination of Death When Organ Recovery Is Performed With DCDD In Situ Normothermic Regional Perfusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Bernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Domínguez-Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Glazier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Gardiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Manara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 107 (8), pp.1650-1654. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/TP.0000000000004642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surgical aspects of multi-organ harvesting for transplantation; [Aspects chirurgicaux du prélèvement multiorganes en vue de greffes]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Rayar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 68 (878), pp.33-36. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2023.07.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veno-arterial extracorporeal membrane oxygenation for circulatory failure in COVID-19 patients: insights from the ECMOSARS registry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amedeo Anselmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylou Para</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mongardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alizée Porto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cardio-Thoracic Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 64 (3), </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ejcts/ezad229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paving the Way for Personalized Medicine in First Kidney Transplantation: Interest of a Creatininemia Latent Class Analysis in Early Post-transplantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Ducousso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Duthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplant International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/ti.2023.10685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dexmedetomidine after Cardiac Surgery for Prevention of Delirium (EXACTUM) trial protocol: a multicentre randomised, double-blind, placebo-controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gargadennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Ferréol Oilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Rozec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nesseler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigismond Lasocki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (4), pp.e058968. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2021-058968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04074759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to improve results after DCD (donation after circulation death)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryne Lepoittevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Presse Médicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (4), pp.104143. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lpm.2022.104143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05097897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular Markers of Kidney Transplantation Outcome: Current Omics Tools and Future Developments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryne Lepoittevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hauet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Thuillier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (11), pp.6318. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms23116318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05097900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of iron store on red blood cell transfusion: a multicentre prospective cohort study in cardiac surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Gaudriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Ferreol Oilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Ecoffey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Anesthesiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (1), pp.74. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12871-022-01616-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of targeted hypothermia in expanded-criteria organ donors on recipient kidney-graft function: study protocol for a multicentre randomised controlled trial (HYPOREME)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noëlle Brulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Canet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Péré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Feuillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Hourmant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, BMJ Open, 12 (3), pp.e052845. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2021-052845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04509001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preservation of Organs to Be Transplanted: An Essential Step in the Transplant Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryne Lepoittevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Barrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Badet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (9), pp.4989. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms23094989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bleeding and thrombotic events in patients with severe COVID-19 supported with extracorporeal membrane oxygenation: a nationwide cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Flecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Rozec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Gouin-Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intensive Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 48 (8), pp.1039-1052. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00134-022-06794-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alarming Tuberculosis Rate Among People Who Inject Drugs in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Thu Trang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luong Anh Ngoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dao Thi Dieu Thuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Laureillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Forum Infectious Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (2), pp.e1003528. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ofid/ofab548⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03678020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actualisation du prélèvement d’organe de patients décédés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Allain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anesthésie &amp; Réanimation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (4), pp.363-372. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anrea.2022.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bleeding and thrombotic events in patients with severe COVID-19 supported with extracorporeal membrane oxygenation: a nationwide cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Flecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Rozec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Gouin-Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intensive Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 48 (8), pp.1039-1052. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00134-022-06794-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03723430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal donation of kidney transplants after controlled circulatory death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Savoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Branchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Riou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (7), pp.2424-2436. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ajt.16425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03996957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infectious complications of Midline catheters: an epidemiological study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Queixalos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (3), pp.100887. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2021.100887⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03276924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous Pneumatic Regulation of Tracheal Cuff Pressure to Decrease Ventilator-associated Pneumonia in Trauma Patients Who Were Mechanically Ventilated</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marjanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Asehnoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Foucrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigismond Lasocki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 160 (2), pp.499-508. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chest.2021.03.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual Reality for Sedation During Atrial Fibrillation Ablation in Clinical Practice: Observational Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Roxburgh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Guenancia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Pernollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bouleti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (5), pp.e26349. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/26349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of treating iron deficiency, diagnosed according to hepcidin quantification, on outcomes after a prolonged ICU stay compared to standard care: a multicenter, randomized, single-blinded trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigismond Lasocki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Asfar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Jaber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Ferrandiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25, pp.62. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13054-020-03430-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03146997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benefit from extending infusion set replacement intervals of central venous and arterial catheters in hospitalised patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Guenezan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (3), pp.100884. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2021.100884⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03623654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical comparison of ELISA and mass spectrometry for quantification of serum hepcidin in critically ill patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Herkert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2021-0069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated closed-loop versus standard manual oxygen administration after major abdominal or thoracic surgery: an international multicentre randomised controlled study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan L'Her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Jaber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Verzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Huiban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Respiratory Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.2000182. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1183/13993003.00182-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Liver Quality after Circulatory Death versus Brain Death: A Comparative Preclinical Pig Model Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Danion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bruneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Tomasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (23), pp.9040. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms21239040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05097903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The inhibition of eIF5A hypusination by GC7, a preconditioning protocol to prevent brain death‐induced renal injuries in a preclinical porcine kidney transplantation model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Zely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ameteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (12), pp.3326-3340. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ajt.15994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multicentre, open-label, randomised, controlled clinical trial comparing 2% chlorhexidine-70% isopropanol and 5% povidone iodine-69% ethanol for skin antisepsis in reducing surgical-site infection after cardiac surgery: the CLEAN 2 study protocol.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Corbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Camilleri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Debauchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (6), pp.e026929. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-026929⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated oxygen administration versus conventional oxygen therapy after major abdominal or thoracic surgery: study protocol for an international multicentre randomised controlled study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan L’her</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Jaber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Verzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Huiban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), pp.e023833. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-023833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapid or slow time to brain death? Impact on kidney graft injuries in an allotransplantation porcine model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Danion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 20 (15), pp.3671. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms20153671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preclinical Modeling of DCD Class III Donation: Paving the Way for the Increased Use of This Challenging Donor Type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Soussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Leblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Goujon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioMed Research International </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2019, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2019/5924101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03279411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypercholesterolemia-induced increase in plasma oxidized LDL abrogated pro angiogenic response in kidney grafts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Favreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tackwa Khalifeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souleymane Maiga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Translational Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 17 (1), </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12967-018-1764-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03332362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining the optimal duration for normothermic regional perfusion in the kidney donor: A porcine preclinical study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ameteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (3), pp.737-751. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ajt.15063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01948305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thoracic Epidural Analgesia and Mortality in Acute Pancreatitis A Multicenter Propensity Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jabaudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouria Belhadj-Tahar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rimmelé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Joannes-Boyau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bulyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46 (3), pp.e198-e205. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/CCM.0000000000002874⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subcutaneous cardioverter defibrillator has longer time to therapy but is less cardiotoxic than transvenous cardioverter defibrillator. Study carried out in a preclinical porcine model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigue Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Inal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Favreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hauet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EP-Europace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (5), pp.873 - 879. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/europace/eux074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of noninvasive and minimally invasive pulse contour analysis to measure stroke volume during major surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Pontier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Frasca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Anaesthesiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (11), pp.895-896. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/EJA.0000000000000848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra-operative cutaneous temperature monitoring with zero-heat-flux technique (3M SpotOn) in comparison with oesophageal and arterial temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouk Alaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Debaene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Anaesthesiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.1. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/EJA.0000000000000822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barriers and Advances in Kidney Preservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Steichen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Barrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Badet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioMed Research International </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2018/9206257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation by Polymyxin-B Hemoperfusion of Inflammatory Response Related to Severe Peritonitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Coudroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Payen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Launey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Lukaszewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Kaaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shock</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 47 (1), pp.93-99. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/SHK.0000000000000725⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01451659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquired systemic-to-pulmonary venous shunt or persistent left superior vena cava? A rare right-to-left shunt case-based discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Gamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Raud-Raynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Velasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Christiaens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cardiovascular Echography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 27 (3), pp.104. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4103/jcecho.jcecho_42_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy of Zero-Heat-Flux Cutaneous Temperature in Intensive Care Adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 45 (7), pp.e715 - e717. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/CCM.0000000000002317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perioperative management of asplenic patients in France: A national survey among anaesthetists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 36 (6), pp.359 - 363. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2017.06.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-faceted strategy to reduce ventilation-associated mortality in brain-injured patients. The BI-VILI project: a nationwide quality improvement project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Asehnoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Mrozek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre François Perrigault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Seguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intensive Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 43 (7), pp.957 - 970. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00134-017-4764-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhibition of coagulation proteases Xa and IIa decreases ischemia-reperfusion injuries in a preclinical renal transplantation model.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solenne Tillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Saint-Yves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Joffrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translational Research, The Journal of Laboratory and Clinical Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 178, pp.95-106. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trsl.2016.07.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01376194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation des reins par machine de perfusion : une fenêtre pour l'évaluation et le conditionnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hauet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Courrier de la Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2016 (4), pp.24-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01594200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une personnalisation de la conservation des greffons rénaux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Favreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hauet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pinsard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12 (6), pp.437-442. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nephro.2016.02.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategies to optimize kidney recovery and preservation in transplantation: specific aspects in pediatric transplantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tackwa Khalifeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Baulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Coudroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Nephrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 30 (8), pp.1243 - 1254. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00467-014-2924-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skin antisepsis with chlorhexidine–alcohol versus povidone iodine–alcohol, with and without skin scrubbing, for prevention of intravascular-catheter-related infection (CLEAN): an open-label, multicentre, randomised, controlled, two-by-two factorial trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Lucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Souweine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 386 (10008), pp.2069-2077. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0140-6736(15)00244-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a preclinical model of donation after circulatory determination of death for translational application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Thuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Saint-Yves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplantation Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 3 (1), </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/2047-1440-3-13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de la modulation mitochondriale au cours de la conservation rénale: évaluation dans un modèle préclinique de donneur décédé par arrêt cardiaque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Codas-Duarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Baulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Saintyves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Barrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progrès en Urologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (13), pp.802 - 803. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.purol.2014.08.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01931430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound diagnosis of nasogastric tube misplacement into the trachea during bypass surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Chaillan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Géraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Anaesthesia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 111 (6), pp.1032-1033. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bja/aet399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate and easy to learn ultrasound sign to confirm correct tracheal intubation in cadaver model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petitpas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Scepi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Loupec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Anaesthesia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 111 (3), pp.510-511. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bja/aet270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment on “A novel approach to confirming nasogastric tube placement in the ED”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petitpas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Emergency Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 30 (4), pp.631-632. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ajem.2012.01.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound-Guided Peripheral Venous Access in Severely Ill Patients With Suspected Difficult Vascular Puncture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petitpas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Frasca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Goudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 141 (1), pp.279-280. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1378/chest.11-2054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asthme aigu grave : l’administration d’isoflurane par l’AnaConDa™ est-elle sans risque ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Chaillan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Badin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Voultoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pinsard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Françaises d'Anesthésie et de Réanimation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (1), pp.70-72. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.annfar.2010.10.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du métabolisme hépatique des xénobiotiques à l’aide d’un modèle de foie porcin perfusé ex vivo : exemple du tramadol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gicquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brendan Le Daré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angéline Kernalléguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32e congrès SFTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Dijon, France. pp.S50-S51, </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.toxac.2024.03.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04694784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet protecteur du lactate chez le Donneur Décédé après Arrêt Circulatoire Maastricht 3, in vitro, et mise au point in vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Wairy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Danion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Coué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouest Transplant Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05204362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preclinical Modeling of DCD class III Donation and Evaluation of the Most Adapted Preservation Protocol: Paving the Way for the Increased Use of this Challenging Donor Type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Soussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Barrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th World Congress of the International-Pancreas-and-Islet-Transplant-Association (IPITA) 27th International Congress of the Transplantation-Society (TTS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Madrid, Spain. pp.1, </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/01.tp.0000543823.93493.ce⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preventive GC7 reduces brain death-induce renal injuries in a preclinical porcine model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippine Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Inal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Hannaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Annual Congress of the French Speaking Society of Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Liège, Belgium, Belgium. 29 p., </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/tri.12885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of mitochondrial modulation during kidney preservation: evaluation in a preclinical model of deceased after circulatory death donor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Codas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Baulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Saintyves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">During abdominal normothermic oxygenation recirculation in donors deceased after circulatory death the supra diaphragmatic territory is not really excluded</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pinsard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Favreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Congress of the European Society for Organ Trans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conséquences de la mort encéphalique et réanimation du donneur d’organes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pinsard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55e congrès de la Société Française d'Anesthésie-Réanimation (Congrès SFAR 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Anesthésie-Réanimation (SFAR), Sep 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of hemodynamics, coagulation and inflammation in the use of normothermic regional circulation (NCR) in a porcine model of non beating heart donor (NBHD)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Guiraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Alain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Hebrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Annual congress of the French Speaking Sciety of Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Organ Transplantation., Dec 2012, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interest of Treating Iron Deficiency, Diagnosed According to Hepcidin Quantification, on Outcomes After a Prolonged Icu Stay Compared to Standard Care: A Multicenter, Randomized, Single-blinded Trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigismond Lasocki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Asfar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Jaber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Ferrandiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of algorithms for predicting survival of a patient treated with extracorporeal membrane oxygenation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Thuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Hauet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO/2021/204760. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05099594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment optimiser le processus du don d’organes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anesthésie &amp; Réanimation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6 (6), pp.561-569, 2020, </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anrea.2020.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The normothermic regional perfusion: a time for assessment and conditioning of organ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Danion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. International Meeting on Ischemia Reperfusion Injury (IMIRT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Poitiers, France. Wiley-Blackwell, Transplant International, 29, 1 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objective of 20 hours of liver preservation: development of a porcine experimental model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Savier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Danion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Hebrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. International Meeting on Ischemia Reperfusion Injury (IMIRT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Poitiers, France. Wiley-Blackwell, Transplant International, 29, 1 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the kinetic of brain death (BD) on hemodynamic in a preclinical porcin model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pinsard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Hebrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Debaene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mimoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Bruxelles, Belgium. Wiley-Blackwell, Transplant International, 28 (Suppl. 4), 2015, Transplant International. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/tri.12702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId372"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="28FC38E8"/>
+    <w:nsid w:val="595C0EF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/kerforne-thomas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0611-4100" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/172292212" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/305398835" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000420239334" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926753v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pelletier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Le Dar&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kerforne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Patou Parvedy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lemaitre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2024.115217" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068060v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dorent" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guihaire" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naissa Abdoul-Anziz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Go&#233;minne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvd.2025.03.120" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513505v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Giarraputo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Morgand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Stern" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariza Mezine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Coutance" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCULATIONAHA.125.074971" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500306v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nesseler" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mansour" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Schmidt" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylou Para" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Porto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-024-04832-3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506634v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gargadennec" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ferr&#233;ol Oilleau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Rozec" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-024-04842-1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785413v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boisson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Allain" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christian Roussel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas D&#8217;ostrevy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Burbassi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-024-07693-0" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04477794v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659798v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dahyot-Fizelier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigismond Lasocki" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Francois Perrigault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Geeraerts" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s2213-2600(23)00471-x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769399v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Canet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Brule" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pere" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Feuillet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Blancho" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(24)00117-6" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683070v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Legrand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Falcone" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cholley" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Charbonneau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Delaporte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2024.17123" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191577v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Bernat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Dom&#237;nguez-Gil" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Glazier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dale Gardiner" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Manara" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000004642" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141506v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Marie" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barrau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Frasca" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCE.0000000000000905" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226718v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rayar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2023.07.008" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831676v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carr&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hauet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Macchi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms242417491" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249335v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryne Lepoittevin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Blancart-Remaury" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pellerin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11658-023-00452-x" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124452v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Anselmi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mongardon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ejcts/ezad229" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500319v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191570v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Ducousso" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vall&#233;e" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Castilla" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Duthe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2023.10685" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074759v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-058968" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097897v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Giraud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Thuillier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2022.104143" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04509001v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Brul&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Hourmant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-052845" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097900v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23116318" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522310v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Barrou" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Badet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23094989" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631045v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gaudriot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ferreol Oilleau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ecoffey" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12871-022-01616-6" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500366v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Flecher" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gouin-Thibault" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-022-06794-y" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678020v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Thu Trang" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luong Anh Ngoc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dao Thi Dieu Thuy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nagot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Laureillard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofab548" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191563v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry B&#233;nard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anrea.2022.05.009" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723430v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996957v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Savoye" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Legeai" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Branchereau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gay" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Riou" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.16425" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276924v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Queixalos" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Papet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2021.100887" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464545v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marjanovic" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Asehnoune" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Foucrier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2021.03.007" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191532v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roxburgh" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Li" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Guenancia" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Pernollet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bouleti" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/26349" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146997v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Asfar" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Jaber" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Ferrandiere" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-020-03430-3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623654v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Guenezan" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mimoz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2021.100884" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258593v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Delaby" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Vialaret" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hirtz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lefebvre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Herkert" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2021-0069" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924879v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan L'Her" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Verzilli" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jacob" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Huiban" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.00182-2020" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097903v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Danion" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bruneval" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Tomasi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21239040" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904792v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Giraud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Zely" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ameteau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couturier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.15994" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477804v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corbi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Camilleri" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Debauchez" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-026929" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270575v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Danion" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Thuillier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20153671" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279411v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Soussi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rod" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Leblanc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Goujon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/5924101" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332362v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Favreau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tackwa Khalifeh" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Maiga" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Allain" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12967-018-1764-4" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989976v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan L&#8217;her" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-023833" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948305v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bon" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.15063" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01744442v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jabaudon" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouria Belhadj-Tahar" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rimmel&#233;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joannes-Boyau" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bulyez" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000002874" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928696v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Garcia" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Inal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jayle" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/europace/eux074" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541323v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pontier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EJA.0000000000000848" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541314v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Alaux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Debaene" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EJA.0000000000000822" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346840v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Steichen" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giraud" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barrou" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Badet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/9206257" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935589v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Lamarche" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Giraud" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000002317" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191509v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gamet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Raud-Raynier" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Velasco" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Christiaens" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4103/jcecho.jcecho_42_16" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01451659v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coudroy" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Payen" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Launey" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Lukaszewicz" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Kaaki" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/SHK.0000000000000725" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935600v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Rousseau" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2017.06.009" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775139v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Mrozek" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fran&#231;ois Perrigault" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Seguin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-017-4764-6" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594200v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601902v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pinsard" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2016.02.020" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4GX94SD4-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01376194v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Tillet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Saint-Yves" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Joffrion" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trsl.2016.07.014" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928124v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Baulier" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Pape" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Coudroy" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00467-014-2924-2" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477948v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lucet" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pascal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Souweine" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(15)00244-5" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NKC8LN8S-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927946v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Thuret" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Delpech" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2047-1440-3-13" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931430v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Codas-Duarte" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Baulier" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delpech" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Saintyves" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2014.08.045" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191496v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Petitpas" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Scepi" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Loupec" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Dufour" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bja/aet270" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191490v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chaillan" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c G&#233;raud" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bja/aet399" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474368v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Lacroix" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajem.2012.01.004" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JTNQ1P1Z-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474499v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Goudet" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Robert" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1378/chest.11-2054" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191502v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Badin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Voultoury" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annfar.2010.10.017" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q5T91T1M-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694784v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gicquel" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Kernall&#233;guen" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxac.2024.03.076" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204362v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Wairy" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cou&#233;" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737875v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.tp.0000543823.93493.ce" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603786v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kerforne" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Couturier" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Inal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hannaert" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.12885" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739915v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Codas" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Saintyves" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740348v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191623v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746700v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guiraud" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Alain" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Hebrard" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941084v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099594v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bossard" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191599v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anrea.2020.10.003" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742117v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Allain" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Danion" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740357v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Savier" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rossignol" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595364v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.12702" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/kerforne-thomas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0611-4100" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/172292212" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/305398835" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000420239334" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068060v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dorent" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guihaire" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kerforne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naissa Abdoul-Anziz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Go&#233;minne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvd.2025.03.120" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926753v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pelletier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Le Dar&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Patou Parvedy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lemaitre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2024.115217" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513505v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Giarraputo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Morgand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Stern" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariza Mezine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Coutance" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCULATIONAHA.125.074971" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04477794v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nesseler" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mansour" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Schmidt" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylou Para" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Porto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-024-04832-3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785413v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boisson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Allain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christian Roussel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas D&#8217;ostrevy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Burbassi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-024-07693-0" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659798v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dahyot-Fizelier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigismond Lasocki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Francois Perrigault" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Geeraerts" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s2213-2600(23)00471-x" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500306v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506634v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gargadennec" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ferr&#233;ol Oilleau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Rozec" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-024-04842-1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769399v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Canet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Brule" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pere" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Feuillet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Blancho" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(24)00117-6" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683070v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Legrand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Falcone" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cholley" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Charbonneau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Delaporte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2024.17123" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124452v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Anselmi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mongardon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ejcts/ezad229" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249335v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryne Lepoittevin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Blancart-Remaury" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pellerin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hauet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11658-023-00452-x" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831676v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carr&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Macchi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms242417491" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141506v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Marie" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barrau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Frasca" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCE.0000000000000905" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191577v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Bernat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Dom&#237;nguez-Gil" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Glazier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dale Gardiner" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Manara" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000004642" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226718v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rayar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2023.07.008" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500319v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191570v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Ducousso" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vall&#233;e" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Castilla" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Duthe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2023.10685" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074759v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-058968" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097897v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Giraud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Thuillier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2022.104143" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097900v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23116318" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631045v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gaudriot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ferreol Oilleau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ecoffey" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12871-022-01616-6" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04509001v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Brul&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Hourmant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-052845" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522310v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Barrou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Badet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23094989" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500366v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Flecher" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gouin-Thibault" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-022-06794-y" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678020v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Thu Trang" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luong Anh Ngoc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dao Thi Dieu Thuy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nagot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Laureillard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofab548" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191563v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry B&#233;nard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anrea.2022.05.009" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723430v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996957v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Savoye" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Legeai" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Branchereau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gay" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Riou" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.16425" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276924v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Queixalos" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Papet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2021.100887" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464545v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marjanovic" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Asehnoune" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Foucrier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2021.03.007" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191532v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roxburgh" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Li" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Guenancia" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Pernollet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bouleti" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/26349" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146997v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Asfar" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Jaber" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Ferrandiere" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-020-03430-3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623654v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Guenezan" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mimoz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2021.100884" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258593v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Delaby" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Vialaret" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hirtz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lefebvre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Herkert" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2021-0069" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924879v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan L'Her" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Verzilli" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jacob" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Huiban" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.00182-2020" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097903v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Danion" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bruneval" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Tomasi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21239040" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904792v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Giraud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Zely" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ameteau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couturier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.15994" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477804v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corbi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Camilleri" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Debauchez" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-026929" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989976v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan L&#8217;her" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-023833" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270575v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Danion" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Thuillier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20153671" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279411v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Soussi" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rod" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Leblanc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Goujon" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/5924101" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332362v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Favreau" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tackwa Khalifeh" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Maiga" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Allain" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12967-018-1764-4" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948305v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bon" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.15063" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01744442v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jabaudon" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouria Belhadj-Tahar" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rimmel&#233;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joannes-Boyau" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bulyez" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000002874" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928696v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Garcia" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Inal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jayle" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/europace/eux074" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541323v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pontier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EJA.0000000000000848" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541314v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Alaux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Debaene" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EJA.0000000000000822" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346840v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Steichen" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giraud" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barrou" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Badet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/9206257" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01451659v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coudroy" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Payen" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Launey" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Lukaszewicz" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Kaaki" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/SHK.0000000000000725" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191509v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gamet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Raud-Raynier" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Velasco" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Christiaens" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4103/jcecho.jcecho_42_16" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935589v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Lamarche" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Giraud" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000002317" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935600v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Rousseau" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2017.06.009" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GWLXS45L-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775139v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Mrozek" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fran&#231;ois Perrigault" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Seguin" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-017-4764-6" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01376194v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Tillet" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Saint-Yves" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Joffrion" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trsl.2016.07.014" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594200v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601902v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pinsard" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2016.02.020" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4GX94SD4-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928124v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Baulier" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Pape" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Coudroy" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00467-014-2924-2" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477948v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lucet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pascal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Souweine" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(15)00244-5" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NKC8LN8S-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927946v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Thuret" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Delpech" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2047-1440-3-13" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931430v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Codas-Duarte" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Baulier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delpech" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Saintyves" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2014.08.045" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191490v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chaillan" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c G&#233;raud" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bja/aet399" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191496v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Petitpas" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Scepi" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Loupec" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Dufour" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bja/aet270" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474368v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Lacroix" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajem.2012.01.004" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JTNQ1P1Z-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474499v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Goudet" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Robert" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1378/chest.11-2054" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191502v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Badin" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Voultoury" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annfar.2010.10.017" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q5T91T1M-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694784v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gicquel" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Kernall&#233;guen" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxac.2024.03.076" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204362v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Wairy" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cou&#233;" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737875v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.tp.0000543823.93493.ce" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603786v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kerforne" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Couturier" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Inal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hannaert" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.12885" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739915v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Codas" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Saintyves" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740348v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191623v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746700v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guiraud" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Alain" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Hebrard" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941084v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099594v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bossard" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191599v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anrea.2020.10.003" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742117v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Allain" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Danion" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740357v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Savier" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rossignol" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595364v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.12702" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>