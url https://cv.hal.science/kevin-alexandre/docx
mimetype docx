--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -632,2971 +632,2971 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05352140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">At-admission prediction of mortality and pulmonary embolism in an international cohort of hospitalised patients with COVID-19 using statistical and machine learning methods</w:t>
+                <w:t xml:space="preserve">Characteristics and outcomes of COVID-19 patients admitted to hospital with and without respiratory symptoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Munib Mesinovic</w:t>
+                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xin Ci Wong</w:t>
+                <w:t xml:space="preserve">Christiana Kartsonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giri Shan Rajahram</w:t>
+                <w:t xml:space="preserve">Elsa Ibáñez-Prada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
+                <w:t xml:space="preserve">Bronner Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kalaiarasu Peariasamy</w:t>
+                <w:t xml:space="preserve">Joaquin Baruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 14 (1), pp.16387. </w:t>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (10), pp.e29591. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-63212-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e29591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04831133v2</w:t>
+                <w:t xml:space="preserve">hal-04831141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individual health insurance data of antibiotic delivery in previous months as a tool to predict bacterial resistance of urinary tract infection: A prospective cohort study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kévin Alexandre</w:t>
+                <w:t xml:space="preserve">Characteristics and outcomes of COVID-19 patients admitted to hospital with and without respiratory symptoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiana Kartsonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Gillibert</w:t>
+                <w:t xml:space="preserve">Elsa D Ibáñez-Prada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Dahyot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Francis Kuhn</w:t>
+                <w:t xml:space="preserve">Bronner P Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquin Baruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infectious Diseases Now</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.idnow.2024.104942⟩</w:t>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10, pp.e29591. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e29591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04669488v1</w:t>
+                <w:t xml:space="preserve">hal-04702019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 52-year-old immunocompromised man with an unusual cause of infectious lung cavitary inducing acute respiratory failure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tifany Vatignez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Lemée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Morisse-Pradier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tifany Vatignez</w:t>
+                <w:t xml:space="preserve">Priscille Carvalho-Lallement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Respiratory Medicine and Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 86 (10), pp.101101. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.resmer.2024.101101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05308614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex differences in post-acute neurological sequelae of SARS-CoV-2 and symptom resolution in adults after coronavirus disease 2019 hospitalization: an international multi-centre prospective observational study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Individual health insurance data of antibiotic delivery in previous months as a tool to predict bacterial resistance of urinary tract infection: A prospective cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Gillibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dahyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sung-Min Cho</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jacky Suen</w:t>
+                <w:t xml:space="preserve">Francis Kuhn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/braincomms/fcae036⟩</w:t>
+              <w:t xml:space="preserve">Infectious Diseases Now</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 54 (6), pp.104942. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.idnow.2024.104942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04831170v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04669488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics and outcomes of COVID-19 patients admitted to hospital with and without respiratory symptoms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
+                <w:t xml:space="preserve">Sex differences in post-acute neurological sequelae of SARS-CoV-2 and symptom resolution in adults after coronavirus disease 2019 hospitalization: an international multi-centre prospective observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sung-Min Cho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lavienraj Premraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Battaglini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathon Paul Fanning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christiana Kartsonaki</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Joaquin Baruch</w:t>
+                <w:t xml:space="preserve">Jacky Suen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heliyon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e29591⟩</w:t>
+              <w:t xml:space="preserve">Brain Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6 (2), pp.44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/braincomms/fcae036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04702019v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04831170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics and outcomes of COVID-19 patients admitted to hospital with and without respiratory symptoms</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christiana Kartsonaki</w:t>
+                <w:t xml:space="preserve">Are Escherichia coli causing recurrent cystitis just ordinary uropathogenic E. coli (UPEC) strains?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vautrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dahyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Leoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Ibáñez-Prada</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Joaquin Baruch</w:t>
+                <w:t xml:space="preserve">Maxime Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heliyon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e29591⟩</w:t>
+              <w:t xml:space="preserve">Virulence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), pp.57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/21505594.2024.2444689⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04831141v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04920727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are Escherichia coli causing recurrent cystitis just ordinary uropathogenic E. coli (UPEC) strains?</w:t>
+                <w:t xml:space="preserve">At-admission prediction of mortality and pulmonary embolism in an international cohort of hospitalised patients with COVID-19 using statistical and machine learning methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vautrin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Dahyot</w:t>
+                <w:t xml:space="preserve">Munib Mesinovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Leoz</w:t>
+                <w:t xml:space="preserve">Xin Ci Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Caron</w:t>
+                <w:t xml:space="preserve">Giri Shan Rajahram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Grand</w:t>
+                <w:t xml:space="preserve">Kalaiarasu Peariasamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virulence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (1), pp.57. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.16387. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/21505594.2024.2444689⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-63212-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04920727v1</w:t>
+                <w:t xml:space="preserve">hal-04831133v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thrombotic and hemorrhagic complications of COVID-19 in adults hospitalized in high-income countries compared with those in adults hospitalized in low- and middle-income countries in an international registry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long-term neurological symptoms after acute COVID-19 illness requiring hospitalization in adult patients: insights from the ISARIC-COVID-19 follow-up study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Battaglini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew Griffee</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Dorothea Rosenberger</w:t>
+                <w:t xml:space="preserve">Nicole White</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lavienraj Premraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Merson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research and Practice in Thrombosis and Haemostasis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rpth.2023.102142⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 271 (1), pp.79-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00415-023-12133-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04338492v1</w:t>
+                <w:t xml:space="preserve">hal-04399136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short-Course Versus Prolonged-Course Antimicrobial Therapy in Adults With Catheter-Related Septic Thrombosis: A Propensity-Weighted Retrospective Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characteristics and outcomes of an international cohort of 600 000 hospitalized patients with COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiana Kartsonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Kenneth Baillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noelia García Barrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquín Baruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Stoldick</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Abigail Beane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Forum Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ofid/ofad530⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 52 (2), pp.355-376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ije/dyad012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04853526v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04164628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics and outcomes of an international cohort of 600 000 hospitalized patients with COVID-19</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Abigail Beane</w:t>
+                <w:t xml:space="preserve">Contribution of Antibiotic Susceptibility Testing and CH Typing Compared to Next-Generation Sequencing for the Diagnosis of Recurrent Urinary Tract Infections Due to Genetically Identical Escherichia coli Isolates: a Prospective Cohort Study of Cystitis in Women</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vautrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Pestel-Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ije/dyad012⟩</w:t>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.02785-22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04164628v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05224420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term neurological symptoms after acute COVID-19 illness requiring hospitalization in adult patients: insights from the ISARIC-COVID-19 follow-up study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denise Battaglini</w:t>
+                <w:t xml:space="preserve">Association of Country Income Level With the Characteristics and Outcomes of Critically Ill Patients Hospitalized With Acute Kidney Injury and COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Wainstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Spyrison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danyang Dai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moji Ghadimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole White</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laura Merson</w:t>
+                <w:t xml:space="preserve">Jonathan Chávez-Iñiguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 271 (1), pp.79-86. </w:t>
+              <w:t xml:space="preserve">Kidney International Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (8), pp.1514-1530. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00415-023-12133-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ekir.2023.05.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04399136v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04338529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of Country Income Level With the Characteristics and Outcomes of Critically Ill Patients Hospitalized With Acute Kidney Injury and COVID-19</w:t>
+                <w:t xml:space="preserve">Implementation of Recommendations on the Use of Corticosteroids in Severe COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Wainstein</w:t>
+                <w:t xml:space="preserve">Félix Camirand-Lemyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Merson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Spyrison</w:t>
+                <w:t xml:space="preserve">Bharath Kumar Tirupakuzhi Vijayaraghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danyang Dai</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Chávez-Iñiguez</w:t>
+                <w:t xml:space="preserve">Aidan Burrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kidney International Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ekir.2023.05.015⟩</w:t>
+              <w:t xml:space="preserve">JAMA Network Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (12), pp.e2346502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1001/jamanetworkopen.2023.46502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04338529v1</w:t>
+                <w:t xml:space="preserve">hal-04372873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of Antibiotic Susceptibility Testing and CH Typing Compared to Next-Generation Sequencing for the Diagnosis of Recurrent Urinary Tract Infections Due to Genetically Identical Escherichia coli Isolates: a Prospective Cohort Study of Cystitis in Women</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Vautrin</w:t>
+                <w:t xml:space="preserve">Short-Course Versus Prolonged-Course Antimicrobial Therapy in Adults With Catheter-Related Septic Thrombosis: A Propensity-Weighted Retrospective Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Stoldick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Vannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Verdalle-Cazes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Alexandre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/spectrum.02785-22⟩</w:t>
+              <w:t xml:space="preserve">Open Forum Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ofid/ofad530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05224420v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of Recommendations on the Use of Corticosteroids in Severe COVID-19</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thrombotic and hemorrhagic complications of COVID-19 in adults hospitalized in high-income countries compared with those in adults hospitalized in low- and middle-income countries in an international registry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Griffee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Camirand-Lemyre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laura Merson</w:t>
+                <w:t xml:space="preserve">Patricia Bozza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Felipe Reyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bharath Kumar Tirupakuzhi Vijayaraghavan</w:t>
+                <w:t xml:space="preserve">Devin Eddington</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aidan Burrell</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
+                <w:t xml:space="preserve">Dorothea Rosenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA Network Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 6 (12), pp.e2346502. </w:t>
+              <w:t xml:space="preserve">Research and Practice in Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (5), pp.102142. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1001/jamanetworkopen.2023.46502⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rpth.2023.102142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04372873v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04338492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ISARIC-COVID-19 dataset: A Prospective, Standardized, Global Dataset of Patients Hospitalized with COVID-19</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Respiratory support in patients with severe COVID-19 in the International Severe Acute Respiratory and Emerging Infection (ISARIC) COVID-19 study: a prospective, multinational, observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Felipe Reyes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Abbas</w:t>
+                <w:t xml:space="preserve">Srinivas Murthy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sheryl Ann Abdukahil</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurent Abel</w:t>
+                <w:t xml:space="preserve">Esteban Garcia-Gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Merson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Ibáñez-Prada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41597-022-01534-9⟩</w:t>
+              <w:t xml:space="preserve">Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 26 (1), pp.276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13054-022-04155-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03830494v1</w:t>
+                <w:t xml:space="preserve">hal-03932306v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased risk of severe COVID-19 in hospitalized patients with SARS-CoV-2 Alpha variant infection: a multicentre matched cohort study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Chapplain</w:t>
+                <w:t xml:space="preserve">Comment on: Pharmacodynamic evaluation of intermittent versus extended and continuous infusions of piperacillin/tazobactam in a hollow-fibre infection model against Klebsiella pneumoniae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Giry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Sarfati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Pestel-Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Wils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lamoureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12879-022-07508-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkac150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03727828v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenotypic and genotypic within-host diversity of Pseudomonas aeruginosa urinary isolates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Cottalorda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dahyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Soares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Zorgniotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-022-09234-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03665281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment on: Pharmacodynamic evaluation of intermittent versus extended and continuous infusions of piperacillin/tazobactam in a hollow-fibre infection model against Klebsiella pneumoniae</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabien Lamoureux</w:t>
+                <w:t xml:space="preserve">Increased risk of severe COVID-19 in hospitalized patients with SARS-CoV-2 Alpha variant infection: a multicentre matched cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Martin-Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Lescure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lambert Assoumou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Chapplain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jac/dkac150⟩</w:t>
+              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (1), pp.540. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12879-022-07508-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03670777v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03727828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Respiratory support in patients with severe COVID-19 in the International Severe Acute Respiratory and Emerging Infection (ISARIC) COVID-19 study: a prospective, multinational, observational study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luis Felipe Reyes</w:t>
+                <w:t xml:space="preserve">ISARIC-COVID-19 dataset: A Prospective, Standardized, Global Dataset of Patients Hospitalized with COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheryl Ann Abdukahil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nurul Najmee Abdulkadir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Srinivas Murthy</w:t>
+                <w:t xml:space="preserve">Ryuzo Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esteban Garcia-Gallo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Elsa Ibáñez-Prada</w:t>
+                <w:t xml:space="preserve">Laurent Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 26 (1), pp.276. </w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (1), pp.454. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13054-022-04155-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41597-022-01534-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03932306v2</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03830494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact on disease mortality of clinical, biological, and virological characteristics at hospital admission and overtime in COVID‐19 patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">COVID-19 symptoms at hospital admission vary with age and sex: results from the ISARIC prospective multinational observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheryl Ann Abdukahil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yazdan Yazdanpanah</w:t>
+                <w:t xml:space="preserve">Ali Ait Hssain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alpha Diallo</w:t>
+                <w:t xml:space="preserve">Younes Ait Tamlihat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Paul</w:t>
+                <w:t xml:space="preserve">Kazali Enagnon Alidjnou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Mercier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Soizic Le Mestre</w:t>
+                <w:t xml:space="preserve">Carlos Alexandre Antunes de Brito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jmv.26601⟩</w:t>
+              <w:t xml:space="preserve">Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 49 (5), pp.889-905. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s15010-021-01599-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04121463v1</w:t>
+                <w:t xml:space="preserve">hal-03273644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The value of open-source clinical science in pandemic response: lessons from ISARIC [Comment]</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Abel</w:t>
+                <w:t xml:space="preserve">Impact on disease mortality of clinical, biological, and virological characteristics at hospital admission and overtime in COVID‐19 patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yazdan Yazdanpanah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpha Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soizic Le Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1473-3099(21)00565-X⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medical Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 93 (4), pp.2149-2159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jmv.26601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04098113v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04121463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19 symptoms at hospital admission vary with age and sex: results from the ISARIC prospective multinational observational study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">The value of open-source clinical science in pandemic response: lessons from ISARIC [Comment]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheryl Ann Abdukahil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Carlos Alexandre Antunes de Brito</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nurul Najmee Abdulkadir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryuzo Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 49 (5), pp.889-905. </w:t>
+              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (12), pp.1623-1624. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s15010-021-01599-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S1473-3099(21)00565-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03273644v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04098113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cardiopulmonary Exercise Testing to Assess Persistent Symptoms at 6 Months in People With COVID-19 Who Survived Hospitalization: A Pilot Study</w:t>
               </w:r>
@@ -3876,51 +3876,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Réveillon-Istin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dabor Resiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dahyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3978,295 +3978,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05320317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy of a ciprofloxacin/amikacin combination against planktonic and biofilm cultures of susceptible and low-level resistant Pseudomonas aeruginosa</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+                <w:t xml:space="preserve">Temocillin breakpoints in pyelonephritis: evaluation in a murine model due to ESBL-producing Escherichia coli clinical isolates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Soares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Chau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Fantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 74 (11), pp.3252-3259. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jac/dkz355⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 74 (5), pp.1323-1326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jac/dky569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02343583v1</w:t>
+                <w:t xml:space="preserve">hal-02372777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temocillin breakpoints in pyelonephritis: evaluation in a murine model due to ESBL-producing Escherichia coli clinical isolates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficacy of a ciprofloxacin/amikacin combination against planktonic and biofilm cultures of susceptible and low-level resistant Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Soares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lamoureux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Lemée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 74 (5), pp.1323-1326. </w:t>
+              <w:t xml:space="preserve">, 2019, 74 (11), pp.3252-3259. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jac/dky569⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkz355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02372777v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02343583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4392,277 +4392,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy of different Piperacillin-Tazobactam -Amikacin regimens against ESBL Escherichia coli in a Hollow Fiber Infection Model simulating sepsis augmented renal clearance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In Vitro efficacy of Cefepime/Enmetazobactam against AmpC ßlactamase-producing Enterobacterales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Marlat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Giry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Baulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabien Lamoureux</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariella Ganem</w:t>
+                <w:t xml:space="preserve">François Gravey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCMID</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05222678v1</w:t>
+                <w:t xml:space="preserve">hal-05222646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Vitro efficacy of Cefepime/Enmetazobactam against AmpC ßlactamase-producing Enterobacterales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficacy of different Piperacillin-Tazobactam -Amikacin regimens against ESBL Escherichia coli in a Hollow Fiber Infection Model simulating sepsis augmented renal clearance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Giry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Marlat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Baulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Manuel Etienne</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lamoureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Gravey</w:t>
+                <w:t xml:space="preserve">Ariella Ganem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCMID</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05222646v1</w:t>
+                <w:t xml:space="preserve">hal-05222678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of augmented renal clearance on in vitro bactericidal activity of Cefepime-Enmetazobactam against ESBL-producing Escherichia coli evaluated via a mechanism-based modeling</w:t>
               </w:r>
@@ -4687,64 +4687,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Marlat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Baulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lamoureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Gravey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCMID</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Vienne, Austria</w:t>
@@ -4892,484 +4892,480 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05222690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy of antimicrobial-lock therapy in catheter-related bloodstream infection</w:t>
+                <w:t xml:space="preserve">Surdosage en ß lactamines au cours du traitement par amoxicilline ceftriaxone dans l'endocardite infectieuse à Enterococcus faecalis : épidémiologie et devenir des patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Marlat</w:t>
+                <w:t xml:space="preserve">Nassim Boutouchent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Grosjean</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T. Pressat Laffouilhere</w:t>
+                <w:t xml:space="preserve">Isabelle Gueit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Wils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kévin Alexandre</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dahyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd European Congress of Clinical Microbiology &amp; Infectious Diseases (ECCMID)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Copenhagen, Denmark</w:t>
+              <w:t xml:space="preserve">24èmes Journées Nationales d'Infectiologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04184248v1</w:t>
+                <w:t xml:space="preserve">hal-04185346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recurrent cystitis episodes are caused by &amp;quot;ordinary&amp;quot; uropathogenic Escherichia coli strains</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maxime Grand</w:t>
+                <w:t xml:space="preserve">In vitro activity of hydroxychloroquine in combination with antibiotics against uropathogenic Escherichia coli intracellular bacterial colonies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Pargny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Vautrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Minlong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Ribet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Pestel-Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd European congress of clinical microbiology and infectious diseases (ECCMID)</w:t>
+              <w:t xml:space="preserve">33rd European Congress of Clinical Microbiology and Infectious Diseases (ECCMID 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04184212v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04184217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro activity of hydroxychloroquine in combination with antibiotics against uropathogenic Escherichia coli intracellular bacterial colonies</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">D Ribet</w:t>
+                <w:t xml:space="preserve">Short-Course Versus Prolonged-Course Antimicrobial Therapy in Adults With Catheter-Related Septic Thrombosis: a Propensity-Weighted Retrospective Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Stoldick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Pestel-Caron</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mikael Verdalles-Cazes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd European Congress of Clinical Microbiology and Infectious Diseases (ECCMID 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Copenhague, Denmark</w:t>
+              <w:t xml:space="preserve">ECCMID</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04184217v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04184293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Therapeutic drug monitoring in patients with infective endocarditis treated with amoxicillin plus ceftriaxone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassim Boutouchent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lamoureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Wils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dahyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33rd European Congress of Clinical Microbiology &amp; Infectious Diseases (ECCMID)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Copenhagen, Denmark. 23, 2019</w:t>
@@ -5384,531 +5380,535 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04184240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short-Course Versus Prolonged-Course Antimicrobial Therapy in Adults With Catheter-Related Septic Thrombosis: a Propensity-Weighted Retrospective Study</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Recurrent cystitis episodes are caused by &amp;quot;ordinary&amp;quot; uropathogenic Escherichia coli strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vautrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dahyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Leoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Grand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCMID</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Copenhagen, Denmark</w:t>
+              <w:t xml:space="preserve">33rd European congress of clinical microbiology and infectious diseases (ECCMID)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04184293v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04184212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surdosage en ß lactamines au cours du traitement par amoxicilline ceftriaxone dans l'endocardite infectieuse à Enterococcus faecalis : épidémiologie et devenir des patients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nassim Boutouchent</w:t>
+                <w:t xml:space="preserve">Efficacy of antimicrobial-lock therapy in catheter-related bloodstream infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Marlat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Gueit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Wils</w:t>
+                <w:t xml:space="preserve">T. Pressat Laffouilhere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Dahyot</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24èmes Journées Nationales d'Infectiologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Grenoble, France</w:t>
+              <w:t xml:space="preserve">33rd European Congress of Clinical Microbiology &amp; Infectious Diseases (ECCMID)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04185346v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04184248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activité d'associations Hydroxychloroquine-Antibiotique vis-à-vis de colonies bactériennes intracellulaires d'Escherichia coli</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M Pestel-Caron</w:t>
+                <w:t xml:space="preserve">Place des rechutes et de l'invasion de la paroi vésicale dans la physiopathologie des cystites récidivantes à Escherichia coli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vautrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ribet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dahyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Leoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RICAI 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée Normande de Recherche Biomédicale (JNRB 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04034434v1</w:t>
+                <w:t xml:space="preserve">hal-03706255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Place des rechutes et de l'invasion de la paroi vésicale dans la physiopathologie des cystites récidivantes à Escherichia coli</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie Leoz</w:t>
+                <w:t xml:space="preserve">Activité d'associations Hydroxychloroquine-Antibiotique vis-à-vis de colonies bactériennes intracellulaires d'Escherichia coli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Pargny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Vautrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Minlong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Ribet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Pestel-Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Normande de Recherche Biomédicale (JNRB 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Rouen, France</w:t>
+              <w:t xml:space="preserve">RICAI 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03706255v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04034434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractéristiques cliniques des infections ou colonisations urinaires à Pseudomonas aeruginosa</w:t>
               </w:r>
@@ -6144,51 +6144,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Escherichia coli : caractérisation moléculaire de souches de cystites récidivantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Vautrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Dahyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6295,51 +6295,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Réveillon-Istin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Delbos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6388,260 +6388,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02131944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Témocilline : concentration critique à 16mg/L d'après un modèle de pyélonéphrite à souches cliniques</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cystites : l'antibiorésistance est très dépendante du terrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Réveillon-Istin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Delbos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Normande de Recherche Biomédicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Caen, France</w:t>
+              <w:t xml:space="preserve">RICAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02266187v1</w:t>
+                <w:t xml:space="preserve">hal-02269349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cystites : l'antibiorésistance est très dépendante du terrain</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Témocilline : concentration critique à 16mg/L d'après un modèle de pyélonéphrite à souches cliniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Soares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RICAI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée Normande de Recherche Biomédicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02269349v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6993,51 +6993,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501498v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pedro Cidade" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Silvio Taccone" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Felipe Reyes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Merson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lef&#232;vre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40635-026-00864-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319080v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Baulier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Le Dentu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lozouet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Kam" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Kerdelhu&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10143-025-03891-6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352146v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Alexandre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Murillo-Torres" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Docobo-P&#233;rez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Pascual" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Manuel Rodr&#237;guez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.02338-25" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352140v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Giry" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Etienne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Kallout" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Alexandre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jgar.2025.10.009" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831133v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munib Mesinovic" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Ci Wong" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giri Shan Rajahram" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Wanjiru Citarella" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalaiarasu Peariasamy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-63212-7" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04669488v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gillibert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dahyot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Fabre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kuhn" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idnow.2024.104942" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308614v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifany Vatignez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lem&#233;e" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Morisse-Pradier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscille Carvalho-Lallement" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Alexandre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmer.2024.101101" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831170v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung-Min Cho" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavienraj Premraj" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Battaglini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathon Paul Fanning" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Suen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcae036" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702019v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiana Kartsonaki" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa D Ib&#225;&#241;ez-Prada" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bronner P Gon&#231;alves" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Baruch" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e29591" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831141v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Ib&#225;&#241;ez-Prada" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bronner Gon&#231;alves" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04920727v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vautrin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leoz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Caron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Grand" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21505594.2024.2444689" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04338492v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Griffee" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bozza" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devin Eddington" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothea Rosenberger" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rpth.2023.102142" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853526v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Stoldick" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Vannier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Verdalle-Cazes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofad530" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04164628v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Kenneth Baillie" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia Garc&#237;a Barrio" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Baruch" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Beane" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyad012" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399136v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole White" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-023-12133-y" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04338529v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Wainstein" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Spyrison" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danyang Dai" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moji Ghadimi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Ch&#225;vez-I&#241;iguez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2023.05.015" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224420v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pestel-Caron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bernard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.02785-22" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372873v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Camirand-Lemyre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharath Kumar Tirupakuzhi Vijayaraghavan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Burrell" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2023.46502" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03830494v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Abbas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheryl Ann Abdukahil" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurul Najmee Abdulkadir" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuzo Abe" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Abel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01534-9" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03727828v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin-Blondel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Lescure" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lambert Assoumou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Charpentier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chapplain" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-022-07508-x" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03665281v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Cottalorda" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Soares" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Zorgniotti" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-09234-5" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03670777v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Sarfati" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wils" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lamoureux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkac150" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03932306v2" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srinivas Murthy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Garcia-Gallo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-022-04155-1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04121463v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazdan Yazdanpanah" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alpha Diallo" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Paul" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Mercier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Le Mestre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.26601" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04098113v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(21)00565-X" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03273644v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ait Hssain" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Ait Tamlihat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazali Enagnon Alidjnou" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alexandre Antunes de Brito" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s15010-021-01599-5" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306279v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Debeaumont" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fairuz Boujibar" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Ferrand-Devouge" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Artaud-Macari" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Tamion" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ptj/pzab099" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687923v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Thi Tran" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Mah&#233;vas" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firouze Bani-Sadr" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robineau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perpoint" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2020.11.035" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05320317v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde R&#233;veillon-Istin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dabor Resiere" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Mehdaoui" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tmaid.2020.101555" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02343583v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Caron" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkz355" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02372777v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fantin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dky569" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04185170v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222678v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Marlat" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariella Ganem" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222646v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gravey" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222657v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222690v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sauco Carballo" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Murillo-Torres" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Docobo Perez" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Rodriguez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04184248v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marlat" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Grosjean" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pressat Laffouilhere" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184212v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184217v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Pargny" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Vautrin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Minlong" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ribet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Pestel-Caron" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04184240v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Boutouchent" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04184293v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Verdalles-Cazes" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04185346v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gueit" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04034434v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03706255v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ribet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02270974v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cottalorda" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Dahyot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Soares" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Etienne" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02268707v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02268733v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Fabre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pestel-Caron" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131944v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delbos" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02266187v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Caron" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02269349v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02435131v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019NORMR074" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01592138v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501498v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pedro Cidade" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Silvio Taccone" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Felipe Reyes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Merson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lef&#232;vre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40635-026-00864-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319080v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Baulier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Le Dentu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lozouet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Kam" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Kerdelhu&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10143-025-03891-6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352146v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Alexandre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Murillo-Torres" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Docobo-P&#233;rez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Pascual" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Manuel Rodr&#237;guez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.02338-25" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352140v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Giry" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Etienne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Kallout" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Alexandre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jgar.2025.10.009" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831141v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Wanjiru Citarella" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiana Kartsonaki" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Ib&#225;&#241;ez-Prada" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bronner Gon&#231;alves" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Baruch" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e29591" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702019v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa D Ib&#225;&#241;ez-Prada" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bronner P Gon&#231;alves" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308614v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifany Vatignez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lem&#233;e" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Morisse-Pradier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscille Carvalho-Lallement" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Alexandre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmer.2024.101101" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04669488v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gillibert" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dahyot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Fabre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kuhn" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idnow.2024.104942" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831170v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung-Min Cho" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavienraj Premraj" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Battaglini" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathon Paul Fanning" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Suen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcae036" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04920727v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vautrin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leoz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Caron" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Grand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21505594.2024.2444689" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831133v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munib Mesinovic" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Ci Wong" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giri Shan Rajahram" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalaiarasu Peariasamy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-63212-7" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399136v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole White" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-023-12133-y" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04164628v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Kenneth Baillie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia Garc&#237;a Barrio" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Baruch" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Beane" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyad012" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224420v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pestel-Caron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bernard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.02785-22" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04338529v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Wainstein" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Spyrison" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danyang Dai" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moji Ghadimi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Ch&#225;vez-I&#241;iguez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2023.05.015" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372873v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Camirand-Lemyre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharath Kumar Tirupakuzhi Vijayaraghavan" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Burrell" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2023.46502" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853526v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Stoldick" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Vannier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Verdalle-Cazes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofad530" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04338492v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Griffee" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bozza" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devin Eddington" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothea Rosenberger" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rpth.2023.102142" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03932306v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srinivas Murthy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Garcia-Gallo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-022-04155-1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03670777v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Sarfati" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wils" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lamoureux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkac150" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03665281v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Cottalorda" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Soares" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Zorgniotti" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-09234-5" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03727828v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin-Blondel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Lescure" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lambert Assoumou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Charpentier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chapplain" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-022-07508-x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03830494v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Abbas" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheryl Ann Abdukahil" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurul Najmee Abdulkadir" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuzo Abe" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Abel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01534-9" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03273644v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ait Hssain" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Ait Tamlihat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazali Enagnon Alidjnou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alexandre Antunes de Brito" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s15010-021-01599-5" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04121463v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazdan Yazdanpanah" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alpha Diallo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Paul" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Mercier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Le Mestre" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.26601" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04098113v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(21)00565-X" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306279v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Debeaumont" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fairuz Boujibar" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Ferrand-Devouge" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Artaud-Macari" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Tamion" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ptj/pzab099" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687923v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Thi Tran" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Mah&#233;vas" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firouze Bani-Sadr" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robineau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perpoint" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2020.11.035" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-05320317v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde R&#233;veillon-Istin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dabor Resiere" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Mehdaoui" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tmaid.2020.101555" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02372777v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fantin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Caron" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dky569" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02343583v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkz355" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04185170v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222646v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Marlat" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gravey" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222678v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariella Ganem" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222657v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222690v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sauco Carballo" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Murillo-Torres" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Docobo Perez" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Rodriguez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04185346v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Boutouchent" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gueit" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184217v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Pargny" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Vautrin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Minlong" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ribet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Pestel-Caron" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04184293v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Verdalles-Cazes" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04184240v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184212v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04184248v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marlat" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Grosjean" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pressat Laffouilhere" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03706255v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ribet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04034434v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02270974v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cottalorda" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Dahyot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Soares" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Etienne" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02268707v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02268733v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Fabre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pestel-Caron" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131944v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delbos" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02269349v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02266187v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Caron" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02435131v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019NORMR074" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01592138v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>