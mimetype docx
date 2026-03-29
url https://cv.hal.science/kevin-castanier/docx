--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -153,2755 +153,2824 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (39)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (40)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La demande de prorogation des effets du commandement de payer : la voie des conclusions s’impose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Créance indisponible et saisie-attribution : l’attribution immédiate différée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05495773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Expertise amiable et office du juge : l’exception contractuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Créance indisponible et saisie-attribution : l’attribution immédiate différée</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La preuve par tout moyen de la cause étrangère en matière de communication par voie électronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05454927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rejet d’un formalisme excessif en matière de recouvrement amiable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05519803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La preuve par tout moyen de la cause étrangère en matière de communication par voie électronique</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’incomplétude de la formule exécutoire constitue une irrégularité pour vice de forme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026</w:t>
+              <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04942095v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’action de groupe entre dans une nouvelle ère : la réforme tant attendue est promulguée (Partie 1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05068194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clap de fin pour la saisie des rémunérations judiciaire, le décret est enfin publié ! (Deuxième partie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04981101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interruption du délai de prescription par une assignation en déclaration de jugement commun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05252953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compétence du juge de l’exécution en cas d’absence de lettre de rappel dans le recouvrement fiscal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05121634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chèque impayé, titre exécutoire non judiciaire et pouvoir de contrôle du juge de l’exécution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05100161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Péremption d'instance et procédure orale sans représentation obligatoire en appel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05286721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présomption de pouvoir du signataire de l’avis de réception dans le cadre de la notification en la forme ordinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05309484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’appréciation du trouble manifestement illicite en cas de violation des principes de laïcité et de neutralité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05390028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inapplicabilité de l’article 6, § 1, de la Convention européenne et respect du formalisme des décisions dans les procédures de récusation et de renvoi pour cause de suspicion légitime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05329741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’achèvement de la réforme de l’action de groupe par l’ajustement des règles procédurales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05252952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absence d’effet extinctif de la dette du débiteur principal par l’ordonnance de contrainte prononcée contre le tiers saisi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05405669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Péremption d'instance et procédure orale sans représentation obligatoire en appel</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’action de groupe entre dans une nouvelle ère : la réforme tant attendue est promulguée (Partie 2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Chèque impayé, titre exécutoire non judiciaire et pouvoir de contrôle du juge de l’exécution</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05068195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clap de fin pour la saisie des rémunérations judiciaire, le décret est enfin publié ! (Première partie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’action de groupe entre dans une nouvelle ère : la réforme tant attendue est promulguée (Partie 2)</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04981100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modalités de contestation d’une prorogation du délai de péremption du commandement de payer valant saisie immobilière obtenue par requête</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Clap de fin pour la saisie des rémunérations judiciaire, le décret est enfin publié ! (Première partie)</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04996600v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’irrecevabilité du pourvoi contre la décision de reprise de la procédure de saisie immobilière en l’absence d’excès de pouvoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Modalités de contestation d’une prorogation du délai de péremption du commandement de payer valant saisie immobilière obtenue par requête</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05124715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La procédure d’indemnisation en cas de refus du concours de la force publique : un décret de codification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’irrecevabilité du pourvoi contre la décision de reprise de la procédure de saisie immobilière en l’absence d’excès de pouvoir</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05361850v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clap de fin pour la saisie des rémunérations judiciaire, le décret est enfin publié ! (Troisième partie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Clap de fin pour la saisie des rémunérations judiciaire, le décret est enfin publié ! (Troisième partie)</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nécessaire signification d’une décision pénale statuant sur les intérêts civils préalablement à son exécution forcée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05369309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'action de groupe à l'heure d'une réforme ambitieuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 22, pp.1112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05118814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La nécessaire signification d’une décision pénale statuant sur les intérêts civils préalablement à son exécution forcée</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le renouveau de la procédure civile à travers la pensée d’Henry Vizioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amplitude du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.56078/amplitude-droit.531⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04703574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le principe du contradictoire et la procédure de l'article 1436 du code de procédure civile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La procédure d’indemnisation en cas de refus du concours de la force publique : un décret de codification</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04830098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'office du juge de l'exécution à l'égard d'une exception de compensation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’incomplétude de la formule exécutoire constitue une irrégularité pour vice de forme</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04830101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarification et mise à jour des règles d'organisation et de fonctionnement de la justice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’action de groupe entre dans une nouvelle ère : la réforme tant attendue est promulguée (Partie 1)</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04830108v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En matière de contestation d'une saisie immobilière, rien ne sert de courir ; il faut partir à point</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Clap de fin pour la saisie des rémunérations judiciaire, le décret est enfin publié ! (Deuxième partie)</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04830106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Point de départ du délai d'opposition à une injonction de payer dans le cadre d'une saisie des rémunérations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le principe du contradictoire et la procédure de l'article 1436 du code de procédure civile</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04830104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En matière de contestation de saisie mobilière, le juge de l'exécution est mort, vive le tribunal judiciaire !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04830105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réflexions sur la procédure civile devant la juridiction unifiée du brevet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5, pp.9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04837187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La qualification d'ouvrage d'une yourte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15, pp.492</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04830114v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le dol du dirigeant social à l'encontre d'un tiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.423</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04830111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouvelles dispositions issues du décret n° 2019-1333 du 11 décembre 2019 relatives à l’exécution provisoire des jugements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03261279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vulnérabilité et justice civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'Ouest </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02534516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Open Data judiciaire : quelle effectivité pour les plaideurs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'Ouest </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3, pp.77-91</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 5, pp.9</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01930637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réflexions de lege feranda autour des jugements avant-dire droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la Recherche Juridique - Droit prospectif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3, pp.1097-1109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 15, pp.492</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02176705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La portée de la procédure de jugement au fond dans la loi &amp;quot;Justice du XXIe siècle&amp;quot; : l'ambition revendiquée pour la Cour de cassation de ne plus seulement être juge de droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'Ouest </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 3, pp.83-96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...413 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01744787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2911,664 +2980,664 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La plaidoirie devant le tribunal de commerce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres autour du tribunal de commerce</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les compétences du juge de la mise en état, exceptions de procédure et fins de non-recevoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Procédure civile : entre doutes et certitudes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cour d'appel de Rouen, Mar 2025, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04992320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La plaidoirie devant le tribunal de commerce</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Résolution amiable des litiges et Tribunal de commerce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Castanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres autour du tribunal de commerce</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2025, Rouen, France</w:t>
+              <w:t xml:space="preserve">, Mar 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Rouen, France</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04942113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intérêt à agir et protection de la nature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les communs naturels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Rouen, France</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04942127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Tribunal Arbitral du Sport : entre défis sociétaux et préservation de l'intégrité sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les JO du droit de Rouen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Rouen, France</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04942119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit selon… Henri Vizioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle "Le droit selon…"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IODE, May 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, IODE, May 2022, Rennes, France</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04417116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vulnérabilité dans la procédure civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vulnérabilités, enjeux présents et à venir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rennes, Jun 2019, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Rennes, Jun 2019, Rennes, France</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02542212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Open data des décisions de justice : l’accessibilité du grand public aux décisions, quelle effectivité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit à l’information dans l’espace numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Rennes, France</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02542257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le retentissement de la loi Justice du XXIe siècle sur la procédure devant la Cour de cassation : entre factualisation et proportionnalisation du droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Castanier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La loi Justice du XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté de droit et de science politique de Rennes; Laboratoire IODE, Jun 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02548338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId60"/>
+      <w:footerReference w:type="default" r:id="rId61"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3636,51 +3705,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5FC212ED"/>
+    <w:nsid w:val="0BAA1AA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3867,51 +3936,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/kevin-castanier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/266065244" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/206167864021222741105" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487665v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Castanier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495773v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519803v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454927v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252953v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121634v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309484v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390028v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329741v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252952v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405669v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286721v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100161v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068195v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981100v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996600v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124715v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983097v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05118814v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369309v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361850v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942095v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068194v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981101v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830098v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830108v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830106v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830101v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830105v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830104v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703574v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.531" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837187v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830114v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830111v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03261279v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02534516v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02176705v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01930637v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01744787v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992320v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267907v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942113v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942127v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942119v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04417116v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542212v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542257v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02548338v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/kevin-castanier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/266065244" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/206167864021222741105" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559458v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Castanier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495773v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487665v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454927v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519803v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942095v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068194v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981101v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252953v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121634v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100161v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286721v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309484v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390028v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329741v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252952v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405669v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068195v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981100v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996600v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124715v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361850v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983097v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369309v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05118814v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703574v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.531" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830098v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830101v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830108v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830106v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830104v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830105v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837187v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830114v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830111v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03261279v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02534516v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01930637v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02176705v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01744787v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267907v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992320v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942113v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942127v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942119v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04417116v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542212v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542257v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02548338v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>