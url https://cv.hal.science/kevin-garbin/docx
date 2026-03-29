--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -791,295 +791,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02365848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jejunal T Cell Inflammation in Human Obesity Correlates with Decreased Enterocyte Insulin Signaling</w:t>
+                <w:t xml:space="preserve">Lipid-rich diet enhances L-cell density in obese subjects and in mice through improved L-cell differentiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milena Monteiro-Sepulveda</w:t>
+                <w:t xml:space="preserve">Thomas Aranias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sothea Touch</w:t>
+                <w:t xml:space="preserve">Alexandra Grosfeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carla Mendes-Sá</w:t>
+                <w:t xml:space="preserve">Christine Poitou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Andre</w:t>
+                <w:t xml:space="preserve">Amal Ait Omar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Poitou</w:t>
+                <w:t xml:space="preserve">Maude Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 22 (1), pp.113-124. </w:t>
+              <w:t xml:space="preserve">Journal of Nutritional Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4, pp.1-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cmet.2015.05.020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jns.2015.11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02540998v1</w:t>
+                <w:t xml:space="preserve">hal-02640544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid-rich diet enhances L-cell density in obese subjects and in mice through improved L-cell differentiation</w:t>
+                <w:t xml:space="preserve">Jejunal T Cell Inflammation in Human Obesity Correlates with Decreased Enterocyte Insulin Signaling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Aranias</w:t>
+                <w:t xml:space="preserve">Milena Monteiro-Sepulveda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Grosfeld</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Sothea Touch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Mendes-Sá</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Poitou</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maude Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutritional Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 4, pp.1-11. </w:t>
+              <w:t xml:space="preserve">Cell Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 22 (1), pp.113-124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jns.2015.11⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cmet.2015.05.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02640544v1</w:t>
+                <w:t xml:space="preserve">hal-02540998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId39"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1234,51 +1234,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02872861v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Delavall&#233;e" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navrita Mathiah" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Cabon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mazeraud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Brunelle-Navas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2020.101027" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935434v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara G Postal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ghezzal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Aguanno" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Andr&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Garbin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2020.101007" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02365848v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bertaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Nemazanyy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Scourzic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41418-017-0035-x" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540998v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Monteiro-Sepulveda" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sothea Touch" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Mendes-S&#225;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Andre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poitou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2015.05.020" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640544v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Aranias" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Grosfeld" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Ait Omar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Le Gall" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jns.2015.11" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02872861v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Delavall&#233;e" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navrita Mathiah" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Cabon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mazeraud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Brunelle-Navas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2020.101027" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935434v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara G Postal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ghezzal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Aguanno" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Andr&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Garbin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2020.101007" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02365848v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bertaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Nemazanyy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Scourzic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41418-017-0035-x" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640544v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Aranias" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Grosfeld" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poitou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Ait Omar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Le Gall" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jns.2015.11" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540998v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Monteiro-Sepulveda" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sothea Touch" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Mendes-S&#225;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Andre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2015.05.020" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>