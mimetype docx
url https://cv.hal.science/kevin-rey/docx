--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -1176,295 +1176,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01806805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen isotopes suggest elevated thermometabolism within multiple Permo-Triassic therapsid clades</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Oxygen isotope fractionation between bird bone phosphate and drinking water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Angst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Buffetaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fourel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Fluteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.28589⟩</w:t>
+              <w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 104:47 (5-6), pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00114-017-1468-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01692941v1</w:t>
+                <w:t xml:space="preserve">hal-01690007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen isotope fractionation between bird bone phosphate and drinking water</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oxygen isotopes suggest elevated thermometabolism within multiple Permo-Triassic therapsid clades</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Serge Legendre</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Buffetaut</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Fourel</w:t>
+                <w:t xml:space="preserve">Fernando Abdala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Fluteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 104:47 (5-6), pp.1-13. </w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6, pp.e28589. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00114-017-1468-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7554/eLife.28589⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690007v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01692941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global climate perturbations during the Permo-Triassic mass extinctions recorded by continental tetrapods from South Africa</w:t>
               </w:r>
@@ -1502,51 +1502,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rigaudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Abdala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gondwana Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 37, pp.384 - 396. </w:t>
@@ -2438,51 +2438,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Abdala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Fluteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2921,51 +2921,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05379258v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah F James" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Willmes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Fabre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Rey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2025.106511" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855369v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Azar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibelle Maksoud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Robin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Godefroit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cavin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5562.1.7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04616914v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rozada" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Allain" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Qvarnstr&#246;m" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vullo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2024.105939" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04199332v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Amiot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fourel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Luyt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fluteau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jafrearsci.2023.104999" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991771v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Day" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2020.109882" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991787v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2019.109485" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02322981v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Rey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O. Day" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Goedert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L&#233;cuyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gr.2018.02.017" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806805v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Atrops" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Angst" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Daux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683617752840" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01692941v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Abdala" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.28589" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01690007v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Legendre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Buffetaut" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-017-1468-2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01769924v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rigaudier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gr.2015.09.008" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SXSM49H2-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994734v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Amiot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L&#233;cuyer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.D. Koufos" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martineau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2013.07.021" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P81NQ3GX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712408v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Robin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kaskes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Rozada" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712453v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baele J." TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851654v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851452v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851083v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851349v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851016v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pim Kaskes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Stein" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01400066v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LYSE1089" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05379258v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah F James" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Willmes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Fabre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Rey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2025.106511" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855369v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Azar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibelle Maksoud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Robin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Godefroit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cavin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5562.1.7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04616914v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rozada" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Allain" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Qvarnstr&#246;m" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vullo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2024.105939" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04199332v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Amiot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fourel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Luyt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fluteau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jafrearsci.2023.104999" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991771v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Day" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2020.109882" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991787v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2019.109485" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02322981v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Rey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O. Day" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Goedert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L&#233;cuyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gr.2018.02.017" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806805v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Atrops" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Angst" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Daux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683617752840" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01690007v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Legendre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Buffetaut" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-017-1468-2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01692941v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Abdala" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.28589" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01769924v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rigaudier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gr.2015.09.008" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SXSM49H2-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994734v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Amiot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L&#233;cuyer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.D. Koufos" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martineau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2013.07.021" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P81NQ3GX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712408v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Robin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kaskes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Rozada" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712453v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baele J." TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851654v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851452v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851083v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851349v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851016v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pim Kaskes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Stein" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01400066v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LYSE1089" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>