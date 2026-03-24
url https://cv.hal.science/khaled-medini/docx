--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -425,222 +425,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A framework for agility improvement projects in the post mass customisation era</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hierarchical analysis of barriers in additive manufacturing implementation with environmental considerations under uncertainty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Ke Yin Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamed Gholami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anas Salameh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Production Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00207543.2022.2146228⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 408, pp.137221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2023.137221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-03867748v1</w:t>
+                <w:t xml:space="preserve">hal-04078041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical analysis of barriers in additive manufacturing implementation with environmental considerations under uncertainty</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A framework for agility improvement projects in the post mass customisation era</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anas Salameh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 408, pp.137221. </w:t>
+              <w:t xml:space="preserve">International Journal of Production Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2023.137221⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00207543.2022.2146228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04078041v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03867748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Managing agile ramp-up projects in manufacturing – Status quo and recommendations</w:t>
               </w:r>
@@ -1842,338 +1842,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">emse-02373541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A method to design integrated product-service systems based on the extended functional analysis approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Boucher</w:t>
+                <w:t xml:space="preserve">Towards an integration of lifecycle thinking into PSS business models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martha Orellano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lambey-Checchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Neubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIRP Journal of Manufacturing Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cirpj.2018.02.001⟩</w:t>
+              <w:t xml:space="preserve">Procedia CIRP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 73, pp.291-296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2018.04.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-01790911v1</w:t>
+                <w:t xml:space="preserve">hal-02312208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards an integration of lifecycle thinking into PSS business models</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Teaching customer centric-operations management – Evidence from an experiential learning oriented mass customisation class</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles Neubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia CIRP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2018.04.017⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Engineering Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 43 (1), pp. 65-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03043797.2017.1310185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02312208v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01494268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teaching customer centric-operations management – Evidence from an experiential learning oriented mass customisation class</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A method to design integrated product-service systems based on the extended functional analysis approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héry Andriankaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Engineering Education</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CIRP Journal of Manufacturing Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21, pp.120 - 139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cirpj.2018.02.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/03043797.2017.1310185⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">emse-01494268v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01790911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An approach for steering products and services offering variety towards economic and environmental sustainability</w:t>
               </w:r>
@@ -2335,278 +2335,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01233048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailoring performance evaluation to specific industrial contexts – application to sustainable mass customisation enterprises</w:t>
+                <w:t xml:space="preserve">Modularity and variety spinoffs: a supply chain planning perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Production Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Industrial Engineering: Theory, Applications and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Accepted 11/2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-01096981v1</w:t>
+                <w:t xml:space="preserve">emse-01235347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Customer order fulfilment in mass customisation context - an agent-based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Simulation and Process Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 10 (4), pp.334 - 349. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1504/IJSPM.2015.072525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01236669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modularity and variety spinoffs: a supply chain planning perspective</w:t>
+                <w:t xml:space="preserve">Tailoring performance evaluation to specific industrial contexts – application to sustainable mass customisation enterprises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine da Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Industrial Engineering: Theory, Applications and Practice</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Production Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 53 (8), pp.2439-2456. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00207543.2014.974844⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-01235347v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01096981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating mass customization and sustainability compatibilities</w:t>
               </w:r>
@@ -2618,64 +2618,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Le Duigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Engineering Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 7 (1), pp.11-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2748,51 +2748,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wissam El Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Production Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp 1-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3298,235 +3298,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05330068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Iterative Framework for Agile Transformation: Lessons from Programme Reform</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Process-Oriented Framework for Operationalising Agile Transformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheikh Sid Ahmed Mohamed Taleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Berger-Douce</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaya El Dib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th IPMA Research Conference "Honoring 60 years of Project Management: Leading the Way into the Future"</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.56889/kseo4697⟩</w:t>
+              <w:t xml:space="preserve">Hybrid Human-AI Collaborative Networks 26th IFIP WG 5.5 SOCOLNET Working Conference on Virtual Enterprises, PRO-VE 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Porto, Portugal. pp.124-136, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-05681-8_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05055896v1</w:t>
+                <w:t xml:space="preserve">hal-05330040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Process-Oriented Framework for Operationalising Agile Transformation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Iterative Framework for Agile Transformation: Lessons from Programme Reform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Berger-Douce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hybrid Human-AI Collaborative Networks 26th IFIP WG 5.5 SOCOLNET Working Conference on Virtual Enterprises, PRO-VE 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Porto, Portugal. pp.124-136, </w:t>
+              <w:t xml:space="preserve">13th IPMA Research Conference "Honoring 60 years of Project Management: Leading the Way into the Future"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Dubai, United Arab Emirates. pp.158-170, </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-032-05681-8_8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.56889/kseo4697⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05330040v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing manufacturing agility: An updated state-of-the-art and operational insights</w:t>
               </w:r>
@@ -3610,702 +3610,702 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04797882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urbanisation des filières industrielles : Une proposition</w:t>
+                <w:t xml:space="preserve">Urbanization of industrial Sector : A proposal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sauzeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Degeorge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème congrès annuel de SAGIP (Société d'Automatique, de Génie Industriel et de Productique)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Villeurbane, France</w:t>
+              <w:t xml:space="preserve">5th Conference on Industrial Engineering and Industrial Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04628537v1</w:t>
+                <w:t xml:space="preserve">hal-04789281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Agile Methods Application in Manufacturing</w:t>
+                <w:t xml:space="preserve">Adapting to Change: Agile Ramp-Up Management Framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solène Alhayek</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Kunruthai Meechang</w:t>
+                <w:t xml:space="preserve">Shervin Kadkhoda Ahmadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Laforest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43rd IFIP WG 5.7 International Conference, APMS 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2ème congrès annuel de SAGIP (Société d'Automatique, de Génie Industriel et de Productique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Villeurbane, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04696435v1</w:t>
+                <w:t xml:space="preserve">hal-04628846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Engineer-To-Order Processes with Agile Project Management: Lessons from a Refurbishment Project</w:t>
+                <w:t xml:space="preserve">Ingredients for digital transformation projects trainings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Berger-Douce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57th CIRP Conference on Manufacturing Systems 2024</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2024.10.241⟩</w:t>
+              <w:t xml:space="preserve">2023 International Conference on ENTERprise Information Systems (CENTERIS 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Porto, Portugal. pp.284-290, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2024.06.173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-04797394v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04396790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Operationalizing Agility Improvement Through a Process-Oriented Framework – What Do Practitioners Think?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Asmae Bakry</w:t>
+                <w:t xml:space="preserve">Exploring Agile Methods Application in Manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Alhayek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soukayna Souib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kunruthai Meechang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Industrial Engineering and Operations Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46254/AN14.20240204⟩</w:t>
+              <w:t xml:space="preserve">43rd IFIP WG 5.7 International Conference, APMS 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Chemnitz, Germany. pp.48-60, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-71637-9_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-04966322v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04696435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urbanization of industrial Sector : A proposal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Sauzeat</w:t>
+                <w:t xml:space="preserve">Operationalizing Agility Improvement Through a Process-Oriented Framework – What Do Practitioners Think?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Afilal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asmae Bakry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Degeorge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Conference on Industrial Engineering and Industrial Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14th International Conference on Industrial Engineering and Operations Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Dubai, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46254/AN14.20240204⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04789281v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04966322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adapting to Change: Agile Ramp-Up Management Framework</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhancing Engineer-To-Order Processes with Agile Project Management: Lessons from a Refurbishment Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valérie Laforest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème congrès annuel de SAGIP (Société d'Automatique, de Génie Industriel et de Productique)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">57th CIRP Conference on Manufacturing Systems 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Póvoa de Varzim, Portugal. pp.1290-1295, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2024.10.241⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04628846v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04797394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingredients for digital transformation projects trainings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Urbanisation des filières industrielles : Une proposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sauzeat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Berger-Douce</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Degeorge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 International Conference on ENTERprise Information Systems (CENTERIS 2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2ème congrès annuel de SAGIP (Société d'Automatique, de Génie Industriel et de Productique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Villeurbane, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.procs.2024.06.173⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04396790v1</w:t>
+                <w:t xml:space="preserve">hal-04628537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A framework for project management software tool selection</w:t>
               </w:r>
@@ -4623,261 +4623,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04797521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Conceptual Framework for Managing Agile Ramp-Up</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Shervin Kadkhoda-Ahmadi</w:t>
+                <w:t xml:space="preserve">Business Process Reengineering in Agile Manufacturing – A Mixed Method Research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadija Lahlou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bjørn Christensen</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thorsten Wuest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qussay Jarrar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CARV 2023: Production Processes and Product Evolution in the Age of Disruption</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Bologne (ITA), Italy. pp.278-285, </w:t>
+              <w:t xml:space="preserve">Advances in Production Management Systems. Production Management Systems for Responsible Manufacturing, Service, and Logistics Futures IFIP WG 5.7 International Conference, APMS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Trondheim, Norway. pp.326-338, </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-34821-1_30⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-43662-8_24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180055v1</w:t>
+                <w:t xml:space="preserve">emse-04209601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Business Process Reengineering in Agile Manufacturing – A Mixed Method Research</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Conceptual Framework for Managing Agile Ramp-Up</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shervin Kadkhoda-Ahmadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Medini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ann-Louise Andersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khadija Lahlou</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Qussay Jarrar</w:t>
+                <w:t xml:space="preserve">Bjørn Christensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Production Management Systems. Production Management Systems for Responsible Manufacturing, Service, and Logistics Futures IFIP WG 5.7 International Conference, APMS 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Trondheim, Norway. pp.326-338, </w:t>
+              <w:t xml:space="preserve">CARV 2023: Production Processes and Product Evolution in the Age of Disruption</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Bologne (ITA), Italy. pp.278-285, </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-43662-8_24⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-34821-1_30⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-04209601v1</w:t>
+                <w:t xml:space="preserve">hal-04180055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RAMP-UP II : Ramp-up management towards agile and resilient industries</w:t>
               </w:r>
@@ -4939,317 +4939,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04273987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Manufacturing System Development and the Use of Platforms to Reduce Time-to-Market</w:t>
+                <w:t xml:space="preserve">Digital Platforms and Enterprise Agility: A Systematic Literature Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morten Skogstad Nielsen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ann-Louise Andersen</w:t>
+                <w:t xml:space="preserve">Chaimae Ben Brahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qussay Jarrar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Ditlev Brunoe</w:t>
+                <w:t xml:space="preserve">Maria Chiara Magnanini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kjeld Nielsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on System-Integrated Intelligence : SYSINT 2022</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-16281-7_63⟩</w:t>
+              <w:t xml:space="preserve">PRO-VE 2023: Collaborative Networks in Digitalization and Society 5.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Valencia, Spain. pp.606-617, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-42622-3_43⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-03850920v1</w:t>
+                <w:t xml:space="preserve">emse-04216526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital Platforms and Enterprise Agility: A Systematic Literature Review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring Manufacturing System Development and the Use of Platforms to Reduce Time-to-Market</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morten Skogstad Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ann-Louise Andersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaimae Ben Brahim</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Qussay Jarrar</w:t>
+                <w:t xml:space="preserve">Thomas Ditlev Brunoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Chiara Magnanini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Khaled Medini</w:t>
+                <w:t xml:space="preserve">Kjeld Nielsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PRO-VE 2023: Collaborative Networks in Digitalization and Society 5.0</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Valencia, Spain. pp.606-617, </w:t>
+              <w:t xml:space="preserve">International Conference on System-Integrated Intelligence : SYSINT 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Gênes, Italy. pp.667-676, </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-42622-3_43⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-16281-7_63⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-04216526v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03850920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Product to Service Ramp-Up Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Héraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shervin Kadkhoda Ahmadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5498,378 +5498,378 @@
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03792575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Decision Support System to Operationalize Customer-Centric Sustainability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Preliminary Overview of Ramp-Up Management Practices in Crisis Context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doae Riffi Maher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Valérie Laforest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th CIRP Global Web Conference – Sustainable, resilient, and agile manufacturing and service operations : Lessons from COVID-19</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2021.10.019⟩</w:t>
+              <w:t xml:space="preserve">APMS 2021: Advances in Production Management Systems. Artificial Intelligence for Sustainable and Resilient Production Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Nantes, France. pp.484-492, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-85874-2_51⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-03432097v1</w:t>
+                <w:t xml:space="preserve">emse-03338251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Preliminary Overview of Ramp-Up Management Practices in Crisis Context</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Doae Riffi Maher</w:t>
+                <w:t xml:space="preserve">Measuring Complexity for Collaborative Business Processes Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Marzouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Ezzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elyes Lamine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APMS 2021: Advances in Production Management Systems. Artificial Intelligence for Sustainable and Resilient Production Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-85874-2_51⟩</w:t>
+              <w:t xml:space="preserve">PRO-VE 2021 - 22nd IFIP WG 5.5 Working Conference on Virtual Enterprises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Saint-Etienne, France. pp.247-254, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-85969-5_22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-03338251v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03338771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring Complexity for Collaborative Business Processes Management</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Decision Support System to Operationalize Customer-Centric Sustainability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Xavier Boucher</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thorsten Wuest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elham Jelodari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Laforest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PRO-VE 2021 - 22nd IFIP WG 5.5 Working Conference on Virtual Enterprises</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Saint-Etienne, France. pp.247-254, </w:t>
+              <w:t xml:space="preserve">9th CIRP Global Web Conference – Sustainable, resilient, and agile manufacturing and service operations : Lessons from COVID-19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Saint-Etienne, France. pp.122-127, </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-85969-5_22⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2021.10.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-03338771v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03432097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resilience, agility and risk management in production ramp-up</w:t>
               </w:r>
@@ -5940,455 +5940,455 @@
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03432197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Model for Cost-Benefit Analysis of Production Ramp-up Strategies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Economic Assessment Of Ramp-Up Strategies In Multi-Variant Production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pierné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Ahmet Erkoyuncu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christian Cornet</w:t>
+                <w:t xml:space="preserve">Malek Masmoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">MOSIM 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Agadir, Morocco</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-02928700v1</w:t>
+                <w:t xml:space="preserve">emse-02941543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Configurators as a means to Leverage Customer-Centric Sustainable Systems – Evidence from the 3D-Printing Domain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Rousseau</w:t>
+                <w:t xml:space="preserve">REPRESENTATIONS DE LA VALEUR DURABLE EN CONTEXTE D’ACHAT BTOBTOE : LE CAS DES VETEMENTS DE TRAVAIL (EPI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lambey-Checchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martha Orellano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thorsten Wuest</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Neubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th CIRP Global Web Conference (CIRPe 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Leuven, Belgium</w:t>
+              <w:t xml:space="preserve">Journée du Marketing &amp; Développement Durable (JMDD), labellisée AFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-02941520v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03018337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Economic Assessment Of Ramp-Up Strategies In Multi-Variant Production</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Model for Cost-Benefit Analysis of Production Ramp-up Strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Medini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pierné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Malek Masmoudi</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Ahmet Erkoyuncu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cornet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOSIM 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Novi Sad, Serbia. pp.731-739, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-57997-5_84⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-02941543v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-02928700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">REPRESENTATIONS DE LA VALEUR DURABLE EN CONTEXTE D’ACHAT BTOBTOE : LE CAS DES VETEMENTS DE TRAVAIL (EPI)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martha Orellano</w:t>
+                <w:t xml:space="preserve">Configurators as a means to Leverage Customer-Centric Sustainable Systems – Evidence from the 3D-Printing Domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles Neubert</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thorsten Wuest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Marketing &amp; Développement Durable (JMDD), labellisée AFM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2020, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">8th CIRP Global Web Conference (CIRPe 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03018337v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-02941520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating Sustainability Considerations into Product Variety and Portfolio Management</w:t>
               </w:r>
@@ -6485,382 +6485,382 @@
                 </w:rPr>
                 <w:t xml:space="preserve">emse-02928922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A DSM Clustering Method for Product and Service Modularization</w:t>
+                <w:t xml:space="preserve">Product and service modularization for variety management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Ezzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Delorme</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-30000-5_47⟩</w:t>
+              <w:t xml:space="preserve">CARV 2018 Changeable, Agile, Reconfigurable and Virtual Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Nantes, France. pp.148-153, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.promfg.2018.12.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-02278666v1</w:t>
+                <w:t xml:space="preserve">emse-01954903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Product and service modularization for variety management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Omar Ezzat</w:t>
+                <w:t xml:space="preserve">Framework to Model PSS Collaborative Value Networks and Assess Uncertainty of Their Economic Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Xavier Delorme</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camilo Murillo Coba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CARV 2018 Changeable, Agile, Reconfigurable and Virtual Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Nantes, France. pp.148-153, </w:t>
+              <w:t xml:space="preserve">20th Working Conference on Virtual Enterprises (PRO-VE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Turin, Italy. pp.541-551, </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.promfg.2018.12.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-28464-0_47⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-01954903v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-02290372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Framework to Model PSS Collaborative Value Networks and Assess Uncertainty of Their Economic Models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A DSM Clustering Method for Product and Service Modularization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Ezzat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Medini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Stoettrup Schioenning Larsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ditlev Brunoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th Working Conference on Virtual Enterprises (PRO-VE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Turin, Italy. pp.541-551, </w:t>
+              <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Austin, TX, United States. pp.375-382, </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-28464-0_47⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-30000-5_47⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-02290372v1</w:t>
+                <w:t xml:space="preserve">emse-02278666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A system modelling approach to collaborative PSS design</w:t>
               </w:r>
@@ -7093,51 +7093,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation-based approach to apply uncertainty evaluation framework, for PSS economic models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camilo Murillo Coba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7249,51 +7249,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ann-Louise Andersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten Wuest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bjørn Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Wiesner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7335,51 +7335,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconfigurable Manufacturing: A Case-Study of Reconfigurability Potentials in the Manufacturing of Capital Goods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bjørn Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ann-Louise Andersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7446,326 +7446,326 @@
                 </w:rPr>
                 <w:t xml:space="preserve">emse-02373620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating experiential learning and accreditation requirements – a case study based course</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PS3M: integrative Modelling Environment to support PSS design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Vaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-99704-9_60⟩</w:t>
+              <w:t xml:space="preserve">10th CIRP Conference on Industrial Product-Service Systems, IPS2 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Linköping, Sweden. pp 73-78, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2018.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-01885131v1</w:t>
+                <w:t xml:space="preserve">emse-01878904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Economic Assessment of PSS Value Networks – An Algorithmic Approach</w:t>
+                <w:t xml:space="preserve">Integrating experiential learning and accreditation requirements – a case study based course</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hervé Vaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2018, Seoul, South Korea. pp.141-149, </w:t>
+              <w:t xml:space="preserve">, Aug 2018, Seoul, South Korea. pp.493-501, </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-99704-9_18⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-99704-9_60⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-01878873v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01885131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PS3M: integrative Modelling Environment to support PSS design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Economic Assessment of PSS Value Networks – An Algorithmic Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Medini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Peillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Vaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th CIRP Conference on Industrial Product-Service Systems, IPS2 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Linköping, Sweden. pp 73-78, </w:t>
+              <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Seoul, South Korea. pp.141-149, </w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2018.06.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-99704-9_18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-01878904v1</w:t>
+                <w:t xml:space="preserve">emse-01878873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an integration of lifecycle thinking into PSS business models</w:t>
               </w:r>
@@ -7813,51 +7813,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Neubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th CIRP Conference on Industrial Product-Service Systems, IPS2 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Linköping, Sweden. pp 291-296, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.procir.2018.04.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01954877v1</w:t>
@@ -8024,51 +8024,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Moujahid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th World Mass Customization &amp; Personalization Conference (MCPC 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Aachen, Germany. pp.581-594, </w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8340,51 +8340,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Moujahid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Mass Customization &amp; Personalization Conference (MCPC’17)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Aachen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8403,602 +8403,576 @@
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01648746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Framework to Design Integrated Product-Service Systems based on the Extended Functional Analysis Approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An initial training program on Product-Service Systems and servitization for engineering students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Peillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Medini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hery Andriankaja</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hervé Vaillant</w:t>
+                <w:t xml:space="preserve">Nadine Dubruc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th Product-Service Systems across Life Cycle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2016, Bergame, Italy. pp.Pages 323-328, </w:t>
+              <w:t xml:space="preserve">, Jun 2016, Bergame, Italy. pp.Pages 282-287, </w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2016.03.080⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2016.03.074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-01315409v1</w:t>
+                <w:t xml:space="preserve">emse-01316807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a generic meta-model for PSS scenarios modelling and analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design of Sustainable Product-service Systems (PSS): Towards an Incremental Stepwise Assessment Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doualle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Medini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Khaled Medini</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Brissaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Laforest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Product-Service Systems across Life Cycle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Bergame, Italy. pp.Pages 234-239, </w:t>
+              <w:t xml:space="preserve">The 23rd CIRP Conference on Life Cycle Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Berlin, Germany. pp.152 - 157, </w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2016.03.038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2016.04.074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-01316811v1</w:t>
+                <w:t xml:space="preserve">emse-01410401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Sustainable Product-service Systems (PSS): Towards an Incremental Stepwise Assessment Method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Doualle</w:t>
+                <w:t xml:space="preserve">Towards a generic meta-model for PSS scenarios modelling and analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Valérie Laforest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 23rd CIRP Conference on Life Cycle Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Berlin, Germany. pp.152 - 157, </w:t>
+              <w:t xml:space="preserve">8th Product-Service Systems across Life Cycle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Bergame, Italy. pp.Pages 234-239, </w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2016.04.074⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2016.03.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-01410401v1</w:t>
+                <w:t xml:space="preserve">emse-01316811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An initial training program on Product-Service Systems and servitization for engineering students</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Peillon</w:t>
+                <w:t xml:space="preserve">A Framework to Design Integrated Product-Service Systems based on the Extended Functional Analysis Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hery Andriankaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nadine Dubruc</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Vaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th Product-Service Systems across Life Cycle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2016, Bergame, Italy. pp.Pages 282-287, </w:t>
+              <w:t xml:space="preserve">, Jun 2016, Bergame, Italy. pp.Pages 323-328, </w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2016.03.074⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2016.03.080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-01316807v1</w:t>
+                <w:t xml:space="preserve">emse-01315409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Product Service Systems Value Chain Configuration – A Simulation Based Approach</w:t>
+                <w:t xml:space="preserve">Decision Making Support to Steer Offering Variety During Production Planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cathy Matos da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th Industrial Product-Service Systems Conference - PSS, industry transformation for sustainability and business</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2015, Saint Etienne, France. pp.421-426, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2015.02.099⟩</w:t>
+              <w:t xml:space="preserve">, May 2015, Saint Etienne, France. pp.486-491, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2015.02.157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-01153063v1</w:t>
+                <w:t xml:space="preserve">emse-01153069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance measurement for the design of Product-Service Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9007,307 +8981,333 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Peillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Vaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th Working Conference on Virtual Enterprises (PROVE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Albi, France. pp.518-525, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-24141-8_48⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01202453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision Making Support to Steer Offering Variety During Production Planning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigating Sustainability Assessment Methods of Product-service Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doualle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Laforest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th Industrial Product-Service Systems Conference - PSS, industry transformation for sustainability and business</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2015, Saint Etienne, France. pp.486-491, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2015.02.157⟩</w:t>
+              <w:t xml:space="preserve">, May 2015, Saint Etienne, France. pp.161-166, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2015.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-01153069v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01153054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Sustainability Assessment Methods of Product-service Systems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Product Service Systems Value Chain Configuration – A Simulation Based Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valérie Laforest</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Peillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Matos da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th Industrial Product-Service Systems Conference - PSS, industry transformation for sustainability and business</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2015, Saint Etienne, France. pp.161-166, </w:t>
+              <w:t xml:space="preserve">, May 2015, Saint Etienne, France. pp.421-426, </w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2015.03.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2015.02.099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-01153054v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01153063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enterprise modelling for performance measurement – gearing variety towards sustainability</w:t>
               </w:r>
@@ -9319,51 +9319,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine M. da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Chenouard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9427,51 +9427,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Ajaccio, France. pp.170-177, </w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9518,64 +9518,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variety Steering Towards Sustainability: A Coupled Evaluation and Optimization Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Production Management Systems-APMS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Ajaccio, France. pp.170-177</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9743,51 +9743,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine M. da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Congrès International de Génie Industriel (CIGI 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9838,51 +9838,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Da-Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Modeling, Optimization &amp; SIMulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9933,51 +9933,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine M. da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The ASME 2012 11th Biennial Conference on Engineering Systems Design and Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Nantes, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9996,217 +9996,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00714306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Method for Developing Sustainability and Mass Customization Indicators</w:t>
+                <w:t xml:space="preserve">Sustainable Mass Customized Enterprise: Key Concepts, Enablers and Assessment Techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine M. da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Green Supply Chain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Arras, France. pp.1</w:t>
+              <w:t xml:space="preserve">The 14th IFAC Symposium on Information Control Problems in Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Bucarest, Romania. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00711400v1</w:t>
+                <w:t xml:space="preserve">hal-00707210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustainable Mass Customized Enterprise: Key Concepts, Enablers and Assessment Techniques</w:t>
+                <w:t xml:space="preserve">A Method for Developing Sustainability and Mass Customization Indicators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine M. da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 14th IFAC Symposium on Information Control Problems in Manufacturing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Bucarest, Romania. pp.1</w:t>
+              <w:t xml:space="preserve">International Workshop on Green Supply Chain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Arras, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00707210v1</w:t>
+                <w:t xml:space="preserve">hal-00711400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an Integrated Mass Customization and Sustainability Assessment Framework</w:t>
               </w:r>
@@ -10218,51 +10218,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine M. da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 2011 World Conference on Mass Customization, Personalization, and Co-Creation (MCPC 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, San Francisco, United States. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10313,51 +10313,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine M. da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 21 st International Conference on Production Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Stuttgart, Germany. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10647,51 +10647,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decision Making for Fast Productivity Ramp-Up of Manufacturing Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Chiara Magnanini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10790,51 +10790,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Moujahid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Customization 4.0</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.581-594, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11051,51 +11051,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Peillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Vaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11319,51 +11319,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Peillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Vaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ecole des Mines de Saint Etienne. 2014, 23 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -11385,51 +11385,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calculateur VALBOM – Notice d’Utilisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Vaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Peillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11670,51 +11670,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7E3FA613"/>
+    <w:nsid w:val="CAB74411"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11901,51 +11901,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/khaled-medini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7244-5672" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296146v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Medini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Sid Ahmed Mohamed Taleb" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zimmermann" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/BPMJ-06-2025-0976" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593116v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayantee Roy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imtiaz Ahmed" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Saldanha" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Wuest" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03867748v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2022.2146228" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078041v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Ke Yin Lee" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Gholami" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Salameh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.137221" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04145908v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Heraud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Louise Andersen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirpj.2023.06.002" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04225682v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Peillon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMTM.2023.133693" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02951885v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Ezzat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boucher" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delorme" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-020-01668-w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03850872v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Rodriguez Delgadillo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14010581" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03120673v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Orellano" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Wiesner" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang Liu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/systems9010006" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328101v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lambey-Checchin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Neubert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13169054" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03233783v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Romero" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1520/SSMS20200082" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02989035v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Poursoltan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/systems8040040" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285720v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Doualle" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brissaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Laforest" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19397038.2019.1660432" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02063253v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2019.02.014" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02373541v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Szirbik" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08832323.2019.1646701" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01790911v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ry Andriankaja" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirpj.2018.02.001" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CQN2QMPL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312208v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2018.04.017" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01494268v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03043797.2017.1310185" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01316798v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirpj.2016.04.009" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01233048v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirpj.2015.10.003" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01096981v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine da Cunha" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bernard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2014.974844" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01236669v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJSPM.2015.072525" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01235347v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01096970v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Le Duigou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/ijest.v7i1.2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01110109v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramy Harik" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam El Hachem" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2014.993773" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01096971v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rab&#233;nasolo Besoa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13675567.2014.894183" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01096958v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660722v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bourey" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0951192X.2011.646312" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263398v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunruthai Meechang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Pero" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-03542-4_5" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330068v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Berger-Douce" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05681-8_16" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055896v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56889/kseo4697" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330040v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaya El Dib" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05681-8_8" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797882v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmae Bakry" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauzeat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2025.01.002" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628537v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Degeorge" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696435v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Alhayek" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukayna Souib" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71637-9_4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04797394v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2024.10.241" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04966322v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Afilal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46254/AN14.20240204" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789281v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628846v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shervin Kadkhoda Ahmadi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396790v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2024.06.173" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04966303v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Chaabouni" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qussay Jarrar" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Bissardon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2024.06.174" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797661v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71739-0_22" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797521v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh S-A-M Taleb" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shervin Kadkhoda-Ahmadi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180055v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rn Christensen" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-34821-1_30" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04209601v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Lahlou" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43662-8_24" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04273987v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Land" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03850920v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten Skogstad Nielsen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ditlev Brunoe" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kjeld Nielsen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16281-7_63" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04216526v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaimae Ben Brahim" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Chiara Magnanini" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42622-3_43" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03792559v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette H&#233;raud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16411-8_36" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03432847v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Benedittis" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90700-6_105" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03792575v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Jelodari" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16411-8_48" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03432097v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2021.10.019" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03338251v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doae Riffi Maher" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85874-2_51" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03338771v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Marzouk" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyes Lamine" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85969-5_22" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03432197v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Jelodari Mamaghani" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2021.10.005" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02928700v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Piern&#233;" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ahmet Erkoyuncu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cornet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57997-5_84" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02941520v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rousseau" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02941543v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Masmoudi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03018337v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02928922v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2020.04.147" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02278666v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Stoettrup Schioenning Larsen" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30000-5_47" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01954903v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.promfg.2018.12.024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02290372v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Murillo Coba" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28464-0_47" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02460207v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2019.03.089" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02278782v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Franca Norese" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29996-5_56" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02167808v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Gonzalez-Feliu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2019.02.138" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02373580v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02373620v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas D. Brunoe" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30000-5_46" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01885131v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99704-9_60" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01878873v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vaillant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99704-9_18" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01878904v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2018.06.001" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01954877v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01885109v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99704-9_25" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01838448v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Moujahid" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-77556-2_36" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01571038v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawfal Anka Idrissi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2017.03.055" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01648740v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01648746v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01315409v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hery Andriankaja" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2016.03.080" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01316811v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2016.03.038" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01410401v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2016.04.074" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01316807v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Dubruc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2016.03.074" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01153063v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Matos da Silva" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2015.02.099" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01202453v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24141-8_48" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01153069v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2015.02.157" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01153054v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2015.03.008" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01153648v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine M. da Cunha" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Chenouard" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01387863v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Da Cunha" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-44736-9_21" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065533v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058529v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Moreau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-44745-1_14" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852389v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728579v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Da-Cunha" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714306v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711400v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707210v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658254v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620856v3" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03432149v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790097v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-90386-8.00124-8" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509750v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Epureanu" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-54034-9_7" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004892v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01317162v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Georg Fill" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319394169" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-39417-6" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01202030v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04403678v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Taisch" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Acerbi" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muztoba Ahmad Khan" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01088172v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01094126v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01155226v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/khaled-medini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7244-5672" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296146v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Medini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Sid Ahmed Mohamed Taleb" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zimmermann" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/BPMJ-06-2025-0976" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593116v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayantee Roy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imtiaz Ahmed" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Saldanha" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Wuest" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078041v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Ke Yin Lee" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Gholami" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Salameh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.137221" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03867748v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2022.2146228" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04145908v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Heraud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Louise Andersen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirpj.2023.06.002" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04225682v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Peillon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMTM.2023.133693" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02951885v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Ezzat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boucher" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delorme" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-020-01668-w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03850872v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Rodriguez Delgadillo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14010581" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03120673v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Orellano" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Wiesner" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang Liu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/systems9010006" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328101v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lambey-Checchin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Neubert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13169054" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03233783v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Romero" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1520/SSMS20200082" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02989035v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Poursoltan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/systems8040040" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285720v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Doualle" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brissaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Laforest" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19397038.2019.1660432" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02063253v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2019.02.014" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02373541v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Szirbik" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08832323.2019.1646701" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312208v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2018.04.017" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01494268v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03043797.2017.1310185" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01790911v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ry Andriankaja" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirpj.2018.02.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CQN2QMPL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01316798v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirpj.2016.04.009" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01233048v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirpj.2015.10.003" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01235347v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01236669v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJSPM.2015.072525" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01096981v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine da Cunha" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bernard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2014.974844" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01096970v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Le Duigou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/ijest.v7i1.2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01110109v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramy Harik" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam El Hachem" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2014.993773" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01096971v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rab&#233;nasolo Besoa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13675567.2014.894183" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01096958v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660722v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bourey" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0951192X.2011.646312" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263398v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunruthai Meechang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Pero" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-03542-4_5" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330068v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Berger-Douce" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05681-8_16" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330040v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaya El Dib" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05681-8_8" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055896v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56889/kseo4697" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797882v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmae Bakry" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauzeat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2025.01.002" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789281v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Degeorge" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628846v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shervin Kadkhoda Ahmadi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396790v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2024.06.173" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696435v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Alhayek" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukayna Souib" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71637-9_4" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04966322v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Afilal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46254/AN14.20240204" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04797394v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2024.10.241" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628537v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04966303v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Chaabouni" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qussay Jarrar" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Bissardon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2024.06.174" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797661v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71739-0_22" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797521v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh S-A-M Taleb" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shervin Kadkhoda-Ahmadi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04209601v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Lahlou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43662-8_24" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180055v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rn Christensen" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-34821-1_30" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04273987v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Land" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04216526v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaimae Ben Brahim" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Chiara Magnanini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42622-3_43" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03850920v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten Skogstad Nielsen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ditlev Brunoe" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kjeld Nielsen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16281-7_63" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03792559v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette H&#233;raud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16411-8_36" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03432847v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Benedittis" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90700-6_105" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03792575v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Jelodari" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16411-8_48" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03338251v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doae Riffi Maher" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85874-2_51" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03338771v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Marzouk" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyes Lamine" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85969-5_22" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03432097v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2021.10.019" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03432197v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Jelodari Mamaghani" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2021.10.005" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02941543v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Piern&#233;" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Masmoudi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03018337v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02928700v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ahmet Erkoyuncu" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cornet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57997-5_84" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02941520v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rousseau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02928922v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2020.04.147" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01954903v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.promfg.2018.12.024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02290372v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Murillo Coba" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28464-0_47" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02278666v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Stoettrup Schioenning Larsen" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30000-5_47" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02460207v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2019.03.089" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02278782v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Franca Norese" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29996-5_56" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02167808v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Gonzalez-Feliu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2019.02.138" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02373580v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02373620v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas D. Brunoe" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30000-5_46" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01878904v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vaillant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2018.06.001" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01885131v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99704-9_60" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01878873v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99704-9_18" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01954877v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01885109v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99704-9_25" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01838448v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Moujahid" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-77556-2_36" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01571038v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawfal Anka Idrissi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2017.03.055" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01648740v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01648746v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01316807v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Dubruc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2016.03.074" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01410401v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2016.04.074" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01316811v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2016.03.038" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01315409v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hery Andriankaja" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2016.03.080" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01153069v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2015.02.157" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01202453v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24141-8_48" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01153054v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2015.03.008" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01153063v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Matos da Silva" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2015.02.099" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01153648v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine M. da Cunha" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Chenouard" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01387863v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Da Cunha" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-44736-9_21" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065533v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058529v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Moreau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-44745-1_14" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852389v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728579v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Da-Cunha" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714306v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707210v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711400v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658254v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620856v3" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03432149v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790097v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-90386-8.00124-8" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509750v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Epureanu" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-54034-9_7" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004892v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01317162v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Georg Fill" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319394169" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-39417-6" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01202030v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04403678v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Taisch" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Acerbi" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muztoba Ahmad Khan" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01088172v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01094126v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01155226v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>