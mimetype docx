--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1467,278 +1467,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03554334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wastewater treatment using oxygenic photogranule-based process has lower environmental impact than conventional activated sludge process</w:t>
+                <w:t xml:space="preserve">Engineered methanotrophic syntrophy in photogranule communities removes dissolved methane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doris Brockmann</w:t>
+                <w:t xml:space="preserve">Anissa Sukma Safitri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Hamelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Gérand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chul Park</w:t>
+                <w:t xml:space="preserve">Roald Kommedal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Milferstedt</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioresource Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biortech.2020.124204⟩</w:t>
+              <w:t xml:space="preserve">Water Research X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.100106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wroa.2021.100106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02962170v1</w:t>
+                <w:t xml:space="preserve">hal-03262321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engineered methanotrophic syntrophy in photogranule communities removes dissolved methane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wastewater treatment using oxygenic photogranule-based process has lower environmental impact than conventional activated sludge process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doris Brockmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gérand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anissa Sukma Safitri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Hamelin</w:t>
+                <w:t xml:space="preserve">Chul Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Milferstedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roald Kommedal</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Arnaud Hélias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Research X</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, pp.100106. </w:t>
+              <w:t xml:space="preserve">Bioresource Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 319, pp.124204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.wroa.2021.100106⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biortech.2020.124204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03262321v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping the biological activities of filamentous oxygenic photogranules</w:t>
               </w:r>
@@ -2503,51 +2503,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Milferstedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Hamelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chul Park</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinyoung Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5561,77 +5561,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecologically engineering methanotrophic photogranules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anissa Sukma Safitri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Hamelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roald Kommedal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Milferstedt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6937,243 +6937,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Substrate complexity favors community coalescence after mixing of methane-producing communities</w:t>
+                <w:t xml:space="preserve">Cyanobacterial abundance drives photogranulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Milferstedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Angus Buckling</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esmee Joosten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISME17 - 17. International Symposium on Microbial Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society for Microbial Ecology (ISME). Wageningen, INT., Aug 2018, Leipzig, Germany</w:t>
+              <w:t xml:space="preserve">IWA Biofilms: Granular Sludge Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Delft University of Technology (DTU). NLD. International Water Association (IWA), INT., Mar 2018, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737121v1</w:t>
+                <w:t xml:space="preserve">hal-01799544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyanobacterial abundance drives photogranulation</w:t>
+                <w:t xml:space="preserve">Substrate complexity favors community coalescence after mixing of methane-producing communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Milferstedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Esmee Joosten</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Plouchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pawel Sierocinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angus Buckling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IWA Biofilms: Granular Sludge Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Delft University of Technology (DTU). NLD. International Water Association (IWA), INT., Mar 2018, Delft, Netherlands</w:t>
+              <w:t xml:space="preserve">ISME17 - 17. International Symposium on Microbial Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for Microbial Ecology (ISME). Wageningen, INT., Aug 2018, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01799544v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring minimum conditions allowing photogranulation</w:t>
               </w:r>
@@ -7742,51 +7742,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of oxygenic photo-granules and its application for aeration-free wastewater treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chul Park</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed S Abouhend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7982,247 +7982,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accessing virus genomes out of metagenomic data: improving statistical and bioinformatics analytic tools to better assess the contribution of phages on microbial ecosystems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Dugat-Bony</w:t>
+                <w:t xml:space="preserve">Photogranules may shake sewage treatment up</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Milferstedt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chul Park</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Hamelin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phages On Marseille</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Marseille, France. pp.1</w:t>
+              <w:t xml:space="preserve">16. International Symposium on Microbial Ecology - ISME16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for Microbial Ecology (ISME). INT., Aug 2016, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01531724v1</w:t>
+                <w:t xml:space="preserve">hal-02739957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photogranules may shake sewage treatment up</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accessing virus genomes out of metagenomic data: improving statistical and bioinformatics analytic tools to better assess the contribution of phages on microbial ecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne de Paepe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dugat-Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Hamelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Milferstedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. International Symposium on Microbial Ecology - ISME16</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society for Microbial Ecology (ISME). INT., Aug 2016, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">Phages On Marseille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Marseille, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739957v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01531724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecological engineering of oxygenic photogranules for biotechnological applications</w:t>
               </w:r>
@@ -8709,51 +8709,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Milferstedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Hamelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chul Park</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">249. American Chemical Society National Meeting &amp; Exposition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Chemical Society (ACS). USA., Mar 2015, Denver, United States</w:t>
@@ -11830,64 +11830,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Hamelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Milferstedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anissa Sukma Safitri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roald Kommedal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sousbie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11944,64 +11944,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Hamelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Milferstedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anissa Sukma Safitri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roald Kommedal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sousbie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12351,51 +12351,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494457v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadiia Yamborko" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schwab" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubos Polerecky" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yalda Davoudpour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Berthelot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-33762-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494466v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Della-Negra" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Servien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Milferstedt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hamelin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01310-25" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494100v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Galea-Out&#243;n" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioflm.2025.100339" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05014975v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s S&#233;gu&#233;la" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guilmineau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Gautier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2025.123557" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05133228v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Billery" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberte Gaval" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11157-025-09728-4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05007084v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.5237" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04569684v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Romero-Frasca" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Coronado-Apodaca" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jimenez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-024-02495-3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677885v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2024.130986" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04182443v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esmee Joosten" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiad099" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04146720v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Ashoor" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seong-Hoon Jun" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Do Ko" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinwon Lee" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11051110" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03554334v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Br&#233;mond" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bertrandias" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bru-Adan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020277" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962170v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Brockmann" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves G&#233;rand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chul Park" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud H&#233;lias" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2020.124204" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03262321v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Sukma Safitri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roald Kommedal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wroa.2021.100106" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02981499v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Ouazaite" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Desmond-Le Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.27585" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629305v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed S. Abouhend" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abeera A. Ansari" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlyn Butler" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.9b04745" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02957755v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.3784" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623358v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Plouchart" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Guizard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Latrille" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0193748" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626952v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Mcnair" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenye C. Kuo-Dahab" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Watt" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlyn S. Butler" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b00403" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608544v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaushik Venkiteshwaran" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fujimoto" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Johnson" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2016.12.010" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626533v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinyoung Jung" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhoon Hwang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.07.176" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624588v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Sierocinski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bayer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Grosskopf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Alston" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2017.09.056" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626438v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Camilla Kuo-Dahab" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. S. Butler" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Abouhend" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-16614-9" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633741v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Saur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud R. Escudie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2015.10.012" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608636v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. H. Zitomer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2016.08.012" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512087v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Widder" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind J Allen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pfeiffer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas P Curtis" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Wiuf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2016.45" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167881v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Carmona Martinez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Trably" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lacroix" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Etcheverry" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2015.05.041" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630533v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micol Bellucci" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Harmand" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Godon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2015.05.051" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630346v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Escudi&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2014.05.009" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642571v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0080692" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644963v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Goff" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bacheley" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Steyer" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2012.07.081" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2KJW2ZWV-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647637v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prasse" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Neyret" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10295-012-1196-8" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A07D4E8FE6FC470E1A14304E6404C98454113141/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508739v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Milferstedt" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Pons" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Morgenroth" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.22075" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398942v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.21831" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5V6753C6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01967083v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pons" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00277035v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2007.294" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284113v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.20893" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284119v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2006.01.036" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52WVLF03-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313754v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179195v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04823788v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795195v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Reignaud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04823867v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152033v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152108v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Buitr&#243;n" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152281v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151639v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152290v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152190v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03033341v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03280523v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739394v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeong-Geol Na" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hando Ko" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03280539v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791633v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917616v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735765v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917621v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Filali" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786680v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786681v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himanshu Kumar Khuntia" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Torrijos" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786936v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737121v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angus Buckling" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799544v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786939v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791635v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787610v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Jaillard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785336v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736529v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733779v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737810v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed S Abouhend" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenye Camilla Kuo-Dahab" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739627v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531724v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne de Paepe" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739957v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792673v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740886v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Chatellard" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Carr&#232;re" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791860v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793643v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163005v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Moletta-Denat" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742286v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristie Stauch-White" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Kuo-Dahab" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163002v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739859v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792015v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741657v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792043v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739651v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744624v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744895v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745940v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745841v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle G&#233;vaudan" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744959v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744392v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744657v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753429v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023433v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Vivier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.K. Mekki Berrada" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795112v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613787v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792455v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740460v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749310v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744473v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Sandre" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747075v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749394v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914537v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Emmanuelle Marcato-Romain" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Pechaud" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Paul" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Girbal-Neuhauser" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753430v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664478v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chapleur" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04943042v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04152483v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sousbie" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04152468v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790868v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494457v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadiia Yamborko" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schwab" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubos Polerecky" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yalda Davoudpour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Berthelot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-33762-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494466v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Della-Negra" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Servien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Milferstedt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hamelin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01310-25" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494100v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Galea-Out&#243;n" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioflm.2025.100339" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05014975v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s S&#233;gu&#233;la" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guilmineau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Gautier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2025.123557" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05133228v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Billery" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberte Gaval" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11157-025-09728-4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05007084v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.5237" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04569684v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Romero-Frasca" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Coronado-Apodaca" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jimenez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-024-02495-3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677885v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2024.130986" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04182443v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esmee Joosten" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiad099" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04146720v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Ashoor" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seong-Hoon Jun" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Do Ko" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinwon Lee" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11051110" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03554334v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Br&#233;mond" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bertrandias" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bru-Adan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020277" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03262321v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Sukma Safitri" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roald Kommedal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wroa.2021.100106" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962170v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Brockmann" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves G&#233;rand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chul Park" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud H&#233;lias" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2020.124204" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02981499v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Ouazaite" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Desmond-Le Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.27585" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629305v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed S. Abouhend" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abeera A. Ansari" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlyn Butler" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.9b04745" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02957755v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.3784" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623358v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Plouchart" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Guizard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Latrille" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0193748" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626952v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Mcnair" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenye C. Kuo-Dahab" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Watt" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlyn S. Butler" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b00403" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608544v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaushik Venkiteshwaran" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fujimoto" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Johnson" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2016.12.010" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626533v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinyoung Jung" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhoon Hwang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.07.176" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624588v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Sierocinski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bayer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Grosskopf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Alston" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2017.09.056" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626438v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Camilla Kuo-Dahab" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. S. Butler" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Abouhend" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-16614-9" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633741v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Saur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud R. Escudie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2015.10.012" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608636v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. H. Zitomer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2016.08.012" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512087v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Widder" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind J Allen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pfeiffer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas P Curtis" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Wiuf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2016.45" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167881v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Carmona Martinez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Trably" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lacroix" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Etcheverry" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2015.05.041" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630533v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micol Bellucci" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Harmand" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Godon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2015.05.051" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630346v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Escudi&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2014.05.009" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642571v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0080692" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644963v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Goff" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bacheley" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Steyer" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2012.07.081" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2KJW2ZWV-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647637v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prasse" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Neyret" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10295-012-1196-8" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A07D4E8FE6FC470E1A14304E6404C98454113141/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508739v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Milferstedt" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Pons" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Morgenroth" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.22075" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398942v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.21831" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5V6753C6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01967083v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pons" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00277035v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2007.294" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284113v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.20893" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284119v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2006.01.036" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52WVLF03-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313754v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179195v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04823788v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795195v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Reignaud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04823867v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152033v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152108v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Buitr&#243;n" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152281v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151639v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152290v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152190v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03033341v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03280523v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739394v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeong-Geol Na" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hando Ko" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03280539v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791633v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917616v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735765v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917621v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Filali" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786680v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786681v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himanshu Kumar Khuntia" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Torrijos" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786936v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799544v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737121v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angus Buckling" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786939v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791635v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787610v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Jaillard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785336v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736529v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733779v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737810v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed S Abouhend" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenye Camilla Kuo-Dahab" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739627v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739957v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531724v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne de Paepe" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792673v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740886v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Chatellard" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Carr&#232;re" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791860v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793643v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163005v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Moletta-Denat" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742286v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristie Stauch-White" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Kuo-Dahab" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163002v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739859v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792015v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741657v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792043v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739651v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744624v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744895v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745940v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745841v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle G&#233;vaudan" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744959v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744392v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744657v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753429v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023433v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Vivier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.K. Mekki Berrada" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795112v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613787v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792455v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740460v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749310v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744473v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Sandre" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747075v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749394v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914537v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Emmanuelle Marcato-Romain" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Pechaud" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Paul" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Girbal-Neuhauser" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753430v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664478v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chapleur" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04943042v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04152483v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sousbie" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04152468v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790868v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>