--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -996,166 +996,166 @@
                 <w:t xml:space="preserve">The Effect of Switching Barriers on Customer Commitment: an Application to Mobile Phone Services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Robert-Demontrond</w:t>
+                <w:t xml:space="preserve">Philippe Robert Demontrond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Marketing Trends</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 1 (6), pp.7-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01163535v1</w:t>
+                <w:t xml:space="preserve">hal-01163461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effect of Switching Barriers on Customer Commitment: an Application to Mobile Phone Services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Robert Demontrond</w:t>
+                <w:t xml:space="preserve">Philippe Robert-Demontrond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Marketing Trends</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 1 (6), pp.7-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01163461v1</w:t>
+                <w:t xml:space="preserve">hal-01163535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (49)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1167,481 +1167,481 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transitional Tensions: Observations from Engineering Education Researchers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Future Perspectives of Capacity Building in Engineering Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linda Gardelle</w:t>
+                <w:t xml:space="preserve">J A Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Jalali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Kálmán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Langie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transatlantic Symposium on Sustainable Development: North American and European Perspectives on Sustainability in Higher Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MIT, Oct 2023, Cambridge, United States</w:t>
+              <w:t xml:space="preserve">51st Annual Conference of the European Society for Engineering Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TU Dublin, Sep 2023, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04309221v1</w:t>
+                <w:t xml:space="preserve">hal-04492588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engineering Students' Perceptions Towards Promoting Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mantoura Nakad</w:t>
+                <w:t xml:space="preserve">Transitional Tensions: Observations from Engineering Education Researchers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brad Tabas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Gardelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rami Abboud</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Una Beagon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE Global Engineering Education Conference (EDUCON)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transatlantic Symposium on Sustainable Development: North American and European Perspectives on Sustainability in Higher Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MIT, Oct 2023, Cambridge, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/EDUCON54358.2023.10125179⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04161336v1</w:t>
+                <w:t xml:space="preserve">hal-04309221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Searching for Young Talent: Understanding Industrial Recruitment Practices for Hiring Engineering Degree Apprenticeship Students</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Engineering Students' Perceptions Towards Promoting Sustainability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mantoura Nakad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Krien</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Gardelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rami Abboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">51st Annual Conference of the European Society for Engineering Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21427/XDFM-4Z41⟩</w:t>
+              <w:t xml:space="preserve">2023 IEEE Global Engineering Education Conference (EDUCON)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Kuwait, Kuwait. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EDUCON54358.2023.10125179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04492700v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04161336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Future Perspectives of Capacity Building in Engineering Education</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Y Jalali</w:t>
+                <w:t xml:space="preserve">Searching for Young Talent: Understanding Industrial Recruitment Practices for Hiring Engineering Degree Apprenticeship Students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klara Kövesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Kálmán</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Krien</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">51st Annual Conference of the European Society for Engineering Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, TU Dublin, Sep 2023, Dublin, Ireland</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, TU Dublin, Sep 2023, Dublin (IR), Ireland. pp.693-702, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21427/XDFM-4Z41⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04492588v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04492700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Potential of Metaverse Technology in E-Learning: Case of Engineering Students</w:t>
               </w:r>
@@ -1716,217 +1716,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04492756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Pathological Bifurcations to Meaningful Planetary Change Agents</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Student Reflective Practice As Part of Engineering Programmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Una Beagon</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gareth Thomson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transatlantic Symposium on Sustainable Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MIT, Oct 2023, Cambridge (MA), United States</w:t>
+              <w:t xml:space="preserve">19th CDIO International Conference, CDIO 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Trondheim, Norway. pp.770-779</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04689859v1</w:t>
+                <w:t xml:space="preserve">hal-04336037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Student Reflective Practice As Part of Engineering Programmes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From Pathological Bifurcations to Meaningful Planetary Change Agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brad Tabas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Gardelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gareth Thomson</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Una Beagon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th CDIO International Conference, CDIO 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Trondheim, Norway. pp.770-779</w:t>
+              <w:t xml:space="preserve">Transatlantic Symposium on Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MIT, Oct 2023, Cambridge (MA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04336037v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04689859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">THE POTENTIAL OF METAVERSE TECHNOLOGY IN E-LEARNING: CASE OF ENGINEERING STUDENTS</w:t>
               </w:r>
@@ -2092,752 +2092,769 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04492630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Students' perceptions of applied educational and pedagogical approaches at stem universities: a european overview</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jenny Koponen</w:t>
+                <w:t xml:space="preserve">La place des ODD dans les programmes de formation des ingénieurs : perceptions croisées des enseignants et des élèves ingénieurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEFI2022 - 50th Annual Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AREF 2022. Congrès international d’actualité de la recherche en éducation et en formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lausanne, Sep 2022, Lausanne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03915764v1</w:t>
+                <w:t xml:space="preserve">hal-03716459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La place des ODD dans les programmes de formation des ingénieurs : perceptions croisées des enseignants et des élèves ingénieurs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christiane Gillet</w:t>
+                <w:t xml:space="preserve">What about Sustainability? Investigating Engineering Students' Sustainability Awareness and Attitude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mantoura Nakad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AREF 2022. Congrès international d’actualité de la recherche en éducation et en formation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SEFI2022 - 50th Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Brest, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5821/conference-9788412322262.1185⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03716459v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03917430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What about Sustainability? Investigating Engineering Students' Sustainability Awareness and Attitude</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mantoura Nakad</w:t>
+                <w:t xml:space="preserve">Do Academic Recruitment Policies Under Represent Teaching and Learning Competences?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gareth Thomson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEFI2022 - 50th Annual Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CDIO 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Reykjavík University, Jun 2022, Reykjavik, Iceland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03917430v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03765701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Academic Recruitment Policies Under Represent Teaching and Learning Competences?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">International practice of capacity building in engineering education: a comparative case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greet Langie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gardner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anikó Kálmán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CDIO 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SEFI2022 - 50th Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Barcelona (ES), Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5821/conference-9788412322262.1279⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03765701v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03915777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">International practice of capacity building in engineering education: a comparative case study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Students' perceptions of applied educational and pedagogical approaches at stem universities: a european overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bente Nørgaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Una Beagon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Koponen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEFI2022 - 50th Annual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Barcelona (ES), Spain. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5821/conference-9788412322262.1279⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5821/conference-9788412322262.1233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03915777v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03915764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaping a new future? Engineering students’ perception about interdisciplinary sustainability courses</w:t>
+                <w:t xml:space="preserve">Introspection into Portuguese universities attractiveness: a focus on industrial engineering and management students</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Flament</w:t>
+                <w:t xml:space="preserve">Serôdio Maria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sá Margarida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEFI 2021 Annual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, TU Munich, Sep 2021, Munich, Germany</w:t>
+              <w:t xml:space="preserve">, Dec 2021, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03469182v1</w:t>
+                <w:t xml:space="preserve">hal-03469223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Future engineers’ needed competencies for achieving the SDGs: the gap between academic and industry requirements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sustainable Development and the SDGs: Revealing Engineering Academics, Students and Employer Viewpoints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Una Beagon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brad Tabas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bente Nørgaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riitta Lehtinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biennale internationale de l'éducation, de la formation et des pratiques professionnelles 2021. Faire/Se faire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">SEFI 2021 Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03469255v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03469154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into the integration of the SDGs in engineering program curricula as seen through the prism of the perceptions of engineering students and educators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2892,307 +2909,290 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INGENIUM Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03469052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustainable Development and the SDGs: Revealing Engineering Academics, Students and Employer Viewpoints</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Future engineers’ needed competencies for achieving the SDGs: the gap between academic and industry requirements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klara Kövesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brad Tabas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Una Beagon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Bowe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEFI 2021 Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Munich, Germany</w:t>
+              <w:t xml:space="preserve">Biennale internationale de l'éducation, de la formation et des pratiques professionnelles 2021. Faire/Se faire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03469154v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03469255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introspection into Portuguese universities attractiveness: a focus on industrial engineering and management students</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shaping a new future? Engineering students’ perception about interdisciplinary sustainability courses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sá Margarida</w:t>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEFI 2021 Annual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2021, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">, TU Munich, Sep 2021, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03469223v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03469182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What do our students know about the future challenges of sustainability?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3496,1309 +3496,1309 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03020287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évolution de la formation des ingénieurs face aux défis de développement durable de la société : le développement des compétences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Complex Thinking for Diversity, Attractiveness and Sustainability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brad Tabas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation et Education au Développement Durable (FEDD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">47th Annual Conference of the European Society for Engineering Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02300728v1</w:t>
+                <w:t xml:space="preserve">hal-02300726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex Thinking for Diversity, Attractiveness and Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brad Tabas</w:t>
+                <w:t xml:space="preserve">Take the way of excellence! What makes French engineering schools so attractive for talented students?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Moulignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Gille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47th Annual Conference of the European Society for Engineering Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02300726v1</w:t>
+                <w:t xml:space="preserve">hal-02300723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Take the way of excellence! What makes French engineering schools so attractive for talented students?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maryse Gille</w:t>
+                <w:t xml:space="preserve">Attractiveness of Engineering Schools in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katriina Schrey-Niemenmaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47th Annual Conference of the European Society for Engineering Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02300723v1</w:t>
+                <w:t xml:space="preserve">hal-02300725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attractiveness of Engineering Schools in Europe</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’évolution de la formation des ingénieurs face aux défis de développement durable de la société : le développement des compétences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47th Annual Conference of the European Society for Engineering Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">Formation et Education au Développement Durable (FEDD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02300725v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02300728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skills and competencies for the Engineer of 2030 to meet sustainability challenges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Professional development in real work situation: case studies in block release apprenticeship training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souâd Zaouani-Denoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bente Nørgaard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th SEFI Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SEFI - Société Européenne pour la Formation des Ingénieurs; Technical University of Denmark, Sep 2018, Copenhagen, Denmark. pp.1468-1469</w:t>
+              <w:t xml:space="preserve">9th international conference of the EARLI SIG 14 Learning and professional development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Geneva. Faculty of psychology and educational sciences, Sep 2018, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02095070v1</w:t>
+                <w:t xml:space="preserve">hal-02094887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Professional development in real work situation: case studies in block release apprenticeship training</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transdisciplinary Approach to Sustainable Innovation and Entrepreneurship Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Majou de La Débutrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Sonntag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bluteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th international conference of the EARLI SIG 14 Learning and professional development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Geneva. Faculty of psychology and educational sciences, Sep 2018, Genève, Switzerland</w:t>
+              <w:t xml:space="preserve">46th SEFI annual conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SEFI - Société Européenne pour la Formation des Ingénieurs; Technical University of Denmark, Sep 2018, Copenhagen, Denmark. p. 952-959</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02094887v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01989296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transdisciplinary Approach to Sustainable Innovation and Entrepreneurship Education</w:t>
+                <w:t xml:space="preserve">Skills and competencies for the Engineer of 2030 to meet sustainability challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Hélène Bluteau</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Una Beagon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katriina Schrey-Niemenmaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bente Nørgaard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th SEFI annual conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SEFI - Société Européenne pour la Formation des Ingénieurs; Technical University of Denmark, Sep 2018, Copenhagen, Denmark. p. 952-959</w:t>
+              <w:t xml:space="preserve">46th SEFI Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SEFI - Société Européenne pour la Formation des Ingénieurs; Technical University of Denmark, Sep 2018, Copenhagen, Denmark. pp.1468-1469</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01989296v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02095070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graduate Engineers’ Work-readiness: Bridging the Mismatch between Industry Perception and Expectation</w:t>
+                <w:t xml:space="preserve">Entrepreneurship Education for PhD Students in Engineering Sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEOM Global Engineering Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Bristol, United Kingdom</w:t>
+              <w:t xml:space="preserve">45rd Annual Conference of the European Society for Engineering Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Azores, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01765108v1</w:t>
+                <w:t xml:space="preserve">hal-01765052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social Entrepreneurship Education for Engineering Students: A Paradigm Shift Towards a Socio-Technical Approach to Innovation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christiane Gillet</w:t>
+                <w:t xml:space="preserve">Are you ready to innovate? Engineering students’ perception of their skills to innovate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Gaudron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th Annual Conference of Educational Innovation in Economics and Business</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Utrecht, Netherlands</w:t>
+              <w:t xml:space="preserve">45rd Annual Conference of the European Society for Engineering Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Azores, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01765037v1</w:t>
+                <w:t xml:space="preserve">hal-05290534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entrepreneurship Education for PhD Students in Engineering Sciences</w:t>
+                <w:t xml:space="preserve">The Changing Face of Entrepreneurship Education for Engineering Students in France: Challenges and Opportunities in a Fast Evolving World</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45rd Annual Conference of the European Society for Engineering Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Azores, Portugal</w:t>
+              <w:t xml:space="preserve">IEEE - Global Engineering Education Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Athène, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01765052v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01765024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are you ready to innovate? Engineering students’ perception of their skills to innovate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucie Gaudron</w:t>
+                <w:t xml:space="preserve">Social entrepreneurship education for engineering students : a paradigm shift toward a socio-technical approach to innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45rd Annual Conference of the European Society for Engineering Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Azores, Portugal</w:t>
+              <w:t xml:space="preserve">24th EDiNEB Conference 2017. Contributions from Business and Economics Education to Social Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Educational Innovation in Economics and Business Association, May 2017, Utrecht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290534v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01557774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Changing Face of Entrepreneurship Education for Engineering Students in France: Challenges and Opportunities in a Fast Evolving World</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Social Entrepreneurship Education for Engineering Students: A Paradigm Shift Towards a Socio-Technical Approach to Innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE - Global Engineering Education Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Athène, Greece</w:t>
+              <w:t xml:space="preserve">24th Annual Conference of Educational Innovation in Economics and Business</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Utrecht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01765024v1</w:t>
+                <w:t xml:space="preserve">hal-01765037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social entrepreneurship education for engineering students : a paradigm shift toward a socio-technical approach to innovation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Graduate Engineers’ Work-readiness: Bridging the Mismatch between Industry Perception and Expectation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th EDiNEB Conference 2017. Contributions from Business and Economics Education to Social Innovation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Educational Innovation in Economics and Business Association, May 2017, Utrecht, Netherlands</w:t>
+              <w:t xml:space="preserve">IEOM Global Engineering Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Bristol, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01557774v1</w:t>
+                <w:t xml:space="preserve">hal-01765108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation of the educational practice to the new forms of Business and Enterprise innovation: A case study of the maritime industry in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adapting engineering training to the new challenges of a fast-changing innovative working environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klara Kövesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Coadour</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EISTA 2016. 14th International Conference on Education and Information Systems, Technologies and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Orlando, United States</w:t>
+              <w:t xml:space="preserve">EDiNEB 2016. Educational Innovation in Economics and Business Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EDHEC Business School, Jun 2016, Nice, France. pp. 119-127</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01342648v1</w:t>
+                <w:t xml:space="preserve">hal-01340276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adapting engineering training to the new challenges of a fast-changing innovative working environment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptation of the educational practice to the new forms of Business and Enterprise innovation: A case study of the maritime industry in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Coadour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Coadour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EDiNEB 2016. Educational Innovation in Economics and Business Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EDHEC Business School, Jun 2016, Nice, France. pp. 119-127</w:t>
+              <w:t xml:space="preserve">EISTA 2016. 14th International Conference on Education and Information Systems, Technologies and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01340276v1</w:t>
+                <w:t xml:space="preserve">hal-01342648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Industry perception of new engineering graduates: the gap between requirements and reality</w:t>
               </w:r>
@@ -5188,51 +5188,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01337475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les possessions numériques au travers le prisme du temps : une approche exploratoire</w:t>
+                <w:t xml:space="preserve">Les possessions numériques à travers le prisme du temps : une approche exploratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Guillemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Gourmelen</w:t>
@@ -5250,97 +5250,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Tamaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème séminaire M@rsouin</w:t>
+              <w:t xml:space="preserve">12ème congrès de M@rsouin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Le Bono, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02475080v1</w:t>
+                <w:t xml:space="preserve">hal-01337470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les possessions numériques à travers le prisme du temps : une approche exploratoire</w:t>
+                <w:t xml:space="preserve">Les possessions numériques au travers le prisme du temps : une approche exploratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Guillemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Gourmelen</w:t>
@@ -5358,73 +5358,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Tamaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème congrès de M@rsouin</w:t>
+              <w:t xml:space="preserve">12ème séminaire M@rsouin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Le Bono, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01337470v1</w:t>
+                <w:t xml:space="preserve">hal-02475080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cooperative rationales in comparison: perspectives from Canada, France and Hungary</w:t>
               </w:r>
@@ -5512,260 +5512,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01163436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative rationales in the 21st century : a european comparative perspective</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zs. Kispál-Vitai</w:t>
+                <w:t xml:space="preserve">L’avenir des coopératives peut-il être commercial sans être politique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klara Kövesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Regnard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th international conference Economics and management of networks (EMNet)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2011, Limassol, Cyprus</w:t>
+              <w:t xml:space="preserve">Colloque universitaire "100 ans de mutualisme à Landerneau"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Landerneau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01163430v1</w:t>
+                <w:t xml:space="preserve">hal-01163433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’avenir des coopératives peut-il être commercial sans être politique ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cooperative rationales in the 21st century : a european comparative perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zs. Kispál-Vitai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Regnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Y. Regnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque universitaire "100 ans de mutualisme à Landerneau"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Landerneau, France</w:t>
+              <w:t xml:space="preserve">5th international conference Economics and management of networks (EMNet)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Limassol, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01163433v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01163430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of switching barriers on customer commitment: an application to mobile phone services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robert-Demontrond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Marketing Trands Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, Venise, Italy. pp. 7-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6044,51 +6044,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Pathological Bifurcations to Meaningful Planetary Change Agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brad Tabas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Gardelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6749,51 +6749,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attractiveness of Engineering Profession in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katriina Schrey-Niemenmaa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7610,421 +7610,421 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03469330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focus groups report - France (as part of Activity 1: Task 2 of the A-STEP 2030 project)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Engineering Skills Requirements for Sustainable Development and Achieving the SDG's - Outcomes of focus groups held in Ireland, France, Denmark and Finland as part of A-Step 2030 Project, Activity 1: Task 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Una Beagon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Bowe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Gillet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] ENSTA Bretagne - École nationale supérieure de techniques avancées Bretagne. 2019</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brad Tabas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ENSTA Bretagne - École nationale supérieure de techniques avancées Bretagne; Dublin Technological University. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02300730v1</w:t>
+                <w:t xml:space="preserve">hal-04017657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Report on the future role of engineers in society and the skills and competences engineering will require</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Una Beagon</w:t>
+                <w:t xml:space="preserve">Report on the Factors Influencing the Young Generation’s Future Career Choices as part of A-STEP 2030 project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riitta Lehtinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">ENSTA Bretagne - École nationale supérieure de techniques avancées Bretagne. 2019</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Cantrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katriina Schrey-Niemenmaa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Helsinki Metropolia University of Applied Sciences. 2019, 47 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04032850v1</w:t>
+                <w:t xml:space="preserve">hal-04032585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engineering Skills Requirements for Sustainable Development and Achieving the SDG's - Outcomes of focus groups held in Ireland, France, Denmark and Finland as part of A-Step 2030 Project, Activity 1: Task 2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Report on the future role of engineers in society and the skills and competences engineering will require</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brad Tabas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Una Beagon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">ENSTA Bretagne - École nationale supérieure de techniques avancées Bretagne; Dublin Technological University. 2019</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ENSTA Bretagne - École nationale supérieure de techniques avancées Bretagne. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04017657v1</w:t>
+                <w:t xml:space="preserve">hal-04032850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Report on the Factors Influencing the Young Generation’s Future Career Choices as part of A-STEP 2030 project</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Focus groups report - France (as part of Activity 1: Task 2 of the A-STEP 2030 project)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Kövesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Helsinki Metropolia University of Applied Sciences. 2019, 47 p</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] ENSTA Bretagne - École nationale supérieure de techniques avancées Bretagne. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04032585v1</w:t>
+                <w:t xml:space="preserve">hal-02300730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation des ingénieurs au défi des nouvelles formes de conception et d’organisation de l’innovation dans les entreprises</w:t>
               </w:r>
@@ -8389,51 +8389,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C062DC6F"/>
+    <w:nsid w:val="E897AD16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8620,51 +8620,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/klara-kovesi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4036-6475" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/130634565" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03621970v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Una Beagon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klara K&#246;vesi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad Tabas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bente N&#248;rgaard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riitta Lehtinen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03043797.2022.2033955" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716411v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Bowe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Gillet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03439181v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Gille" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Moulignier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03043797.2021.1993795" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02300719v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anik&#243; K&#225;lm&#225;n" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03043797.2019.1622654" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03000959v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22503/inftars.XX.2020.2.8" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02351404v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsuzsanna Kisp&#225;l-Vitai" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Regnard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Andr&#233; Guillotte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/204.2019.012" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01337472v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Guillemot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Gourmelen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Tamaro" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.1130" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01163535v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert-Demontrond" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163461v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert Demontrond" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309221v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Gardelle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04161336v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mantoura Nakad" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Abboud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDUCON54358.2023.10125179" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492700v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Krien" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21427/XDFM-4Z41" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492588v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J A Griffiths" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Jalali" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A K&#225;lm&#225;n" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Langie" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492756v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozali Badaoui" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Tannoury" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689859v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04336037v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Thomson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762860v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492630v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G A Thomson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21427/N0PF-J843" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03915764v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Koponen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5821/conference-9788412322262.1233" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716459v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03917430v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5821/conference-9788412322262.1185" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03765701v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03915777v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greet Langie" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gardner" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Griffiths" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5821/conference-9788412322262.1279" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469182v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Flament" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469255v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469052v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469154v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469223v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ser&#244;dio Maria" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225; Margarida" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03020263v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04032626v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493829v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03020287v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02300728v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02300726v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02300723v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02300725v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katriina Schrey-Niemenmaa" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02095070v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02094887v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sou&#226;d Zaouani-Denoux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989296v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Majou de La D&#233;butrie" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Sonntag" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bluteau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01765108v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01765037v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01765052v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-05290534v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gaudron" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01765024v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557774v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342648v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Coadour" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340276v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01765019v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter Csizmadia" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01337477v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsuzsanna Veroszta" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01337478v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Clark" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01337474v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01337475v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02475080v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01337470v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163436v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zs. Kisp&#225;l-Vitai" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Regnard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-A. Guillotte," TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163430v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163433v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rousseau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797964v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03915814v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163462v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zs. Kispal-Vitai" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04737075v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-80434-2_5" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01761609v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iste-editions.fr/products/formation-des-ingenieurs-a-l-innovation" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01917358v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Csizmadia" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wiley.com/en-us/Training+Engineers+for+Innovation-p-9781119563365" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119563938.ch4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01761606v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01917357v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119563938.ch3" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163463v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03921124v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01765073v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01765069v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352963v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469357v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus Spliid" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lehtinen Riitta" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469400v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469421v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Spaas" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469439v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469330v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Piironen" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Cantrel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02300730v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04032850v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04017657v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04032585v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342657v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Droff" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342665v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01337479v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/klara-kovesi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4036-6475" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/130634565" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03621970v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Una Beagon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klara K&#246;vesi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad Tabas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bente N&#248;rgaard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riitta Lehtinen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03043797.2022.2033955" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716411v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Bowe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Gillet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03439181v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Gille" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Moulignier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03043797.2021.1993795" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02300719v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anik&#243; K&#225;lm&#225;n" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03043797.2019.1622654" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03000959v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22503/inftars.XX.2020.2.8" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02351404v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsuzsanna Kisp&#225;l-Vitai" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Regnard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Andr&#233; Guillotte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/204.2019.012" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01337472v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Guillemot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Gourmelen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Tamaro" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.1130" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163461v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert Demontrond" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01163535v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert-Demontrond" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492588v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J A Griffiths" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Jalali" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A K&#225;lm&#225;n" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Langie" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309221v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Gardelle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04161336v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mantoura Nakad" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Abboud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDUCON54358.2023.10125179" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492700v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Krien" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21427/XDFM-4Z41" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492756v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozali Badaoui" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Tannoury" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04336037v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Thomson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689859v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762860v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492630v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G A Thomson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21427/N0PF-J843" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716459v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03917430v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5821/conference-9788412322262.1185" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03765701v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03915777v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greet Langie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gardner" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Griffiths" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5821/conference-9788412322262.1279" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03915764v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Koponen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5821/conference-9788412322262.1233" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469223v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ser&#244;dio Maria" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225; Margarida" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469154v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469052v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469255v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469182v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Flament" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03020263v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04032626v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493829v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03020287v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02300726v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02300723v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02300725v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katriina Schrey-Niemenmaa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02300728v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02094887v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sou&#226;d Zaouani-Denoux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989296v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Majou de La D&#233;butrie" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Sonntag" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bluteau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02095070v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01765052v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-05290534v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gaudron" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01765024v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557774v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01765037v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01765108v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340276v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Coadour" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342648v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01765019v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter Csizmadia" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01337477v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsuzsanna Veroszta" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01337478v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Clark" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01337474v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01337475v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01337470v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02475080v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163436v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zs. Kisp&#225;l-Vitai" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Regnard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-A. Guillotte," TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163433v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rousseau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163430v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797964v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03915814v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163462v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zs. Kispal-Vitai" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04737075v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-80434-2_5" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01761609v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iste-editions.fr/products/formation-des-ingenieurs-a-l-innovation" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01917358v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Csizmadia" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wiley.com/en-us/Training+Engineers+for+Innovation-p-9781119563365" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119563938.ch4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01761606v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01917357v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119563938.ch3" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163463v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03921124v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01765073v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01765069v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352963v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469357v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus Spliid" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lehtinen Riitta" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469400v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469421v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Spaas" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469439v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03469330v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Piironen" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Cantrel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04017657v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04032585v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04032850v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02300730v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342657v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Droff" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342665v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01337479v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>