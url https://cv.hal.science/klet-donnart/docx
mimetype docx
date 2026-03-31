--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -3171,690 +3171,690 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03875686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insularité et singularité. Bilan et éléments de synthèse</w:t>
+                <w:t xml:space="preserve">Des pierres ornées en position secondaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nicolas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une maison sous les dunes : Beg Ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d’Iroise entre les IIIe et IIe millénaires avant notre ère</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidestone Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.715-729, 2019, 978-9-088-90380-9</w:t>
+              <w:t xml:space="preserve">, pp.553-562, 2019, 978-9-088-90380-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02155247v1</w:t>
+                <w:t xml:space="preserve">hal-02150645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des pierres ornées en position secondaire ?</w:t>
+                <w:t xml:space="preserve">Beg ar Loued, île Molène (Finistère, France), un habitat insulaire de l’âge du Bronze ancien. Entre autarcie et ouverture sur le monde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loréna Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...16 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une maison sous les dunes : Beg Ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d’Iroise entre les IIIe et IIe millénaires avant notre ère</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.553-562, 2019, 978-9-088-90380-9</w:t>
+              <w:t xml:space="preserve">Entre terres et eaux. Les sites littoraux de l’âge du Bronze : spécificités et relations avec l’arrière-pays. Actes de la séance de la Société préhistorique française d’Agde (20-21 octobre 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société préhistorique française, pp.331-353, 2019, 2-913745-76-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02150645v1</w:t>
+                <w:t xml:space="preserve">hal-03965971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beg ar Loued, île Molène (Finistère, France), un habitat insulaire de l’âge du Bronze ancien. Entre autarcie et ouverture sur le monde</w:t>
+                <w:t xml:space="preserve">Insularité et singularité. Bilan et éléments de synthèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clement Nicolas</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loréna Audouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Convertini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entre terres et eaux. Les sites littoraux de l’âge du Bronze : spécificités et relations avec l’arrière-pays. Actes de la séance de la Société préhistorique française d’Agde (20-21 octobre 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société préhistorique française, pp.331-353, 2019, 2-913745-76-8</w:t>
+              <w:t xml:space="preserve">Une maison sous les dunes : Beg Ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d’Iroise entre les IIIe et IIe millénaires avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidestone Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.715-729, 2019, 978-9-088-90380-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03965971v1</w:t>
+                <w:t xml:space="preserve">hal-02155247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The introduction of the Bell Beaker culture in Atlantic France: an overview of settlements</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Quentin Favrel</w:t>
+                <w:t xml:space="preserve">De grès et de chêne : l'enceinte néolithique de La Villeneuve-au-Châtelot (Aube), « Les Communes - La Pièce des Quarante ». Exploitation et mise en oeuvre des ressources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lolita Rousseau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Ard</w:t>
+                <w:t xml:space="preserve">Willy Tegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
+                <w:t xml:space="preserve">Bernhard Muigg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Ravry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Alex M. Gibson (ed.). </w:t>
+              <w:t xml:space="preserve">Montoya C., Fagnart J.-P., Locht J.-L. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bell Beaker Settlement of Europe: The Bell Beaker Phenomenon from a Domestic Perspective</w:t>
+              <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest. Mobilités, climats et identités culturelles. XXVIIIème Congrès préhistorique de France, Amiens 30 mai – 4 juin 2016. Vol. 3 – Néolithique - Âge du Bronze</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.329-352, 2019, Prehistoric Society Research Paper 9, 9781789251241</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Société préhistorique de France</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.175-184, 2019, 978-2-913745-80-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02066023v1</w:t>
+                <w:t xml:space="preserve">hal-02860687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De grès et de chêne : l'enceinte néolithique de La Villeneuve-au-Châtelot (Aube), « Les Communes - La Pièce des Quarante ». Exploitation et mise en oeuvre des ressources</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Willy Tegel</w:t>
+                <w:t xml:space="preserve">The introduction of the Bell Beaker culture in Atlantic France: an overview of settlements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Favrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernhard Muigg</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Ferrier</w:t>
+                <w:t xml:space="preserve">Lolita Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Ravry</w:t>
+                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Montoya C., Fagnart J.-P., Locht J.-L. </w:t>
+              <w:t xml:space="preserve">Alex M. Gibson (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest. Mobilités, climats et identités culturelles. XXVIIIème Congrès préhistorique de France, Amiens 30 mai – 4 juin 2016. Vol. 3 – Néolithique - Âge du Bronze</w:t>
+              <w:t xml:space="preserve">Bell Beaker Settlement of Europe: The Bell Beaker Phenomenon from a Domestic Perspective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Société préhistorique de France</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.175-184, 2019, 978-2-913745-80-3</w:t>
+                <w:t xml:space="preserve">Oxbow Books</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.329-352, 2019, Prehistoric Society Research Paper 9, 9781789251241</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02860687v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02066023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le macro-outillage</w:t>
               </w:r>
@@ -4598,51 +4598,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pierre à l'aube de la métallurgie, de la sphère domestique au monde funéraire : l'exemple du quart nord-ouest de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lolita Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6822,51 +6822,51 @@
                 <w:t xml:space="preserve">Amélie-Aude Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie de Bretagne. 2019, pp.Volume 1 (557), volume 2 (302)</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Bretagne. 2019, pp.Volume 1 (557), volume 2 (302)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6944,51 +6944,51 @@
                 <w:t xml:space="preserve">Alexis Corrochano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie d'Île-de-France. 2019, Volume 1 (644 p.), volume 2 (565 p.), volume 3 (628 p.), volume 4 (950 p.)</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie d'Île-de-France. 2019, Volume 1 (644 p.), volume 2 (565 p.), volume 3 (628 p.), volume 4 (950 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05512827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6996,51 +6996,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juniville (08), Les Ponsiaux. Un établissement rural palissadé du Hallstatt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Ravry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Chaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7171,435 +7171,435 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Peyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mafalda Roscio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie de Nouvelle-Aquitaine. 2018, pp.296</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Nouvelle-Aquitaine. 2018, pp.296</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05529693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pont-sur-Seine (10), Le Gué Dehan, Zone 2</w:t>
+                <w:t xml:space="preserve">Anguerny (14), Le Clos Bataille - Chemin du Grand Ruet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Collas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Brenot</w:t>
+                <w:t xml:space="preserve">Audrey Deladande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Demarest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] Service régional de l'archéologie du Grand-Est. 2018, pp.Volume 1 (524), Volume 2 (471), Volume 3 (</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Piolot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie de Normandie. 2018, pp.222</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05529690v1</w:t>
+                <w:t xml:space="preserve">hal-05529697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allones (72), ZAC du Monné - Tranche 2. De l'établissement enclos laténien à la ferme du monné : occupations gauloise, romaine et médiévale en périphérie de l'agglomération d'Allonnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Bellavia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie des Pays de la Loire. 2018, pp.636</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05529698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anguerny (14), Le Clos Bataille - Chemin du Grand Ruet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pont-sur-Seine (10), Le Gué Dehan, Zone 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Collas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Brenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Fronteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Lachiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'archéologie du Grand-Est. 2018, pp.Volume 1 (524), Volume 2 (471), Volume 3 (</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Deladande</w:t>
-[...81 lines deleted...]
-                <w:t xml:space="preserve">hal-05529697v1</w:t>
+                <w:t xml:space="preserve">hal-05529690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ZAC du Noyer aux Perdrix, 2e campagne, Servon (77). Habitat rural du Haut Moyen Âge et Moyen Âge central.</w:t>
               </w:r>
@@ -7655,51 +7655,51 @@
                 <w:t xml:space="preserve">Damien Gazagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas-Aloïs Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie d'Île de France. 2018, pp.Volume 1 (486), Volume 2 (62)</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie d'Île de France. 2018, pp.Volume 1 (486), Volume 2 (62)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05529691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7777,51 +7777,51 @@
                 <w:t xml:space="preserve">Mélanie Demarest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie du Grand-Est. 2018, pp.Volume 1 (503), Volume 2 (300)</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie du Grand-Est. 2018, pp.Volume 1 (503), Volume 2 (300)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05529694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7899,51 +7899,51 @@
                 <w:t xml:space="preserve">Mélanie Demarest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie du Grand-Est. 2018, pp.536</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie du Grand-Est. 2018, pp.536</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05529695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -8265,51 +8265,51 @@
                 <w:t xml:space="preserve">Elise André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Camille Arqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie du Centre-Val de Loire. 2018, pp.Volume 1 (491), volume 2 (550), volume 3 (611)</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie du Centre-Val de Loire. 2018, pp.Volume 1 (491), volume 2 (550), volume 3 (611)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05529696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -8452,51 +8452,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Villeneuve-au-Châtelot (10), Les Communes, Phase 2A Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Pescher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Ravry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Brenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8631,604 +8631,604 @@
                 <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie de Bretagne. 2017, pp.183</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie de Bretagne. 2017, pp.183</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05539730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souppes-sur-Loing (77), Le Boulay</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Brenot</w:t>
+                <w:t xml:space="preserve">Pont-Scorff (56), Nénijo. Une occupation diachronique du Néolithique moyen au Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gourmelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Le Faou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Lierville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie d'Île-de-France. 2017, pp.550</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha - Etudes et valorisations archéologiques (Limoges); Service régional de l'archéologie Pays de la Loire. 2017, pp.292</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05538494v1</w:t>
+                <w:t xml:space="preserve">hal-04575193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pont-Scorff (56), Nénijo. Une occupation diachronique du Néolithique moyen au Moyen Âge</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Océane Lierville</w:t>
+                <w:t xml:space="preserve">Taverny (95), ZAC des Écouardes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pimpaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bernadeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bron</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Talluault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Eveha - Etudes et valorisations archéologiques (Limoges); Service régional de l'archéologie Pays de la Loire. 2017, pp.292</w:t>
+              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie d'Île-de-France. 2017, pp.137</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04575193v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poupry (28), Villeneuve. Une occupation rurale de la période laténienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Anctil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie du Centre-Val-de-Loire. 2017, pp.271</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05539612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taverny (95), ZAC des Écouardes</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Souppes-sur-Loing (77), Le Boulay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Laurey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Peyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Brenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie d'Île-de-France. 2017, pp.550</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Pimpaud</w:t>
-[...85 lines deleted...]
-                <w:t xml:space="preserve">hal-05539611v1</w:t>
+                <w:t xml:space="preserve">hal-05538494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moissy-Cramayel (77), Noyer Perrot - Parc d'Activités de l'A5 - Zone 3PP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Clézio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bernadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Brenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9306,51 +9306,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Villeneuve-au-Châtelot (10), &amp;quot;Les communes - la pièce des Quarante&amp;quot;, phase 1. Des segments d'une enceinte palissadée du néolithique récent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Ravry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bapst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9531,271 +9531,271 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05539486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aigrefeuille-sur-Maine (44), Les Ténauderies. Un établissement rural gaulois au sud de la Loire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Toron</w:t>
+                <w:t xml:space="preserve">Ploudaniel (29), Le Parcou, Route de Kerno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sévin-Allouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Lierville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Demarest</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Eveha - Etudes et valorisations archéologiques (Limoges); Service régional de l'archéologie Pays de la Loire. 2016, pp.724</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha - Etudes et valorisations archéologiques (Limoges); Service régional de l'archéologie de Bretagne. 2016, pp.209</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04577981v1</w:t>
+                <w:t xml:space="preserve">hal-04575248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ploudaniel (29), Le Parcou, Route de Kerno</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Sévin-Allouet</w:t>
+                <w:t xml:space="preserve">Aigrefeuille-sur-Maine (44), Les Ténauderies. Un établissement rural gaulois au sud de la Loire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Toron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Lierville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marine Laforge</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Demarest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Eveha - Etudes et valorisations archéologiques (Limoges); Service régional de l'archéologie de Bretagne. 2016, pp.209</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Eveha - Etudes et valorisations archéologiques (Limoges); Service régional de l'archéologie Pays de la Loire. 2016, pp.724</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04575248v1</w:t>
+                <w:t xml:space="preserve">hal-04577981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Rocher de l’Impératrice, Plougastel-Daoulas (Finistère), Rapport de synthèse, opération pluriannuelle 2014-2016, SRA Bretagne</w:t>
               </w:r>
@@ -10194,51 +10194,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905803v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Picavet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jaccottey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monchablon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;rane Brisotto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chaigneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964463v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554228v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Reguer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Carlier de Veslud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2021.15250" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992022v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Pailler" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Nicolas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Audouard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02064004v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Biard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02433959v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Toron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Favrel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493975v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tinevez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gehres" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Marcoux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Oberlin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.4911" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01717481v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Goffic" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Quesnel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.524" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761653v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tin&#233;vez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Hamon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guirec Querr&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2015.14522" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01164178v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Juh&#233;l" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Forr&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David G&#226;che" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Wiethold" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092640v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pailler Yvan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Gandois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nicolas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Sparfel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ppr.2014.9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-3W91DVCR-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472885v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bardel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.1581" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00588066v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.3662" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01147569v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2010.03.001" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DTWT9KG0-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371588v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#233;na Audouard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03222785v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01994646v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laroche" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bapst" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Harster" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991523v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023354v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fromont" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04573997v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gourmelon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Prouin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Dubreucq" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04130900v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lep&#232;re" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ferrier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brenot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delmotte" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05088866v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brunet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Wermuth" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Poirier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mafalda Roscio" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410644v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Fily" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel M&#233;lin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Laforge" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875686v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Br&#233;hard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Dufraisse" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archeoaep.fr/?product=archeologie-dune-enceinte-fossoyee-du-neolithique-recent-dans-le-centre-ouest-de-la-france-bellevue-a-chenommet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02155247v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/une-maison-sous-les-dunes" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02150645v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965971v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066023v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Rousseau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanchet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxbowbooks.com/oxbow/the-bell-beaker-settlement-of-europe.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860687v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Tegel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Muigg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Ravry" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prehistoire.org/shop_515-47840-5204-800/cpf28-amiens-30-mai-4-juin-2016-3-volumes.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02150618v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02089680v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Baudry" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Guiavarc'H" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313500v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676900v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Milleville" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/artehis/3541" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.artehis.3541" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676898v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fronteau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676902v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cousseran-N&#233;r&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884359v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aprab.org/publi.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778336v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362034v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bouchet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kleit Donnart" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778331v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Robin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423003v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Faou" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Quillivic" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore No&#235;l" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008170v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Barloy-Hubler" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Cabot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Calonnec" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118174v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Hounieu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Brenot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Meiraud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576001v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bernard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575979v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zanotti" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185882v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Teyssonneyre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Laurent" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Argant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noisette Bec-Drelon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575616v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g Le Martret" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Lierville" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bron" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184837v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine David" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Camille Arqu&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bidault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Boquart" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Broux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193371v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Demarest" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193342v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Cl&#233;zio" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Laurey" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Andr&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184617v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bernardeau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=marion connan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Degorre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575688v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193311v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lambert" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Petit" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193440v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lotton" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Barracand" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523941v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Gaug&#233;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie-Aude Berthon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512827v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ben Kaddour" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Anctil" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Corrochano" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530200v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Chaillot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Choimet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lachiche" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529693v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Driard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Peyne" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529690v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Collas" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529698v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Loiseau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529697v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Deladande" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Piolot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529691v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gazagne" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas-Alo&#239;s Gerardin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529694v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Delauney" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Adam" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Andrieu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529695v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Demarly-Cresp" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530202v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe S&#233;vin-Allouet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Genies" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530207v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric L&#233;ry" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529696v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sarreste" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Andr&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529832v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Finch" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539604v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pescher" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539730v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538494v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Andr&#233;" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Berthon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575193v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539612v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia No&#235;l" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539611v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pimpaud" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bernadeau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Talluault" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539493v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Delalande" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538666v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539486v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rowena Banerjea" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577981v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575248v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080901v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Naudinot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Baron" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bellot-Gurlet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Beyries" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blanchet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977780v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905803v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Picavet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jaccottey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monchablon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;rane Brisotto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chaigneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964463v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554228v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Reguer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Carlier de Veslud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2021.15250" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992022v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Pailler" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Nicolas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Audouard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02064004v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Biard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02433959v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Toron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Favrel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493975v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tinevez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gehres" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Marcoux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Oberlin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.4911" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01717481v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Goffic" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Quesnel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.524" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761653v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tin&#233;vez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Hamon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guirec Querr&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2015.14522" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01164178v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Juh&#233;l" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Forr&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David G&#226;che" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Wiethold" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092640v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pailler Yvan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Gandois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nicolas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Sparfel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ppr.2014.9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-3W91DVCR-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472885v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bardel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.1581" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00588066v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.3662" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01147569v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2010.03.001" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DTWT9KG0-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371588v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#233;na Audouard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03222785v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01994646v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laroche" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bapst" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Harster" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991523v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023354v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fromont" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04573997v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gourmelon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Prouin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Dubreucq" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04130900v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lep&#232;re" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ferrier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brenot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delmotte" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05088866v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brunet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Wermuth" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Poirier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mafalda Roscio" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410644v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Fily" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel M&#233;lin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Laforge" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875686v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Br&#233;hard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Dufraisse" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archeoaep.fr/?product=archeologie-dune-enceinte-fossoyee-du-neolithique-recent-dans-le-centre-ouest-de-la-france-bellevue-a-chenommet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02150645v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/une-maison-sous-les-dunes" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965971v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02155247v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860687v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Tegel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Muigg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Ravry" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prehistoire.org/shop_515-47840-5204-800/cpf28-amiens-30-mai-4-juin-2016-3-volumes.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066023v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Rousseau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanchet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxbowbooks.com/oxbow/the-bell-beaker-settlement-of-europe.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02150618v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02089680v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Baudry" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Guiavarc'H" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313500v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676900v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Milleville" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/artehis/3541" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.artehis.3541" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676898v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fronteau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676902v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cousseran-N&#233;r&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884359v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aprab.org/publi.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778336v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362034v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bouchet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kleit Donnart" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778331v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Robin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423003v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Faou" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Quillivic" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore No&#235;l" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008170v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Barloy-Hubler" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Cabot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Calonnec" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118174v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Hounieu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Brenot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Meiraud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576001v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bernard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575979v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zanotti" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185882v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Teyssonneyre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Laurent" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Argant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noisette Bec-Drelon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575616v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g Le Martret" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Lierville" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bron" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184837v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine David" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Camille Arqu&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bidault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Boquart" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Broux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193371v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Demarest" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193342v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Cl&#233;zio" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Laurey" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Andr&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184617v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bernardeau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=marion connan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Degorre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575688v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193311v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lambert" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Petit" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193440v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lotton" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Barracand" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523941v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Gaug&#233;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie-Aude Berthon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512827v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ben Kaddour" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Anctil" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Corrochano" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530200v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Chaillot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Choimet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lachiche" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529693v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Driard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Peyne" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529697v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Deladande" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Piolot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529698v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Loiseau" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529690v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Collas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529691v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gazagne" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas-Alo&#239;s Gerardin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529694v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Delauney" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Adam" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Andrieu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529695v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Demarly-Cresp" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530202v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe S&#233;vin-Allouet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Genies" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530207v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric L&#233;ry" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529696v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sarreste" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Andr&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529832v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Finch" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539604v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pescher" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539730v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575193v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539611v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pimpaud" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bernadeau" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Talluault" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539612v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia No&#235;l" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538494v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Andr&#233;" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Berthon" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539493v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Delalande" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538666v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539486v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rowena Banerjea" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575248v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577981v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080901v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Naudinot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Baron" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bellot-Gurlet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Beyries" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blanchet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977780v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>