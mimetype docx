--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -204,796 +204,796 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04713485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the role of host species for two &amp;lt;i&amp;gt;Mycobacterium bovis&amp;lt;/i&amp;gt; genotypes from the European 3 clonal complex circulation within a cattle‐badger‐wild boar multihost system</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phylogénie et distribution géographique de Borrelia garinii chez des oiseaux communs en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriela Modenesi</w:t>
+                <w:t xml:space="preserve">François Margaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Courcoul</w:t>
+                <w:t xml:space="preserve">Amalia Rataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria‐laura Boschiroli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoit Durand</w:t>
+                <w:t xml:space="preserve">Moutailler Sara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Galon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henry Pierre-Yves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MicrobiologyOpen</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 81, pp.131-144</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-03909482v1</w:t>
+                <w:t xml:space="preserve">hal-04372028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogénie et distribution géographique de Borrelia garinii chez des oiseaux communs en France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Margaux</w:t>
+                <w:t xml:space="preserve">Deciphering the role of host species for two &amp;lt;i&amp;gt;Mycobacterium bovis&amp;lt;/i&amp;gt; genotypes from the European 3 clonal complex circulation within a cattle‐badger‐wild boar multihost system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amalia Rataud</w:t>
+                <w:t xml:space="preserve">Gabriela Modenesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moutailler Sara</w:t>
+                <w:t xml:space="preserve">Aurélie Courcoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Galon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Henry Pierre-Yves</w:t>
+                <w:t xml:space="preserve">Maria‐laura Boschiroli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MicrobiologyOpen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (1), pp.e1331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mbo3.1331⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04372028v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03909482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting veal-calf trading events in France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Deciphering the role of host species for two Mycobacterium bovis genotypes from the European 3 clonal complex circulation within a cattle‐badger‐wild boar multihost system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Elisabeta Vergu</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Modenesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Courcoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria‐laura Boschiroli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2022.105782⟩</w:t>
+              <w:t xml:space="preserve">MicrobiologyOpen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mbo3.1331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-03926654v1</w:t>
+                <w:t xml:space="preserve">anses-04370534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of diffusion routes of O/EA‐3 topotype of foot‐and‐mouth disease virus in Africa and Western Asia between 1974 and 2019 – a phylogeographic analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Blaise-Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonello Di Nardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Shaw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Romey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 69 (5), pp.e2230-e2239. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/tbed.14562⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03926699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methods Combining Genomic and Epidemiological Data in the Reconstruction of Transmission Trees: A Systematic Review</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoit Durand</w:t>
+                <w:t xml:space="preserve">Predicting veal-calf trading events in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Marsot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Canini</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Janicot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeta Vergu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pathogens11020252⟩</w:t>
+              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 209, pp.105782. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2022.105782⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03926779v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03926654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the role of host species for two Mycobacterium bovis genotypes from the European 3 clonal complex circulation within a cattle‐badger‐wild boar multihost system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Methods Combining Genomic and Epidemiological Data in the Reconstruction of Transmission Trees: A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Duault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Canini</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MicrobiologyOpen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mbo3.1331⟩</w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (2), pp.252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens11020252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04370534v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03926779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of cattle movement networks in Paraguay: Implications for the spread and control of infectious diseases</w:t>
               </w:r>
@@ -1587,295 +1587,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04434004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaccine-mediated protection of pigs against infection with pandemic H1N1 2009 swine influenza A virus requires a close antigenic match between the vaccine antigen and challenge virus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Statistical modelling of data showing pandemic H1N1 2009 swine influenza A virus infection kinetics in vaccinated pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Canini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen Everett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Aramouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Coward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Ramsay</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael Kelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vaccine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2019.02.078⟩</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27, pp.104576. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2019.104576⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04434089v1</w:t>
+                <w:t xml:space="preserve">hal-04434080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical modelling of data showing pandemic H1N1 2009 swine influenza A virus infection kinetics in vaccinated pigs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vaccine-mediated protection of pigs against infection with pandemic H1N1 2009 swine influenza A virus requires a close antigenic match between the vaccine antigen and challenge virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen Everett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Aramouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Coward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Ramsay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Kelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 27, pp.104576. </w:t>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 37 (17), pp.2288-2293. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2019.104576⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2019.02.078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04434080v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04434089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Pharmacokinetic/Viral Kinetic Model to Evaluate Treatment of Chronic HCV Infection with a Non-Nucleoside Polymerase Inhibitor</w:t>
               </w:r>
@@ -2655,529 +2655,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01586102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneous shedding of influenza by human subjects and its implications for epidemiology and control</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hepatitis C virus dynamics and cellular gene expression in uPA‐SCID chimeric mice with humanized livers during intravenous silibinin monotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark Woolhouse</w:t>
+                <w:t xml:space="preserve">S. Debroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taronna Maines</w:t>
+                <w:t xml:space="preserve">N. Hiraga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Carrat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Imamura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C N Hayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Akamatsu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep38749⟩</w:t>
+              <w:t xml:space="preserve">Journal of Viral Hepatitis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (9), pp.708 - 717. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jvh.12551⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04434109v1</w:t>
+                <w:t xml:space="preserve">hal-04629045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HCV kinetic and modeling analyses indicate similar time to cure among sofosbuvir combination regimens with daclatasvir, simeprevir or ledipasvir</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Heterogeneous shedding of influenza by human subjects and its implications for epidemiology and control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Woolhouse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taronna Maines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Carrat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhep.2016.02.022⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (1), pp.38749. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep38749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04629043v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04434109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneous shedding of influenza by human subjects and its implications for epidemiology and control</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">HCV kinetic and modeling analyses indicate similar time to cure among sofosbuvir combination regimens with daclatasvir, simeprevir or ledipasvir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harel Dahari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederik Graw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan Uprichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaldo S.A. Araújo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep38749⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 64 (6), pp.1232-1239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhep.2016.02.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01421169v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04629043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hepatitis C virus dynamics and cellular gene expression in uPA‐SCID chimeric mice with humanized livers during intravenous silibinin monotherapy</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C N Hayes</w:t>
+                <w:t xml:space="preserve">Heterogeneous shedding of influenza by human subjects and its implications for epidemiology and control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Akamatsu</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mark E. J. Woolhouse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taronna R. Maines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Carrat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Viral Hepatitis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jvh.12551⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6, pp.38749 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep38749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04629045v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01421169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distinct immune responses and virus shedding in pigs following aerosol, intra-nasal and contact infection with pandemic swine influenza A virus, A(H1N1)09</w:t>
               </w:r>
@@ -3457,51 +3457,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Koh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harel Dahari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiongce Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3693,252 +3693,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04629015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viral kinetic modeling: state of the art</w:t>
+                <w:t xml:space="preserve">A Pharmacokinetic/Viral Kinetic Model to Evaluate the Treatment Effectiveness of Danoprevir against Chronic HCV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anushree Chatterjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Guedj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Lemenuel-Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Brennan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pharmacokinetics and Pharmacodynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10928-014-9363-3⟩</w:t>
+              <w:t xml:space="preserve">Antiviral Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 20 (5), pp.469-477. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3851/IMP2879)⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04629010v1</w:t>
+                <w:t xml:space="preserve">hal-04629024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Pharmacokinetic/Viral Kinetic Model to Evaluate the Treatment Effectiveness of Danoprevir against Chronic HCV</w:t>
+                <w:t xml:space="preserve">Viral kinetic modeling: state of the art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan S Perelson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiviral Therapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 20 (5), pp.469-477. </w:t>
+              <w:t xml:space="preserve">Journal of Pharmacokinetics and Pharmacodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 41 (5), pp.431 - 443. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3851/IMP2879)⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10928-014-9363-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04629024v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04629010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Different Oseltamivir Regimens on Treating Influenza A Virus Infection and Resistance Emergence: Insights from a Modelling Study</w:t>
               </w:r>
@@ -3963,51 +3963,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica M. Conway</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan. S. Perelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Carrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Computational Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 10 (4), pp.e1003568. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4188,51 +4188,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population Modeling of Influenza A/H1N1 Virus Kinetics and Symptom Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Carrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 85 (6), pp.2764 - 2770. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4350,51 +4350,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Deshuillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandra Wu Chuang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Galon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TTP.11 - Tick and Tick-Borne Pathogens Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Havana (Cuba), Cuba</w:t>
@@ -4531,103 +4531,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification phylogéographique des routes de diffusion du virus de la fièvre aphteuse de topotype O/EA-3 en Afrique et en Asie Orientale de 1974 à 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Blaise-Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jemma Wadsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonello Di Nardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Shaw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIVèmes Journées Francophones de Virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFV, Apr 2022, Strasbourg, France</w:t>
@@ -4669,90 +4669,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction phylodynamique de l’histoire du topotype O/EA-3 du virus de la fièvre aphteuse en Afrique (1974-2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souheyla Benfrid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Mai-Lan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Blaise-Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques et doctorales de l'Anses (JSDA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Anses, Sep 2021, Maisons-Alfort, France</w:t>
@@ -4949,51 +4949,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scott Cotler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harel Dahari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015, pp.2118-2119. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/hep.27594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5604,51 +5604,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713485v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Duault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Canini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2024.100794" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03909482v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Modenesi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Courcoul" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria&#8208;laura Boschiroli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.1331" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372028v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Margaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Rataud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moutailler Sara" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Galon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Pierre-Yves" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926654v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marsot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Janicot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Lambert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeta Vergu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2022.105782" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926699v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Canini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Blaise-Boisseau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonello Di Nardo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Shaw" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Romey" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14562" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926779v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens11020252" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04370534v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926648v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaias Avalos" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Naranjo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Maldonado" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0278999" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03909489v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Michelet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Laura Boschiroli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-022-01044-x" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489679v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2020.104902" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03294258v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Crozet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cliquet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Robardet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vetsci7040207" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434004v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Holzer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morgan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanneke Dinie Hemmink" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Becky Clark" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434089v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Everett" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Aramouni" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Coward" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Ramsay" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kelly" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2019.02.078" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434080v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2019.104576" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629034v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Lemenuel-Diot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara J Brennan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick F Smith" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan S Perelson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3851/imp3216" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629056v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Gambato" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabela Lens" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Graw" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Perpi&#241;an" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/liv.14014" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629055v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Ishida" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tje Lin Chung" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michio Imamura" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuhiko Hiraga" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suranjana Sen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.29891" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629049v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Koh" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Cotler" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Uprichard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Winters" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep4.1043" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629052v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshiiku Kawakami" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan L Uprichard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott J Cotler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0187409" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01586102v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Boyd" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gozlan" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lascoux-Combe" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Miailhes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcv.2017.08.008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434109v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Woolhouse" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taronna Maines" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Carrat" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38749" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629043v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harel Dahari" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evaldo S.A. Ara&#250;jo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2016.02.022" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01421169v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark E. J. Woolhouse" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taronna R. Maines" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629045v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Debroy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hiraga" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Imamura" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C N Hayes" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Akamatsu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvh.12551" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434103v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanneke Hemmink" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Salguero" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-016-0390-5" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629037v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Guedj" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anushree Chatterjee" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3851/imp3006" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629030v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiongce Zhao" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1473-3099(15)00074-2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629015v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban A Hernandez-Vargas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Wilk" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin R Toapanta" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian C Binder" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.03644-13" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629010v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10928-014-9363-3" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629024v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Brennan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3851/IMP2879)" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01342587v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica M. Conway" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan. S. Perelson" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1003568" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629023v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swati Debroy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Mari&#241;o" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Conway" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Crespo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3851/IMP2806)" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629005v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.01318-10" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713906v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Porcelli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Heckmann" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deshuillers" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Wu Chuang" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04266257v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Boschiroli" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04524201v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jemma Wadsworth" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04523988v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheyla Benfrid" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Mai-Lan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636186v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Perelson" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3851/IMP3045" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636177v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.27594" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369132v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00827770v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PAO66158" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05469656v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-04555072v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713485v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Duault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Canini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2024.100794" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372028v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Margaux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Rataud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moutailler Sara" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Galon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Pierre-Yves" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03909482v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Modenesi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Courcoul" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria&#8208;laura Boschiroli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.1331" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04370534v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926699v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Canini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Blaise-Boisseau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonello Di Nardo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Shaw" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Romey" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14562" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926654v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marsot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Janicot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Lambert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeta Vergu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2022.105782" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926779v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens11020252" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926648v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaias Avalos" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Naranjo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Maldonado" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0278999" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03909489v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Michelet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Laura Boschiroli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-022-01044-x" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489679v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2020.104902" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03294258v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Crozet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cliquet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Robardet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vetsci7040207" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434004v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Holzer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morgan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanneke Dinie Hemmink" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Becky Clark" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434080v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Everett" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Aramouni" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Coward" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Ramsay" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2019.104576" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434089v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kelly" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2019.02.078" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629034v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Lemenuel-Diot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara J Brennan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick F Smith" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan S Perelson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3851/imp3216" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629056v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Gambato" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabela Lens" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Graw" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Perpi&#241;an" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/liv.14014" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629055v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Ishida" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tje Lin Chung" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michio Imamura" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuhiko Hiraga" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suranjana Sen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.29891" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629049v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Koh" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Cotler" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Uprichard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Winters" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep4.1043" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629052v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshiiku Kawakami" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan L Uprichard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott J Cotler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0187409" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01586102v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Boyd" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gozlan" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lascoux-Combe" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Miailhes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcv.2017.08.008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629045v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Debroy" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hiraga" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Imamura" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C N Hayes" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Akamatsu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvh.12551" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434109v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Woolhouse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taronna Maines" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Carrat" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38749" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629043v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harel Dahari" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evaldo S.A. Ara&#250;jo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2016.02.022" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01421169v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark E. J. Woolhouse" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taronna R. Maines" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434103v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanneke Hemmink" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Salguero" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-016-0390-5" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629037v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Guedj" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anushree Chatterjee" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3851/imp3006" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629030v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiongce Zhao" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1473-3099(15)00074-2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629015v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban A Hernandez-Vargas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Wilk" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin R Toapanta" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian C Binder" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.03644-13" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629024v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Brennan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3851/IMP2879)" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629010v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10928-014-9363-3" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01342587v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica M. Conway" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan. S. Perelson" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1003568" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629023v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swati Debroy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Mari&#241;o" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Conway" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Crespo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3851/IMP2806)" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629005v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.01318-10" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713906v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Porcelli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Heckmann" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deshuillers" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Wu Chuang" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04266257v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Boschiroli" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04524201v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jemma Wadsworth" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04523988v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheyla Benfrid" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Mai-Lan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636186v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Perelson" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3851/IMP3045" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636177v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.27594" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369132v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00827770v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PAO66158" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05469656v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-04555072v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>