--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -181,446 +181,446 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Provenance of the ballast stones from the Roman Republican ship Ilovik-Paržine 1: A hypothesis about its place of construction</w:t>
+                <w:t xml:space="preserve">Aléria – Mare Stagno/Cap Gros. Fouille programmée (2020)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Fournier</w:t>
+                <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Leonide</w:t>
+                <w:t xml:space="preserve">Simon Sedlbauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Marié</w:t>
+                <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Quillévéré</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Neaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04692609v1</w:t>
+                <w:t xml:space="preserve">hal-04535471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aléria – Mare Stagno 1. Fouille programmée (2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Boneu-Pouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Coutelas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Corse, 2B - Haute Corse, pp.156267</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04527594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aléria – Mare Stagno/Cap Gros. Fouille programmée (2020)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
+                <w:t xml:space="preserve">Provenance of the ballast stones from the Roman Republican ship Ilovik-Paržine 1: A hypothesis about its place of construction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leonide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Marié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Quillévéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Sedlbauer</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Pierre Margerel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 57, pp.104580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2024.104580⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535471v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04692609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bonifacio – Piantarella : fouille programmée (2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -658,64 +658,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discussioni intorno a una pignula. Le cas des vases à goulot de Piantarella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archaeonautica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Par-delà les mers de Gaule et d'Italie. Mélanges en l'honneur de Marie-Brigitte Carre (dir. Emmanuel Botte, Souen Fontaine, Corinne Rousse), 22, pp.297-302</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -740,64 +740,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aléria – Mare Stagno/Cap Gros : programme d’analyses (2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Capelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -861,51 +861,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Covolan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -969,51 +969,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des amphores à Pompéi, du garum et du vin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Archéologue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 167, pp.86-89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1038,77 +1038,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une production d’amphores sur le territoire d’Aleria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Archéologue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 166, pp.50-55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1159,51 +1159,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Mannocci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pawlowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'APERA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2, pp.91-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1228,103 +1228,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bonifacio – Piantarella : fouilles programmées 2018 [notice archéologique]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Byl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Corse, 2021, pp.50001</w:t>
@@ -1347,342 +1347,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03515425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aléria – Mare Stagno : fouilles programmées 2019 [notice archéologique]</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Bonifacio – Piantarella : fouilles programmées 2019 [notice archéologique]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, Corse, 2021, pp.53887</w:t>
+              <w:t xml:space="preserve">, 2021, Corse, 2019, pp.53722</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03515636v1</w:t>
+                <w:t xml:space="preserve">halshs-03515456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bonifacio – Piantarella : fouilles programmées 2019 [notice archéologique]</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Aléria – Mare Stagno : fouilles programmées 2019 [notice archéologique]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Sedlbauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Bellavia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, Corse, 2019, pp.53722</w:t>
+              <w:t xml:space="preserve">, 2021, Corse, 2021, pp.53887</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03515456v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03515636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aléria – Casabianda : sondage 2019 [notice archéologique]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Sedlbauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1720,90 +1720,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aléria – Piede Tignoso : sondage (2019) [notice archéologique]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Sedlbauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1880,51 +1880,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Germinario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto de Bonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Izzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2014,51 +2014,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Germinario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto de Bonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Izzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2113,51 +2113,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les potiers à Pompéi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dossiers d'Archéologie. Hors-Série</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 38, pp.54-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2182,51 +2182,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un mythe grec pour la tombe d’une femme samnite : proposition de lecture d’une amphore à figures rouges de Pompéi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Denoyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2277,51 +2277,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracing Back the Potters of Pompeii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CNRS Le journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2346,51 +2346,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur les traces des potiers de Pompéi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carnets de science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 6, pp.182-197</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2415,90 +2415,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aléria – Mare Stagno : fouilles programmées 2017 [notice archéologique]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Sedlbauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Bellavia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Caroline Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2566,51 +2566,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Germinario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Cultrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto de Bonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2674,51 +2674,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherches sur la production céramique à Pompéi : l’atelier des lampes à huile (Reg. I, Ins. 20, 2-3). Campagne 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Coubray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2808,51 +2808,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La production du bleu égyptien durant l'époque hellénistique et l'Empire romain (IIIe av. J.-C.-Ier s. apr. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de correspondance hellénique-supplément</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Les arts de la couleur en Grèce ancienne..et ailleurs. Approches interdisciplinaires, 56, pp.13-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2890,51 +2890,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pompéi, Porta Ercolano : organisation, gestion et transformations d’une zone suburbaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Zanella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Laubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3011,51 +3011,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherches sur la production céramique à Pompéi : l’atelier des lampes à huile (Reg. I, Ins. 20, 2-3)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3139,272 +3139,272 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01919519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond Vitruvius: New Insight in the Technology of Egyptian Blue and Green Frits</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Des pyxides en verre à décor peint à l'époque hellénistique (fin IVe-fin IIe avant J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Glass Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 58, pp.21-56</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03090915v1</w:t>
+                <w:t xml:space="preserve">hal-01470324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des pyxides en verre à décor peint à l'époque hellénistique (fin IVe-fin IIe avant J.-C.)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Beyond Vitruvius: New Insight in the Technology of Egyptian Blue and Green Frits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celestino Grifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto de Bonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Germinario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenza Guarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Glass Studies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 99 (10), pp.3467-3475. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jace.14370⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01470324v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03090915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des tombes samnites à Pompéi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lemaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3442,51 +3442,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pompéi. L’atelier de potier de la via dei Sepolcri, 28-30</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Chapelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3553,273 +3553,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01473356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pompéi. Découverte d’une tombe samnite</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Recherches archéologiques à Cumes (Campanie, Naples)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Munzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Chapelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Covolan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Duneufjardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chronique des activités archéologiques de l'École française de Rome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cefr.1444⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01473147v1</w:t>
+                <w:t xml:space="preserve">hal-01709992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherches archéologiques à Cumes (Campanie, Naples)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pompéi. Découverte d’une tombe samnite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Cavassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chronique des activités archéologiques de l'École française de Rome</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archéologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 537, pp.49-51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/cefr.1444⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01709992v1</w:t>
+                <w:t xml:space="preserve">halshs-01473147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pompéi. L’atelier de potier de la via dei Sepolcri, 29. Campagne 2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3909,64 +3909,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacrifices et banquets dans le sanctuaire périurbain de Cumes (Campanie, Italie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dossiers d'Archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 362, pp.16-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3991,51 +3991,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un atelier de potiers à Pompéi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lemaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4086,90 +4086,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cumes, Recherches dans la nécropole de la Porte Médiane. Campagne 2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Munzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Cavassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Chapelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Duneufjardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chronique des activités archéologiques de l'École française de Rome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, </w:t>
@@ -4201,337 +4201,337 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01710042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cumes campagne de fouilles 2012</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">MINERO-PETROGRAPHIC STUDY OF COOKING WARE AND POMPEIAN RED WARE ( ROSSO POMPEIANO ) FROM CUMA (SOUTHERN ITALY)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Morra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. de Bonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Grifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Langella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Watel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chronique des activités archéologiques de l'École française de Rome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/cefr.989⟩</w:t>
+              <w:t xml:space="preserve">Archaeometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 55 (5), pp.852-879. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1475-4754.2012.00710.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01673848v1</w:t>
+                <w:t xml:space="preserve">halshs-03155547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MINERO-PETROGRAPHIC STUDY OF COOKING WARE AND POMPEIAN RED WARE ( ROSSO POMPEIANO ) FROM CUMA (SOUTHERN ITALY)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Cumes campagne de fouilles 2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Munzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Chapelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Watel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1475-4754.2012.00710.x⟩</w:t>
+              <w:t xml:space="preserve">Chronique des activités archéologiques de l'École française de Rome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cefr.989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halshs-03155547v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01673848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pompéi. L’atelier de potier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4591,90 +4591,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De Cumes à Vienne, sur les traces d’une pyxide en verre à décor peint (IIe av. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Meluziis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Association Française pour l'Archéologie du Verre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, pp.9-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4699,51 +4699,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un four de potier en activité à Pompéi au moment de l’éruption de 79 ap. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Chapelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4846,51 +4846,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Capozzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Duplouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4967,64 +4967,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique des activités archéologiques de l'École française de Rome Italie du Sud : Cumes. Campagne de fouilles 2011</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Meluziis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5114,51 +5114,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Botte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Chapelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5248,51 +5248,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Botte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianluca D’avino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5373,51 +5373,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregorio Aversa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Duplouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5481,51 +5481,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A la recherche du bleu égyptien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Instrumentum : bulletin du groupe de travail européen sur l'artisanat et les productions manufacturées dans l'Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, décembre, pp.7-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5550,51 +5550,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les kadoi à poix du Bruttium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges de l'École française de Rome – Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 120 (1), pp.99-107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5628,51 +5628,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’industrie chimique à l’époque romaine. L’entreprise de Vestorius à Pouzzoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Archéologue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 88, pp.18-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5710,77 +5710,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Botte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5831,51 +5831,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bleu égyptien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du Centre archéologique du Var</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, pp.160-162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5913,51 +5913,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Abellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6034,51 +6034,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deux contextes céramiques du Haut-Empire aux marge de la cité de Cumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sinopia, Revue du Département d'Histoire de l'Art et Archéologie de l'Université de Provence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 2, pp.99-101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6103,51 +6103,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucius &amp;quot;outricide&amp;quot; sur une lampe de Cumes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annali dell’Università degli Studi di Napoli “L’Orientale”. Rivista del Dipartimento del mondo classico. Sezione di Archeologia e Storia Antica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, pp.245-247</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6217,51 +6217,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A photogrammetry of the past: a time to observe and a time to record.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Poveda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6325,51 +6325,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Madrague de Giens ship : A photogrammetry from the past</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Poveda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6446,51 +6446,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bleu égyptien : production et circulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les gestes du mosaïste antique. Choix des matériaux, dessins préparatoires, mise en oeuvre. Journées d’étude internationales Aix-en-Provence, MMSH, 18 - 19 novembre 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Véronique Blanc-Bijon, Nov 2021, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6515,51 +6515,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deux ateliers de potiers pompéiens en 79 apr. J.-C. : de la fouille à la reconstitution expérimentale et virtuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6640,51 +6640,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La corse, un carrefour commercial et culturel durant la période romaine : entre acculturation, productions locales et imitations. Réflexions typologiques et pétrographiques à partir des exemples de Piantarella (Bonifacio) et de Mare Stagno (Aléria) entre le Ier et le IVe s. apr. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewtisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6735,51 +6735,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[…]lagvncvlaria nvnc facis[…] : être potier à Pompéi en 79 apr. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celestino Grifa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6843,51 +6843,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les bouches de Bonifacio durant l’Antiquité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6895,51 +6895,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Brigitte Carre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20 ans d'archéologie en Corse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Ajaccio, France</w:t>
@@ -6968,77 +6968,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cuma città figulinaria (I a.C.-I d.C.). Dalla ceramica da cucina alla ceramica da servizio.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto de Bonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenza Guarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Morra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7093,51 +7093,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les productions de paroi fine en Campanie : regard croisé entre Cumae et Neapolis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Illuminata Faga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7175,51 +7175,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pompei, città figulinaria nel 79 d.C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fecisti cretaria. Dal frammento al contesto: studi sul vasellame ceramico del territorio vesuviano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Parco Archeologico di Pompei, Jun 2016, Pompéi, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7530,51 +7530,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Bresciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leguilloux Martine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7644,203 +7644,203 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherches récentes sur les ateliers de potiers à Pompéi</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Pompéi : les potiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jean-Pierre Brun; Despina Chatzivasiliou; Willem M. Jongman. </w:t>
+              <w:t xml:space="preserve">Julien Auber de Lapierre; Emmanuel Botte; Jean-Pierre Brun; Matthieu Poux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Performances économiques de l'Empire romain. Une nouvelle archéologie du commerce et des techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions du Collège de France, pp.131-151, 2024, Conférences, 978-2-7226-0769-9</w:t>
+              <w:t xml:space="preserve">Vins, huiles &amp; parfums : voyage archéologique autour de la Méditerranée antique. [Catalogue de l'exposition, Collège de France, 28 octobre 2024 - 31 janvier 2025]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions du Collège de France, pp.27-31, 2024, Bibliothèques et archives, 978-2-7226-0774-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04859597v1</w:t>
+                <w:t xml:space="preserve">hal-04859629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pompéi : les potiers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Recherches récentes sur les ateliers de potiers à Pompéi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Julien Auber de Lapierre; Emmanuel Botte; Jean-Pierre Brun; Matthieu Poux. </w:t>
+              <w:t xml:space="preserve">Jean-Pierre Brun; Despina Chatzivasiliou; Willem M. Jongman. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vins, huiles &amp; parfums : voyage archéologique autour de la Méditerranée antique. [Catalogue de l'exposition, Collège de France, 28 octobre 2024 - 31 janvier 2025]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions du Collège de France, pp.27-31, 2024, Bibliothèques et archives, 978-2-7226-0774-3</w:t>
+              <w:t xml:space="preserve">Performances économiques de l'Empire romain. Une nouvelle archéologie du commerce et des techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions du Collège de France, pp.131-151, 2024, Conférences, 978-2-7226-0769-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04859629v1</w:t>
+                <w:t xml:space="preserve">hal-04859597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pottery production in Pompeii, step by step : from excavations to experimental archaeology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Chapelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7947,51 +7947,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pompéi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Julien Auber de Lapierre; Emmanuel Botte; Jean-Pierre Brun; Matthieu Poux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vins, huiles &amp; parfums : voyage archéologique autour de la Méditerranée antique. [Catalogue de l'exposition, Collège de France, 28 octobre 2024 - 31 janvier 2025]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions du Collège de France, pp.12-13, 2024, Bibliothèques et archives, 978-2-7226-0774-3</w:t>
@@ -8020,51 +8020,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annexe : Les ateliers céramiques de Pompéi : Porta Ercolano et Porta Nocera. Le système de quantification du matériel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La production céramique à Pompéi jusqu'en 79 après J.-C.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre Jean Bérard, 84 p., 2024, Collection du Centre Jean Bérard, 59. Archéologie de l'artisanat antique, 12, 978-2-38050-046-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8102,51 +8102,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vaisselle de l'épave de Camarat 2 (Ramatuelle, Var)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Brigitte Carre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sfecag, Actes du congrès d'Hyères, 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.91-99, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8171,51 +8171,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regards croisés sur le matériel des épaves d'Albenga et de la Madrague de Giens : l'apport des nouvelles recherches et des analyses archéométriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Poveda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8286,216 +8286,216 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’établissement romain de Mare Stagno et son faciès céramique à la fin du Ier siècle ap. J.-C.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Il complesso artigianale tardo-antico fuori le mura. Pozzo di captazione della falda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Vincent Jolivet. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabio Pagano; Marzia Del Villano. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aléria et ses territoires : approches croisées. Un projet de recherche collectif</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1, Éditions &amp; productions éoliennes, pp.176-189, 2022, Alalia</w:t>
+              <w:t xml:space="preserve">Terra. La scultura di un paesaggio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gangemi Editore, pp.38-41, 2022, 978-88-492-4143-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03510648v1</w:t>
+                <w:t xml:space="preserve">halshs-03504788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Il complesso artigianale tardo-antico fuori le mura. Pozzo di captazione della falda</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">L’établissement romain de Mare Stagno et son faciès céramique à la fin du Ier siècle ap. J.-C.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Fabio Pagano; Marzia Del Villano. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vincent Jolivet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terra. La scultura di un paesaggio</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Gangemi Editore, pp.38-41, 2022, 978-88-492-4143-3</w:t>
+              <w:t xml:space="preserve">Aléria et ses territoires : approches croisées. Un projet de recherche collectif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Éditions &amp; productions éoliennes, pp.176-189, 2022, Alalia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03504788v1</w:t>
+                <w:t xml:space="preserve">halshs-03510648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’épave romaine de la Madrague de Giens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Poveda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8550,51 +8550,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Bouches de Bonifacio durant l’Antiquité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8602,51 +8602,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Brigitte Carre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Céline Leandri; Franck Leandri. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie en Corse, vingt années de recherche : Actes du colloque d'Ajaccio, novembre 2017</w:t>
@@ -8679,51 +8679,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cargaison d'amphores de la Madrague de Giens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sabrina Marlier; Michel L'Hour; Alain Charron; David Djaoui. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trésors du fond des mers. Un patrimoine archéologique en danger [: catalogue de l'exposition, musée départemental Arles antique, 22 octobre 2022-20 février 2023]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.49, 2022, 978-2-35404-103-8</w:t>
@@ -8752,64 +8752,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une production sicéliote de medallion bowls : le cas de Mégara Hyblaea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du congrès d'Auch, 23-26 septembre 2021 : Héritages, influences, innovations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8847,64 +8847,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Corse, un carrefour commercial et culturel durant la période romaine : entre acculturation, productions locales et imitations. Réflexions typologiques et pétrographiques à partir des exemples de Piantarella (Bonifacio) et de Mare Stagno (Aléria) entre le Ier et le IVe s. apr. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Capelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8946,51 +8946,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cuisiner, manger et boire à la mode romaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emmanuel Botte; Yvon Lemoine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Villae : villas romaines en Gaule du Sud [exposition, abbaye de La Celle, du 19 mai au 31 octobre 2021]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Errance, pp.172-177, 2021, 978-2-87772-970-3</w:t>
@@ -9161,51 +9161,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pompei, città figulinaria nel 79 d.C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fecisti cretaria. Dal frammento al contesto: studi sul vasellame ceramico del territorio vesuviano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 40, L'Erma di Bretschneider, pp.23-30, 2020, Studi e ricerche del parco archeologico di Pompei, 978-88-913-1929-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9230,51 +9230,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un atelier de potier en activité à Pompéi au moment de l'éruption du Vésuve (79 ap. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien S. Lemaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9316,64 +9316,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cuisiner et manger dans la cité grecque de Mégara Hyblaea aux IVe et IIIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Annette Peignard-Giros. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Daily life in a cosmopolitan world : pottery and culture during the hellenistic period, Proceedings of the 2nd Conference of IARPotHP (Lyon, November 2015, 5th – 8th)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, </w:t>
@@ -9415,64 +9415,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mégara Hyblaea. Céramiques hellénistiques. 1, Céramiques en contexte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Henri Tréziny; Frédéric Mège (collab.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mégara Hyblaea. 7, La ville classique, hellénistique et romaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1/7, École française de Rome, pp.307-350, 2018, Collection de l'École française de Rome, 978-2-7283-1282-5</w:t>
@@ -9501,51 +9501,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pompéi (prov. de Naples, Campanie). L'artisanat du potier (Porta Ercolano, Porta Nocera).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Priscilla Munzi; Claude Pouzadoux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Centre Jean Bérard. 50 ans d'archéologie franco-italienne en Italie du Sud</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -9587,64 +9587,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cumes. Le matériel tardo-antique découvert dans un puits : entre données typologiques et analyses archéométriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9725,77 +9725,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le repos des cumains. Typochronologie des vases ossuaires (Ier siècle av. J.-C. – Ier siècle apr. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcella Leone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Société française d'étude de la céramique antique en Gaule - SFECAG. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du congrès d'Autun, 5-8 mai 2016 : la céramique en contexte funéraire, approches multiples</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -9837,51 +9837,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patinae made in Cumae. Les céramiques à vernis rouge pompéien de Cumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">David Djaoui. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoires matérielles : terre cuite, bois, métal et autres objets, des pots et des potes. Mélanges offerts à Lucien Rivet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 33, Mergoil, pp.263-280, 2016, Archéologie et Histoire romaine, 978-2-35518-054-5</w:t>
@@ -9923,77 +9923,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enveloppés dans du tissu. Le tombeau de Vitrasia Canthara, Statius Obinius Hermia et Statius Obinius Primus (Cumes – Campanie, deuxième moitié du 1er siècle av. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Camodeca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Duday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10039,51 +10039,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une production de gobelets à paroi fine à Pompéi en 79 de notre ère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10151,77 +10151,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banquets rituels à Cumes au IVe siècle avant J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Leguilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Réjane Roure. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contacts et acculturations en Méditerranée Occidentale. Hommages à Michel Bats, actes du colloque international (15-18 septembre 2011, Hyères-les-Palmiers)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 15 (Etudes massaliètes, 12), Éditions Errance, pp.81-97, 2015, Bibliothèque d’Archéologie Méditerranéenne et Africaine (BiAMA), 9782-87772-555-2. </w:t>
@@ -10259,64 +10259,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’habitat fortifié de Moio della Civitella (Italie méridionale), entre Grecs et Lucaniens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atti del I Congreso Internacional sobre Estudios Ceramicos, Congreso Homenaje a Mercedes Vegas, Nov 2010, Cadix, Espagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.326-357, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10367,64 +10367,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grifa Celestino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bonis Alberto De</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenza Guarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Langella Alessio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10608,51 +10608,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moio della Civitella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Dewailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10733,51 +10733,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un four de potier à Pompéi (Reg. I, ins. 5, 2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celestino Grifa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10819,51 +10819,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrication du bleu égyptien à Cumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Caputo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10918,51 +10918,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La production de céramique commune à Pompéi. Un four de potier dans l'insula 5 de la regio I</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Pasqualini. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LES CÉRAMIQUES COMMUNES D'ITALIE ET DE NARBONNAISE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collection du Centre Jean Bérard (30), pp.95-104, 2009</w:t>
@@ -10991,51 +10991,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bleu égyptien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De Forum Iulii à Fréjus, les fouilles archéologiques de l'espace Mangin : [exposition, Fréjus, Espace culturel Paul-Vernet, 9 juin-24 septembre 2006]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Inrap, pp.32-33, 2006, 2-915816-06-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11060,51 +11060,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vaisselle de Cumes : deux études de cas (1er siècle av. J.-C. / 1er siècle ap. J.-C.).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lucien Rivet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">sfecag</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.79-84, 2004</w:t>
@@ -11165,51 +11165,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Settore Porta Ercolano. Via dei Sepolcri, bottega NE, n. 29</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11626,51 +11626,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tri préinventaire des mobiliers issus de fouilles anciennes à Aleria (mission décembre 2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Bontempi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Brigitte Carre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11757,51 +11757,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Boetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Brigitte Carre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Divić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11839,340 +11839,340 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03976155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleria. Les remparts</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Bonifacio : la villa romaine de Piantarella. Rapport de fouille programmée (campagne 2020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Neaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Ecard</w:t>
+                <w:t xml:space="preserve">Vincent Merkenbreack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture et de la Communication-DRAC Corse. 2021</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] DRAC - SRA Corse. 2021, pp.200</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03759189v1</w:t>
+                <w:t xml:space="preserve">halshs-03513303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bonifacio : la villa romaine de Piantarella. Rapport de fouille programmée (campagne 2020)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Aleria. Les remparts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gailledrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Allegrini-Simonetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Bontempi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Merkenbreack</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maxime Seguin</w:t>
+                <w:t xml:space="preserve">Philippe Ecard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] DRAC - SRA Corse. 2021, pp.200</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture et de la Communication-DRAC Corse. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03513303v1</w:t>
+                <w:t xml:space="preserve">halshs-03759189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aléria : L’établissement littoral romain de Mare Stagno (du Ier au IIIe s. apr.). Rapport de fouille programmée (campagne 2020)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Sedlbauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Cammas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Caroline Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12211,90 +12211,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bonifacio : La villa romaine de Piantarella. Rapport de fouille programmée (campagne 2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Merkenbreack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12346,77 +12346,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aléria : L’établissement littoral romain de Mare Stagno (du Ier au IIIe s. apr.). Rapport de fouille programmée (campagne 2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Sedlbauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Cammas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Caroline Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12449,481 +12449,481 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03513401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tri préinventaire des mobiliers issus de fouilles anciennes à Aleria (mission février 2019)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Bonifacio : la villa romaine de Piantarella. Rapport de fouille programmée (campagne 2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Brkojewitsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Byl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Blin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Centre Camille Jullian; Service régional de l'Archéologie Corse. 2019, pp.10</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] DRAC - SRA Corse. 2019, pp.118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518582v1</w:t>
+                <w:t xml:space="preserve">hal-03514555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tri préinventaire des mobiliers issus de fouilles anciennes à Aleria (mission avril 2019)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Michel Bontempi</w:t>
+                <w:t xml:space="preserve">Tri préinventaire des mobiliers issus de fouilles anciennes à Aleria (mission février 2019)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Brigitte Carre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Centre Camille Jullian; Service régional de l'Archéologie Corse. 2019, pp.44</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Centre Camille Jullian; Service régional de l'Archéologie Corse. 2019, pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03518584v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tri préinventaire des mobiliers issus de fouilles anciennes à Aleria (mission décembre 2019)</w:t>
+                <w:t xml:space="preserve">Tri préinventaire des mobiliers issus de fouilles anciennes à Aleria (mission avril 2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Bontempi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Brigitte Carre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomoo Mukai</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Centre Camille Jullian (UMR 7299); DRAC - SRA Corse. 2019, pp.74</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Centre Camille Jullian; Service régional de l'Archéologie Corse. 2019, pp.44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03518589v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bonifacio : la villa romaine de Piantarella. Rapport de fouille programmée (campagne 2018)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Tri préinventaire des mobiliers issus de fouilles anciennes à Aleria (mission décembre 2019)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Bontempi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Brigitte Carre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomoo Mukai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Sacchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Centre Camille Jullian (UMR 7299); DRAC - SRA Corse. 2019, pp.74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">hal-03514555v1</w:t>
+                <w:t xml:space="preserve">hal-03518589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mission archéologique « Italie du Sud ». Bilan de l'activité de terrain à Cumes, Arpi, Incoronata et Pompéi 2016-2019. Demande de renouvellement de quadriennal pour la période 2020-2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Munzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13014,77 +13014,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aléria : L’établissement romain de Piede Tignoso. Rapport de fouille programmée (campagne 2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Sedlbauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Byl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13149,64 +13149,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Byl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Darchambeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13258,77 +13258,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aléria : L’établissement littoral romain de Mare Stagno (du Ier au IIIe s. apr.). Rapport de fouille programmée (campagne 2017)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Sedlbauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Bellavia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Caroline Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13367,51 +13367,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Settore Porta Ercolano. Via dei Sepolcri, bottega NE, n. 29. Attività 2014</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] International Association of Classical Archaeology. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -13465,51 +13465,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La production céramique à Pompéi jusqu'en 79 ap. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archéologie et Préhistoire. EPHE Paris, 2018. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -13626,51 +13626,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1192EB2A"/>
+    <w:nsid w:val="B61858D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13857,51 +13857,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laetitia-cavassa" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4338-1718" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243565542" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692609v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fournier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leonide" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Mari&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Quill&#233;v&#233;r&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Margerel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104580" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527594v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Brkojewitsch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cavassa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Boneu-Pouquet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535471v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Sedlbauer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Neaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527543v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Maire" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Seguin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859601v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527593v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Capelli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435383v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lemaire" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brun" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Covolan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Leone" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.10380" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531174v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523377v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896233v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Mannocci" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pawlowicz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03515425v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Blin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Byl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03515636v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03515456v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03515480v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03515659v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03090094v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celestino Grifa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Germinario" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto de Bonis" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Izzo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2020.105305" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03157162v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.106706" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03157018v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105219v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Denoyelle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pouzadoux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03157039v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428874v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03515500v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Charbonnier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925882v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Cultrone" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.21703" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954092v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coubray" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Oboussier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.2230" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02049231v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630218v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Zanella" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Laubry" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Monteix" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Chapelin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.1676" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919519v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boisson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Ciucci" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Durand" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.1761" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03090915v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenza Guarino" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.14370" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-29BHJNWL-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470324v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01475330v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473356v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lacombe" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.1279" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473147v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709992v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Munzi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Duneufjardin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.1444" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473179v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John-Marc Piffeteau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.1139" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473205v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052204v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710042v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.1076" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673848v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Watel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.989" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03155547v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Morra" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Bonis" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grifa" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Langella" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-4754.2012.00710.x" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SF3RW8WX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473170v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.881" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320658v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Meluziis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473405v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320650v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Amato" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Capozzoli" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Duplouy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Filocamo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.966" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673849v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Neyme" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.633" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673954v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Botte" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.515" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673963v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca D&#8217;avino" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114659v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregorio Aversa" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.549" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03090885v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052109v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2008.10417" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03157052v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674024v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Brkojewitsch" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2006.10994" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052182v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674037v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Abellon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Amarger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2005.10956" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576509v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052152v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04015814v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poveda" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Boetto" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Soubias" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04015726v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Basuau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504782v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504793v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Paul" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504771v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Brkojewtisch" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466112v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lambert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Desmarais" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713265v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Brigitte Carre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01479910v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Morra" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473108v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Illuminata Faga" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516394v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856724v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cardon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cuvigny" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faucher" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05154647v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Cavassa" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13llx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350290v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Andr&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bats" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Bresciani" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leguilloux Martine" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://indd.adobe.com/view/fa2de0df-8f61-4373-8f7e-7ad6d270b8c2" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859597v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859629v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859639v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111189635-011" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859626v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610045v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035072v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035062v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Luca Trigona" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Gandolfi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03510648v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504788v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04015878v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468840v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179066v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504096v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sfecag.free.fr/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511014v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511750v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03127163v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Aiello" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Amore" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilenia Arienzo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Barra" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lerma.it/index.php?pg=SchedaTitolo&amp;amp;key=00013569" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478833v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03012866v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien S. Lemaire" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01479912v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.phoibos.at" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861842v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516518v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://centrejeanberard.cnrs.fr/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674323v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lrcw5@cealex.org" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435628v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sfecagq.cluster031.hosting.ovh.net/index.php/sommaire-2016/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473153v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435626v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Camodeca" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473143v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01475290v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Leguilloux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pccj.2107" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01475300v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576526v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grifa Celestino" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonis Alberto De" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Langella Alessio" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100307v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano B. de Vita" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Santoriello" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Scelza" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673871v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Dewailly" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Esposito" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Greco" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pccj.420" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03155558v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03090910v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Caputo" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pcjb/4248" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03037480v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576513v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01475315v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01475353v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452100v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gailledrat" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Vacheret" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Allegrini-Simonetti" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Blanc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bontempi" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04831848v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bertaut" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377027v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gailledrat" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549180v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Bontempi" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoo Mukai" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Sacchetti" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03976155v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Divi&#263;" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03759189v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ecard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03513303v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Merkenbreack" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03514042v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03513296v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03513401v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518582v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518584v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518589v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03514555v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Corbara" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430779v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Italo Maria Italo M. Muntoni" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03514088v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01711009v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Darchambeau" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03514022v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01479916v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03516447v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laetitia-cavassa" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4338-1718" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243565542" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535471v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Brkojewitsch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Sedlbauer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cavassa" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Neaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527594v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Boneu-Pouquet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692609v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fournier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leonide" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Mari&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Quill&#233;v&#233;r&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Margerel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104580" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527543v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Maire" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Seguin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859601v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527593v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Capelli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435383v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lemaire" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brun" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Covolan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Leone" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.10380" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531174v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523377v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03896233v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Mannocci" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pawlowicz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03515425v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Blin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Byl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03515456v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03515636v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03515480v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03515659v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03090094v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celestino Grifa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Germinario" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto de Bonis" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Izzo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2020.105305" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03157162v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.106706" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03157018v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105219v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Denoyelle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pouzadoux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03157039v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428874v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03515500v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Charbonnier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925882v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Cultrone" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.21703" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954092v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coubray" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Oboussier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.2230" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02049231v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630218v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Zanella" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Laubry" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Monteix" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Chapelin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.1676" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919519v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boisson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Ciucci" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Durand" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.1761" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470324v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03090915v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenza Guarino" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.14370" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-29BHJNWL-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01475330v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473356v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lacombe" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.1279" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709992v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Munzi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Duneufjardin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.1444" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473147v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473179v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John-Marc Piffeteau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.1139" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473205v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052204v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710042v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.1076" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03155547v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Morra" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Bonis" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grifa" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Langella" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-4754.2012.00710.x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SF3RW8WX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673848v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Watel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.989" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473170v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.881" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320658v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Meluziis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473405v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320650v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Amato" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Capozzoli" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Duplouy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Filocamo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.966" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673849v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Neyme" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.633" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673954v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Botte" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.515" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673963v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca D&#8217;avino" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114659v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregorio Aversa" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.549" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03090885v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052109v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2008.10417" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03157052v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674024v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Brkojewitsch" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2006.10994" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052182v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674037v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Abellon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Amarger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2005.10956" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576509v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052152v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04015814v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poveda" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Boetto" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Soubias" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04015726v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Basuau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504782v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504793v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Paul" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504771v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Brkojewtisch" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466112v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lambert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Desmarais" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713265v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Brigitte Carre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01479910v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Morra" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473108v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Illuminata Faga" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516394v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856724v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cardon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cuvigny" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faucher" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05154647v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Cavassa" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13llx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350290v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Andr&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bats" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Bresciani" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leguilloux Martine" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://indd.adobe.com/view/fa2de0df-8f61-4373-8f7e-7ad6d270b8c2" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859629v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859597v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859639v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111189635-011" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859626v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610045v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035072v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035062v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Luca Trigona" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Gandolfi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504788v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03510648v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04015878v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468840v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179066v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504096v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sfecag.free.fr/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511014v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511750v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03127163v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Aiello" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Amore" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilenia Arienzo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Barra" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lerma.it/index.php?pg=SchedaTitolo&amp;amp;key=00013569" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478833v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03012866v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien S. Lemaire" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01479912v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.phoibos.at" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861842v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516518v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://centrejeanberard.cnrs.fr/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674323v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lrcw5@cealex.org" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435628v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sfecagq.cluster031.hosting.ovh.net/index.php/sommaire-2016/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473153v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435626v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Camodeca" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473143v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01475290v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Leguilloux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pccj.2107" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01475300v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576526v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grifa Celestino" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonis Alberto De" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Langella Alessio" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100307v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano B. de Vita" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Santoriello" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Scelza" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673871v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Dewailly" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Esposito" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Greco" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pccj.420" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03155558v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03090910v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Caputo" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pcjb/4248" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03037480v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576513v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01475315v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01475353v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452100v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gailledrat" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Vacheret" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Allegrini-Simonetti" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Blanc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bontempi" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04831848v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bertaut" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377027v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gailledrat" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549180v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Bontempi" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoo Mukai" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Sacchetti" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03976155v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Divi&#263;" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03513303v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Merkenbreack" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03759189v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ecard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03514042v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03513296v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03513401v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03514555v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blin" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Corbara" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518582v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518584v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518589v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430779v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Italo Maria Italo M. Muntoni" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03514088v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01711009v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Darchambeau" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03514022v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01479916v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03516447v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>