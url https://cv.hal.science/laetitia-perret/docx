--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -483,187 +483,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05430550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification et poésie dans les manuels : le cas de Hugo dans trois niveaux d’enseignement (1950-1960 et 2010-2020)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les autrices de manuels scolaires et l’histoire littéraire des femmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Denizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers FoReLLIS – Formes et Représentations en Linguistique, Littérature et dans les arts de l'Image et de la Scène</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Regards de femmes sur l'histoire littéraire, pp.879-891. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15960-5.p.0111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04728201v1</w:t>
+                <w:t xml:space="preserve">hal-04362044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les autrices de manuels scolaires et l’histoire littéraire des femmes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification et poésie dans les manuels : le cas de Hugo dans trois niveaux d’enseignement (1950-1960 et 2010-2020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Cahiers FoReLLIS – Formes et Représentations en Linguistique, Littérature et dans les arts de l'Image et de la Scène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Les lectures identificatrices à l’épreuve de l’altérité des poèmes. Quelles identifications dans la lecture de poèmes, du XIXe au XXIe siècle ?</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15960-5.p.0111⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04362044v1</w:t>
+                <w:t xml:space="preserve">hal-04728201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scolariser la fiction des Lettres persanes au lycée (manuels du xixe au xxie siècle)</w:t>
               </w:r>
@@ -809,51 +809,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une œuvre en extraits : lire les romans de Victor Hugo dans les manuels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Bishop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Denizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -913,51 +913,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bossuet se meurt…Bossuet est-il mort (dans les manuels) ? Une approche historico-didactique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Denizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1802,165 +1802,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02276341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lettres persanes, éditions scolaires et parascolaires, 2000-2010</w:t>
+                <w:t xml:space="preserve">L’enseignement de la littérature : injonction paradoxale ou injonction contradictoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Montesquieu</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Lectures cri­ti­ques 2010 - prin­temps 2012, http://montesquieu.ens-lyon.fr/spip.php?article836</w:t>
+              <w:t xml:space="preserve">La Lecture littéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, « La non-lecture », mars 2011, https://www.fabula.org/actualites/la-lecture-litteraire-ndeg-11-la-non-lecture_44020.php</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02491896v1</w:t>
+                <w:t xml:space="preserve">hal-02491791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’enseignement de la littérature : injonction paradoxale ou injonction contradictoire</w:t>
+                <w:t xml:space="preserve">Les lettres persanes, éditions scolaires et parascolaires, 2000-2010</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Lecture littéraire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, « La non-lecture », mars 2011, https://www.fabula.org/actualites/la-lecture-litteraire-ndeg-11-la-non-lecture_44020.php</w:t>
+              <w:t xml:space="preserve">Revue Montesquieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Lectures cri­ti­ques 2010 - prin­temps 2012, http://montesquieu.ens-lyon.fr/spip.php?article836</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02491791v1</w:t>
+                <w:t xml:space="preserve">hal-02491896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voltaire enseigné au lycée depuis 1804 : permanences et évolutions</w:t>
               </w:r>
@@ -3173,51 +3173,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparer des configurations disciplinaires pour mieux comprendre la culture littéraire scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Denizot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brigitte Louichon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comparaisons et connexions en didactique de la littérature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Bordeaux, 2025, Études sur l'éducation, 979-10-300-1171-5</w:t>
@@ -3332,51 +3332,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sensible, une catégorie d'histoire littéraire (genrée) ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Denizot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brillant Rannou Nathalie, Sauvaire Marion et Le Goff François (dirs.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Expérience et partage du sensible dans l'enseignement de la littérature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -3625,51 +3625,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les manuels de littérature et la fabrication d’une culture scolaire (1880-2000) : l’exemple de Montaigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Denizot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">S. Wagnon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Normes, disciplines et manuels scolaires,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bern, Peter Lang., 2022</w:t>
@@ -3692,285 +3692,285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03893876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les extraits de Voltaire au lycée en France et au Portugal, 1880-1970.</w:t>
+                <w:t xml:space="preserve">Madame de Graffigny dans les manuels, lettres d'une inconnue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Perret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Anissa Belhadjin and Laetitia Perret. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Charlotte Simonin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’extrait et la fabrique de la littérature scolaire</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 978-2-8076-1015-6</w:t>
+              <w:t xml:space="preserve">Françoise de Graffigny (1695-1758), femme de lettres des Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, garnier, 2020, Coll Masculin/féminin dans l’Europe moderne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02491760v1</w:t>
+                <w:t xml:space="preserve">hal-03101966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le genre scolaire du portrait au xixe siècle, à travers les Leçons de littérature et de morale de Noël et Delaplace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martine Jey et Emmanuelle Kaës. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Part scolaire de l’écrivain - Apprendre à écrire au xixe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 54, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GARNIER</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Rencontres Série Études dix-neuviémistes,, 978-2-406-10500-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03101954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Madame de Graffigny dans les manuels, lettres d'une inconnue</w:t>
+                <w:t xml:space="preserve">Les extraits de Voltaire au lycée en France et au Portugal, 1880-1970.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Perret</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Charlotte Simonin. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Manuelle da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anissa Belhadjin and Laetitia Perret. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Françoise de Graffigny (1695-1758), femme de lettres des Lumières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, garnier, 2020, Coll Masculin/féminin dans l’Europe moderne</w:t>
+              <w:t xml:space="preserve">L’extrait et la fabrique de la littérature scolaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 978-2-8076-1015-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03101966v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02491760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conclusion</w:t>
               </w:r>
@@ -4899,195 +4899,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02491884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la légitimation à la patrimonialisation : destinée scolaire des fictions enfantines, du conte au jeu vidéo</w:t>
+                <w:t xml:space="preserve">ANALYSER LES MANUELS, QUESTIONS DE MÉTHODES : INTRODUCTION GÉNÉRALE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Perret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les patrimoines littéraires à l'école : tensions et débats actuels?</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 9782745327826</w:t>
+              <w:t xml:space="preserve">Analyser les manuels scolaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, 2015, 978-2-7535-4206-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02491813v1</w:t>
+                <w:t xml:space="preserve">halshs-02491599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ANALYSER LES MANUELS, QUESTIONS DE MÉTHODES : INTRODUCTION GÉNÉRALE</w:t>
+                <w:t xml:space="preserve">De la légitimation à la patrimonialisation : destinée scolaire des fictions enfantines, du conte au jeu vidéo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Perret</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Remond-Paradossi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marie-France Bishop et Anissa Belhadjin. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyser les manuels scolaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, 2015, 978-2-7535-4206-8</w:t>
+              <w:t xml:space="preserve">Les patrimoines littéraires à l'école : tensions et débats actuels?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Honoré Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9782745327826</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02491599v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02491813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Candide au Lycée aux XIXe et XXe siècles: de la minoration à la consécration»</w:t>
               </w:r>
@@ -5954,51 +5954,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3ABC5368"/>
+    <w:nsid w:val="53646083"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6102,51 +6102,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="E30A6F55"/>
+    <w:nsid w:val="A529B84F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6336,51 +6336,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://obvil.paris-sorbonne.fr/projets/lecrivain-linstitution-scolaire-et-la-litterature-lecrivain-face-aux-modeles-scolaires-1840" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430550v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Perret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/149al" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728201v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362044v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Denizot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15960-5.p.0111" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893866v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lumi.040.0093" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893870v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03872491v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Bishop" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Lopez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.4554" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482392v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/recherchestravaux.4355" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508130v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101974v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.8812" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491781v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02491584v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/dire.962" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491805v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1050937ar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658466v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1047799ar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01144422v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Legros" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Moyon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276387v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177176v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Remond-Paradossi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276341v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Remond" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rampnoux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Truchot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491896v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491791v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491794v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492347v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.3952" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02616411v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bruley" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Jey" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658570v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01144446v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543266v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729819v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaeraoui Malika" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Volteau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/index.php/la-circulation-des-modeles-theoriques-en-didactique-du-francais-dans-les-pratiques-enseignantes-5336.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480556v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Kaheraoui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491754v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Belhadjin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/69276" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03983451v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08425-9.p.0013" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02497569v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/l-idee-de-litterature-dans-l-enseignement.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08425-9" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159121v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b15968" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492383v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100443750&amp;amp;fa=details" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430585v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430595v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927822v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdelecureuil.net" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483899v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769260v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moinard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ugaeditions/43946" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12kdv" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893876v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491760v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Manuelle da Silva" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/9782807610156/html/ch16.xhtml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101954v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.classiques-garnier. com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101966v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491768v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615758v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02490966v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uga-editions.com/menu-principal/collections-et-revues/toutes-nos-collections/didaskein/la-lettre-enseignee--419106.kjsp" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.9969" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615749v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377417v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Maillard-de La Corte Gomez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenoir" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615748v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491799v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/71025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491750v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/l-idee-de-litterature-dans-l-enseignement-le-xviiie-siecle-siecle-litteraire-en.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08425-9.p.0171" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491875v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.10116" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491884v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.87447" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491813v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/champion/8965-book-08532782-9782745327826.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02491599v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02281693v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peeters-leuven.be/boekoverz.asp?nr=9489" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02281650v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/les-lettres-persanes-en-leur-temps-lectures-scolaires-des-lettres-persanes-a-travers-les-manuels-et-les-programmes-de-1803-a-2000.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649038v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionnaire-montesquieu.ens-lyon.fr/fr/accueil/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491816v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491786v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/11862" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491817v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100272000" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491822v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.droz.org/france/fr/4530-9782600014601.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492339v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/29098" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.29081" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157929v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Volpilhac-Auger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://obvil.paris-sorbonne.fr/projets/lecrivain-linstitution-scolaire-et-la-litterature-lecrivain-face-aux-modeles-scolaires-1840" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430550v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Perret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/149al" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362044v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Denizot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15960-5.p.0111" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728201v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893866v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lumi.040.0093" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893870v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03872491v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Bishop" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Lopez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.4554" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482392v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/recherchestravaux.4355" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508130v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101974v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.8812" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491781v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02491584v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/dire.962" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491805v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1050937ar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658466v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1047799ar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01144422v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Legros" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Moyon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276387v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177176v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Remond-Paradossi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276341v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Remond" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rampnoux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Truchot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491791v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491896v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491794v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492347v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.3952" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02616411v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bruley" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Jey" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658570v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01144446v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543266v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729819v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaeraoui Malika" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Volteau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/index.php/la-circulation-des-modeles-theoriques-en-didactique-du-francais-dans-les-pratiques-enseignantes-5336.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480556v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Kaheraoui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491754v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Belhadjin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/69276" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03983451v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08425-9.p.0013" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02497569v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/l-idee-de-litterature-dans-l-enseignement.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08425-9" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159121v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b15968" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492383v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100443750&amp;amp;fa=details" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430585v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430595v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927822v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdelecureuil.net" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483899v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769260v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moinard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ugaeditions/43946" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12kdv" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893876v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101966v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101954v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.classiques-garnier. com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491760v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Manuelle da Silva" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/9782807610156/html/ch16.xhtml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491768v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615758v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02490966v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uga-editions.com/menu-principal/collections-et-revues/toutes-nos-collections/didaskein/la-lettre-enseignee--419106.kjsp" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.9969" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615749v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377417v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Maillard-de La Corte Gomez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenoir" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615748v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491799v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/71025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491750v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/l-idee-de-litterature-dans-l-enseignement-le-xviiie-siecle-siecle-litteraire-en.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08425-9.p.0171" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491875v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.10116" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491884v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.87447" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02491599v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491813v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/champion/8965-book-08532782-9782745327826.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02281693v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peeters-leuven.be/boekoverz.asp?nr=9489" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02281650v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/les-lettres-persanes-en-leur-temps-lectures-scolaires-des-lettres-persanes-a-travers-les-manuels-et-les-programmes-de-1803-a-2000.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649038v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionnaire-montesquieu.ens-lyon.fr/fr/accueil/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491816v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491786v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/11862" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491817v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100272000" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491822v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.droz.org/france/fr/4530-9782600014601.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492339v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/29098" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.29081" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157929v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Volpilhac-Auger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>