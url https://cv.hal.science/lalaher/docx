--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -706,1972 +706,1972 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04706998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luminosity Sensing Application of Negative Group Delay Predictor</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Guerin</w:t>
+                <w:t xml:space="preserve">Explainable Artificial Intelligence Approach for Improving Head-Mounted Fault Display Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelaziz Bouzidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Wenceslas Rahajandraibe</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luka Claeys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIE.2023.3321988⟩</w:t>
+              <w:t xml:space="preserve">Future internet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (8), pp.282. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/fi16080282⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04440919v1</w:t>
+                <w:t xml:space="preserve">hal-04706983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explainable Artificial Intelligence Approach for Improving Head-Mounted Fault Display Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelaziz Bouzidi</w:t>
+                <w:t xml:space="preserve">Luminosity Sensing Application of Negative Group Delay Predictor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Ravelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Luka Claeys</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenceslas Rahajandraibe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Future internet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (8), pp.282. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/fi16080282⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TIE.2023.3321988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04706983v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04440919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forecasting of hygrothermal behaviour of direct solar floors using artificial neural networks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A.M. Mokhtari</w:t>
+                <w:t xml:space="preserve">All-Pass NGD FIR Original Study for Sensor Failure Detection Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Ravelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenceslas Rahajandraibe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable Energy Focus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ref.2022.12.001⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 70 (9), pp.9561-9571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIE.2022.3213904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707030v1</w:t>
+                <w:t xml:space="preserve">hal-04475053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">All-Pass NGD FIR Original Study for Sensor Failure Detection Application</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Decentralized fault-tolerant controller based on cooperative smart-wireless sensors in large-scale buildings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer Kouider M’sirdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moamar Sayed-Mouchaweh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Clavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIE.2022.3213904⟩</w:t>
+              <w:t xml:space="preserve">Journal of Network and Computer Applications (JNCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Journal of Network and Computer Applications, 214, pp.103605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnca.2023.103605⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04475053v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04561576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decentralized fault-tolerant controller based on cooperative smart-wireless sensors in large-scale buildings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low-Pass NGD Digital Circuit Application for Real-Time Greenhouse Temperature Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Ravelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Clavier</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenceslas Rahajandraibe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Network and Computer Applications (JNCA)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnca.2023.103605⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 70 (9), pp.3709-3713. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TCSII.2023.3276389⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04561576v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04440903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial intelligence approaches to predict thermal behavior of light earth cell incorporating PCMs: Experimental CNN and LSTM validation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Drying model based on the relative humidity profile of thin-layer tomatoes in an indirect solar dryer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Alami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed-Hichem Benzaama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Karim Touati</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdeldjalil Benbakhti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.est.2023.107780⟩</w:t>
+              <w:t xml:space="preserve">Journal of Thermal Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (6), pp.1548-1558. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18186/thermal.1401040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707020v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drying model based on the relative humidity profile of thin-layer tomatoes in an indirect solar dryer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Alami</w:t>
+                <w:t xml:space="preserve">Artificial intelligence approaches to predict thermal behavior of light earth cell incorporating PCMs: Experimental CNN and LSTM validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed-Hichem Benzaama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farjallah Alassaad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Abdeldjalil Benbakhti</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Touati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thermal Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18186/thermal.1401040⟩</w:t>
+              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 68, pp.107780. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.est.2023.107780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707025v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-Pass NGD Digital Circuit Application for Real-Time Greenhouse Temperature Prediction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Guerin</w:t>
+                <w:t xml:space="preserve">Forecasting of hygrothermal behaviour of direct solar floors using artificial neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Menhoudj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.H. Benzaama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Mokhtari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wenceslas Rahajandraibe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 70 (9), pp.3709-3713. </w:t>
+              <w:t xml:space="preserve">Renewable Energy Focus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 44 (9), pp.75-84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TCSII.2023.3276389⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ref.2022.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04440903v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-Pass NGD Numerical Function and STM32 MCU Emulation Test</w:t>
+                <w:t xml:space="preserve">Pre-Detection Sensing With Multistage Low-Pass Type Negative Group Delay Circuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Ravelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Gies</w:t>
+                <w:t xml:space="preserve">Fayu Wan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhongzhu Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIE.2021.3109543⟩</w:t>
+              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (12), pp.11835-11846. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2022.3172881⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03509432v1</w:t>
+                <w:t xml:space="preserve">hal-04707038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-Detection Sensing With Multistage Low-Pass Type Negative Group Delay Circuit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Energy Modeling Based on Power Profiling of Wireless Sensor Device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rivo Randriatsiferana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Alicalapa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Lorion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Ravelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 22 (12), pp.11835-11846. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSEN.2022.3172881⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 22 (23), pp.22754 - 22769. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/jsen.2022.3212933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707038v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03903825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy Modeling Based on Power Profiling of Wireless Sensor Device</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frederic Alicalapa</w:t>
+                <w:t xml:space="preserve">Hygrothermal transfer modelling through a bio-based building material: Validation of a switching-linear model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed-Hichem Benzaama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Lorion</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fouad Boukhelf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine El Mendili</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/jsen.2022.3212933⟩</w:t>
+              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 55 (23), pp.104691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2022.104691⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03903825v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hygrothermal transfer modelling through a bio-based building material: Validation of a switching-linear model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohammed-Hichem Benzaama</w:t>
+                <w:t xml:space="preserve">Thermal Wave Variation Anticipation Under Minute Scale Time-Advance With Low-Pass NGD Digital Circuit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Ravelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaroslav Frnda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yassine El Mendili</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenceslas Rahajandraibe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 55 (23), pp.104691. </w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, pp.127654-127666. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2022.104691⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2022.3226514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707032v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03969122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal Wave Variation Anticipation Under Minute Scale Time-Advance With Low-Pass NGD Digital Circuit</w:t>
+                <w:t xml:space="preserve">Low-Pass NGD Numerical Function and STM32 MCU Emulation Test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Ravelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenceslas Rahajandraibe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaroslav Frnda</w:t>
+                <w:t xml:space="preserve">Valentin Gies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10, pp.127654-127666. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 69 (8), pp.8346 - 8355. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2022.3226514⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TIE.2021.3109543⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03969122v1</w:t>
+                <w:t xml:space="preserve">hal-03509432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal inertia and energy efficiency assessment of Direct Solar Floor system using a switching-linear model</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An overview on low energy wake-up radio technology: Active and passive circuits associated with MAC and routing protocols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.H. Rajaoarisoa</w:t>
+                <w:t xml:space="preserve">Elie Zaraket</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.C. Lekhal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A.M. Mokhtari</w:t>
+                <w:t xml:space="preserve">Nour Murad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samar Syed Yazdani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Ravelo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2021.117363⟩</w:t>
+              <w:t xml:space="preserve">Journal of Network and Computer Applications (JNCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 190 (22), pp.103140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnca.2021.103140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707041v1</w:t>
+                <w:t xml:space="preserve">hal-03325251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bandpass NGD function design for 5G microwave signal delay synchronization application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lalléchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raul Sanchez Galan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Ravelo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 22 (S1), pp.53-71. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5802/crphys.68⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03274859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An overview on low energy wake-up radio technology: Active and passive circuits associated with MAC and routing protocols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elie Zaraket</w:t>
+                <w:t xml:space="preserve">Thermal inertia and energy efficiency assessment of Direct Solar Floor system using a switching-linear model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.H. Benzaama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nour Murad</w:t>
+                <w:t xml:space="preserve">L.H. Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samar Syed Yazdani</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Blaise Ravelo</w:t>
+                <w:t xml:space="preserve">M.C. Lekhal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Menhoudj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Mokhtari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Network and Computer Applications (JNCA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 190 (22), pp.103140. </w:t>
+              <w:t xml:space="preserve">Applied Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 300, pp.117363. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnca.2021.103140⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2021.117363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03325251v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Data-Driven Leak Localization in Water Distribution Networks Using Pressure Measurements and Topological Information</w:t>
               </w:r>
@@ -2768,949 +2768,949 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03604500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal modelling of multilayer walls for building retrofitting applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Zonal Thermal Room Original Model With Kron’s Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rivo Randriatsiferana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Ravelo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">O. Maurice</w:t>
+                <w:t xml:space="preserve">Samuel Ngoho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenceslas Rahajandraibe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Ravelo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2019.101126⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.174893-174909. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3024556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03224979v1</w:t>
+                <w:t xml:space="preserve">hal-03469744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Original Theory of NGD Low Pass-High Pass Composite Function for Designing Inductorless BP NGD Lumped Circuit</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A data-driven methodology to predict thermal behavior of residential buildings using piecewise linear models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.H. Benzaama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.H. Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Ajib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lecoeuche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3033038⟩</w:t>
+              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2020.101523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03022852v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03224418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zonal thermal room original model with Kron’s method</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Thermal modelling of multilayer walls for building retrofitting applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Ravelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">B. Ravelo</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Maurice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3024556⟩</w:t>
+              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 29, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2019.101126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03225109v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03224979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Original Theory of NGD Low Pass-High Pass Composite Function for Designing Inductorless BP NGD Lumped Circuit</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Analysis of microstrip coupled line based data signal and energy hybrid receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Murad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lalléchère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glauco Fontgalland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Elysée Guy Ravelo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3033038⟩</w:t>
+              <w:t xml:space="preserve">Journal of Electromagnetic Waves and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 34 (18), pp.2433-2454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09205071.2020.1819443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03469746v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03325257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of microstrip coupled line based data signal and energy hybrid receiver</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nour Murad</w:t>
+                <w:t xml:space="preserve">Original Theory of NGD Low Pass-High Pass Composite Function for Designing Inductorless BP NGD Lumped Circuit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Elysée Guy Ravelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Ngoho Moungoho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glauco Fontgalland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenceslas Rahajandraibe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electromagnetic Waves and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 34 (18), pp.2433-2454. </w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09205071.2020.1819443⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3033038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03325257v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03022852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zonal Thermal Room Original Model With Kron’s Method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rivo Randriatsiferana</w:t>
+                <w:t xml:space="preserve">Original Theory of NGD Low Pass-High Pass Composite Function for Designing Inductorless BP NGD Lumped Circuit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Ravelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Ngoho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glauco Fontgalland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenceslas Rahajandraibe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Access</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 8, pp.174893-174909. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3024556⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 8, pp.192951-192964. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3033038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03469744v1</w:t>
+                <w:t xml:space="preserve">hal-03469746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A data-driven methodology to predict thermal behavior of residential buildings using piecewise linear models</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Zonal thermal room original model with Kron’s method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Ajib</w:t>
+                <w:t xml:space="preserve">R. Randriatsiferana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Lecoeuche</w:t>
+                <w:t xml:space="preserve">S. Ngoho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Rahajandraibe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Ravelo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2020.101523⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.174893-174909. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3024556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03224418v1</w:t>
+                <w:t xml:space="preserve">hal-03225109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model predictive control and moving horizon estimation for water level regulation in inland waterways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Nejjari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3777,831 +3777,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03314900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and fault diagnosis of flat inland navigation canals</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On experiment design for local approach identification of LPV systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Blesa</w:t>
+                <w:t xml:space="preserve">K.M.D. Motchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.H. Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Horváth</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lucien Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lecoeuche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part I: Journal of Systems and Control Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 232 (6), pp.761-771. </w:t>
+              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (15), pp.221-226. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0959651818773187⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.09.138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03319477v1</w:t>
+                <w:t xml:space="preserve">hal-02330568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management tools to study and to deal with effects of climate change on inland waterways</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sliding window assessment for sensor fault model-based diagnosis in inland waterways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Segovia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Éric Duviella</w:t>
+                <w:t xml:space="preserve">J. Blesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Duviella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Nejjari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Academic Open Internet Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (5), pp.31-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.06.195⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02150379v1</w:t>
+                <w:t xml:space="preserve">hal-03319574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On experiment design for local approach identification of LPV systems</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S. Lecoeuche</w:t>
+                <w:t xml:space="preserve">Modeling of interconnected flat open-channel flow: Application to inland navigation canals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Segovia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Nejjari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Puig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Duviella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.09.138⟩</w:t>
+              <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018-January (5-6), pp.87-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/lhb/2018055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02330568v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03319463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sliding window assessment for sensor fault model-based diagnosis in inland waterways</w:t>
+                <w:t xml:space="preserve">Sensor fault diagnosis in inland navigation networks based on a grey-box model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Blesa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Nejjari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 51 (5), pp.31-36. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.06.195⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 51 (24), pp.742-747. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.09.658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03319574v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03319575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of interconnected flat open-channel flow: Application to inland navigation canals</w:t>
+                <w:t xml:space="preserve">Modeling and fault diagnosis of flat inland navigation canals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Blesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Horváth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Nejjari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/lhb/2018055⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part I: Journal of Systems and Control Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 232 (6), pp.761-771. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0959651818773187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03319463v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03319477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensor fault diagnosis in inland navigation networks based on a grey-box model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Nejjari</w:t>
+                <w:t xml:space="preserve">Management tools to study and to deal with effects of climate change on inland waterways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Segovia Castillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Desquesnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Doniec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Academic Open Internet Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03319575v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02150379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive online fault diagnosis of manufacturing systems based on DEVS formalism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sayed-Mouchaweh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5111,416 +5111,416 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01966643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Proceedings/Recueil des communications (21)</w:t>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive maintenance model-based on multi-stage neural network systems for wind turbines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep learning for a customised head-mounted fault display system for the maintenance of wind turbines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelaziz Bouzidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luka Claeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raubertin Randrianandraina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazem Wannous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 International Conference on Artificial Intelligence, Computer, Data Sciences and Applications (ACDSA)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACDSA59508.2024.10467452⟩</w:t>
+              <w:t xml:space="preserve">2024 International Conference on Control, Automation and Diagnosis (ICCAD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Paris, France. IEEE, pp.1-6, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICCAD60883.2024.10553938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707111v1</w:t>
+                <w:t xml:space="preserve">hal-04707104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep learning for a customised head-mounted fault display system for the maintenance of wind turbines</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wind Turbine Generator Bearing Anomaly Detection and Explanation Using RRCF Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raubertin Randrianandraina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chapuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moamar Sayed-Mouchaweh</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 International Conference on Control, Automation and Diagnosis (ICCAD)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICCAD60883.2024.10553938⟩</w:t>
+              <w:t xml:space="preserve">2023 International Conference on Machine Learning and Applications (ICMLA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Jacksonville, France. IEEE; IEEE, pp.1574-1581, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICMLA58977.2023.00238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707104v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wind Turbine Generator Bearing Anomaly Detection and Explanation Using RRCF Approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Predictive maintenance model-based on multi-stage neural network systems for wind turbines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raubertin Randrianandraina</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moamar Sayed-Mouchaweh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 International Conference on Machine Learning and Applications (ICMLA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Jacksonville, France. IEEE; IEEE, pp.1574-1581, 2024, </w:t>
+              <w:t xml:space="preserve">2024 International Conference on Artificial Intelligence, Computer, Data Sciences and Applications (ACDSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Victoria, France. IEEE; IEEE, pp.1-7, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICMLA58977.2023.00238⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ACDSA59508.2024.10467452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707121v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explainable Decision Support Tool for IoT Predictive Maintenance within the context of Industry 4.0</w:t>
               </w:r>
@@ -6102,51 +6102,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sliding window assessment for sensor fault model-based diagnosis in inland waterways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Blesa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6179,51 +6179,51 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st IFAC Workshop on Integrated Assessment Modelling for Environmental Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 51 (5), pp.31-36, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.06.195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707171v1</w:t>
@@ -6247,51 +6247,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensor fault diagnosis in inland navigation networks based on a grey-box model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Blesa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6324,619 +6324,619 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th IFAC Symposium on Fault Detection, Supervision and Safety for Technical Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 51 (24), pp.742-747, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.09.658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decentralized control of inland navigation networks with distributaries: Application to navigation canals in the north of France</w:t>
+                <w:t xml:space="preserve">Fault detection and isolation in flat navigation canals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Duviella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Blesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Nejjari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 American Control Conference (ACC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, pp.3341-3346, 2017, </w:t>
+              <w:t xml:space="preserve">2017 4th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, pp.0427-0432, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/ACC.2017.7963463⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/CoDIT.2017.8102629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707180v1</w:t>
+                <w:t xml:space="preserve">hal-04707190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault detection and isolation in flat navigation canals</w:t>
+                <w:t xml:space="preserve">Decentralized Fault-Tolerant Control of Inland Navigation Networks: a Challenge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Nejjari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Blesa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Nejjari</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Puig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 4th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, pp.0427-0432, 2017, </w:t>
+              <w:t xml:space="preserve">Automatic Control and Decision Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 783, pp.012018, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CoDIT.2017.8102629⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/783/1/012018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707190v1</w:t>
+                <w:t xml:space="preserve">hal-04707186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decentralized Fault-Tolerant Control of Inland Navigation Networks: a Challenge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Segovia</w:t>
+                <w:t xml:space="preserve">Modeling of Two Sub-reach Water Systems: Application to Navigation Canals in the North of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pau Segovia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaudia Horváth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">V. Puig</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatiha Nejjari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicenç Puig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automatic Control and Decision Conference</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">, 783, pp.012018, 2017, </w:t>
+              <w:t xml:space="preserve">14th International Conference on Informatics in Control, Automation and Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SCITEPRESS - Science and Technology Publications, pp.459-467, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/783/1/012018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5220/0006418604590467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707186v1</w:t>
+                <w:t xml:space="preserve">hal-04707174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of Two Sub-reach Water Systems: Application to Navigation Canals in the North of France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Klaudia Horváth</w:t>
+                <w:t xml:space="preserve">Decentralized control of inland navigation networks with distributaries: Application to navigation canals in the north of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Nejjari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Puig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Duviella</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Informatics in Control, Automation and Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SCITEPRESS - Science and Technology Publications, pp.459-467, 2017, </w:t>
+              <w:t xml:space="preserve">2017 American Control Conference (ACC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, pp.3341-3346, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5220/0006418604590467⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23919/ACC.2017.7963463⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707174v1</w:t>
+                <w:t xml:space="preserve">hal-04707180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Global Change Impacts on the Inland Navigation Management: Application on the Nord-Pas de Calais Network</w:t>
               </w:r>
@@ -6961,51 +6961,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaudia Horvàth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Doniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7061,675 +7061,675 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale system control based on decentralized design. Application to Cuinchy Fontinette Reach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sensor fault diagnosis of inland navigation system using physical model and pattern recognition approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Horváth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Blesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Duviella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Puig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Federation of Automatic Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC Proceedings Volumes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 47 (3), pp.11105-11110, 2014, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3182/20140824-6-ZA-1003.01027⟩</w:t>
+              <w:t xml:space="preserve">, 47 (3), pp.5309-5314, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3182/20140824-6-za-1003.01548⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707223v1</w:t>
+                <w:t xml:space="preserve">hal-04707218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MPC control of water level in a navigation canal - The Cuinchy-Fontinettes case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaudia Horvath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Klaudia Horvath</w:t>
+                <w:t xml:space="preserve">Mihaly Petreczky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Chuquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2014 European Control Conference (ECC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Strasbourg, France. IEEE, pp.1337-1342, 2014, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ECC.2014.6862483⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensor fault diagnosis of inland navigation system using physical model and pattern recognition approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+                <w:t xml:space="preserve">Large-scale system control based on decentralized design. Application to Cuinchy Fontinette Reach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Horváth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Chuquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Federation of Automatic Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC Proceedings Volumes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 47 (3), pp.5309-5314, 2014, </w:t>
+              <w:t xml:space="preserve">, 47 (3), pp.11105-11110, 2014, </w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3182/20140824-6-za-1003.01548⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3182/20140824-6-ZA-1003.01027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707218v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault Detection and Isolation of inland navigation channel: Application to the Cuinchy-Fontinettes reach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Duviella</w:t>
+                <w:t xml:space="preserve">Adaptive and predictive control architecture of inland navigation networks in a global change context: application to the Cuinchy-Fontinettes reach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Blesa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Karine Chuquet</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Chuquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 IEEE 52nd Annual Conference on Decision and Control (CDC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, pp.4877-4882, 2013, </w:t>
+              <w:t xml:space="preserve">2013 IFAC Conference on Manufacturing Modelling, Management, and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IFAC Proceedings Volumes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 46 (9), pp.2201-2206, 2013, </w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CDC.2013.6760654⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3182/20130619-3-RU-3018.00447⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707232v1</w:t>
+                <w:t xml:space="preserve">hal-04707201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive and predictive control architecture of inland navigation networks in a global change context: application to the Cuinchy-Fontinettes reach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Duviella</w:t>
+                <w:t xml:space="preserve">Fault Detection and Isolation of inland navigation channel: Application to the Cuinchy-Fontinettes reach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Blesa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">K. Chuquet</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Chuquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 IFAC Conference on Manufacturing Modelling, Management, and Control</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">, 46 (9), pp.2201-2206, 2013, </w:t>
+              <w:t xml:space="preserve">2013 IEEE 52nd Annual Conference on Decision and Control (CDC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, pp.4877-4882, 2013, </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3182/20130619-3-RU-3018.00447⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/CDC.2013.6760654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707201v1</w:t>
+                <w:t xml:space="preserve">hal-04707232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State estimation for MIMO hybrid dynamical model</w:t>
               </w:r>
@@ -7790,106 +7790,197 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CDC.2011.6161065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observability to the identifiability of hybrid dynamical system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer M'Sirdi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2011 International Conference on Communications, Computing and Control Applications (CCCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Hammamet, France. IEEE, pp.1-6, 2011, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CCCA.2011.6031513⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05568254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-driven leak localization in WDN using pressure sensor and hydraulic information</w:t>
+                <w:t xml:space="preserve">Leak Detection in Water Distribution Networks Based on Water Demand Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Débora Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joaquim Blesa</w:t>
@@ -7907,951 +7998,951 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAMES</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.07.646⟩</w:t>
+              <w:t xml:space="preserve">Safeprocess</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Pafos, Cyprus. pp.679-684, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.07.206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04056670v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04056644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leak Detection in Water Distribution Networks Based on Water Demand Analysis</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nonlinear Set-based Model Predictive Control for Exploration: Application to Environmental Missions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noury Bouraqadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Langueh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Safeprocess</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">19th International Conference on Informatics in Control, Automation and Robotics, ICINCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lisboa, Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04056644v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03647736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Set-based Model Predictive Control for Exploration: Application to Environmental Missions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Switching predictive controller for building optimal thermal comfort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Herimanjaka Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M-H. Benzaama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. K. M'Sirdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moamar Sayed-Mouchaweh</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Informatics in Control, Automation and Robotics, ICINCO</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">30th Mediterranean Conference on Control and Automation (MED 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Vouliagmeni, Greece. pp.127-132, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MED54222.2022.9837246⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03647736v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03835197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Switching predictive controller for building optimal thermal comfort</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Map Meshing Impact on the Efficiency of Nonlinear Set-based Model Predictive Control for Water Quality Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noury Bouraqadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kokou A.A. Langueh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th Mediterranean Conference on Control and Automation (MED 2022)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CMWRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Milan, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03835197v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04056747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self triggered controller co-design using LASSO regression</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kokou A.A. Langueh</w:t>
+                <w:t xml:space="preserve">Topological analysis of water distribution networks for optimal leak localization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquim Blesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 30th Mediterranean Conference on Control and Automation (MED)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">HIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Bucharest, Romania</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04446913v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04056723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Map Meshing Impact on the Efficiency of Nonlinear Set-based Model Predictive Control for Water Quality Assessment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Self triggered controller co-design using LASSO regression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javier García</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId240" w:history="1">
+                <w:t xml:space="preserve">Etienne Lucien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kokou A.A. Langueh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CMWRS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 30th Mediterranean Conference on Control and Automation (MED)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Vouliagmeni, France. pp.139-144, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MED54222.2022.9837186⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04056747v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04446913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topological analysis of water distribution networks for optimal leak localization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Debora Alves</w:t>
+                <w:t xml:space="preserve">Data-driven leak localization in WDN using pressure sensor and hydraulic information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Débora Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joaquim Blesa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HIC</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IAMES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Tarbes, France. pp.96-101, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.07.646⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04056723v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04056670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Algebraic Approach for Discrete Dynamic Reconstruction for Switched Bilinear Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.M.D. Motchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komi Midzodzi Pekpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lucien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Berlin, Germany. pp.1912-1917, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.2583⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03100710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A communication-based distributed model predictive control approach for large-scale systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Nejjari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8869,580 +8960,580 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Puig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 IEEE 58th Conference on Decision and Control (CDC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Nice, France. pp.8366-8371, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CDC40024.2019.9030085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03604773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobile Robots for Qualitative and Quantitative Management of Water Resources: Opportunities and Challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noury Bouraqadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Fabresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Lozenguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC Workshop on Control Methods for Water Resource Systems - 1st CMWRS 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04383440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient management of hydrographical networks in a global change context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Doniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Herimanjaka Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02150577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensor fault diagnosis in inland navigation networks based on a grey-box model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Blesa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Nejjari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAFEPROCESS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Varsovie, Poland. pp.742-747, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.09.658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04160844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of drought impact on inland navigation systems based on a flow network model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houda Nouasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Doniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXV International Conference on Information, Communication and Automation Technologies (ICAT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Sarajevo, Bosnia and Herzegovina. pp. 150-155</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01308886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MODÈLE INTÉGRÉ DE RÉSEAUX DE VOIES NAVIGABLES POUR L'ÉTUDE DE LEUR RÉSILIENCE DANS UN CONTEXTE DE CHANGEMENT CLIMATIQUE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9451,106 +9542,106 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaudia Horvàth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Chuquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MOSIM 2014, 10ème Conférence Francophone de Modélisation, Optimisation et Simulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01166670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-climate optimal control for an experimental greenhouse automation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Herimanjaka Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9579,73 +9670,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference on Communications, Computing and Control Applications (CCCA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Unknown, Unknown Region. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01778916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State Estimation for MIMO Hybrid Dynamical Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Herimanjaka Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9674,113 +9765,113 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50th IEEE Conference on Decision and Control and European Control Conference (CDC-ECC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Orlando, FL, USA, Unknown Region. pp.5455-5460</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01778917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greenhouse Climate Modeling : Observability and Identification for Supervision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Herimanjaka Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kouider Nacer M'Sirdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. K. Boukas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Balmat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9795,73 +9886,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 5th International Conference on Informatics in Control, Automation and Robotics (ICINCO 08)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Unknown, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01778919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling for Control and diagnosis for a class of Non Linear complex switched systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kouider Nacer M'Sirdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9903,73 +9994,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Vehicle Control and Safety AVCS 07</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Buenos Aires, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01778920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIMIT CYCLES STABILITY FOR COMPLEX SYSTEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Herimanjaka Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9985,51 +10076,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICINCO 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2007, Anger, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01966642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10039,354 +10130,354 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OVERVIEW ON BANDPASS NGD BASED SIGNAL PROPAGATION DELAY SUPPRESSION FOR UAV BASE STATION CELLULAR NETWORK</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valencia Lala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wang Desheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glauco Fontgalland Filho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glauco Fontgalland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Systems: Theory and Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Amplla Editora, pp.37-56, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.51859/amplla.sst631.1122-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrete Periodical Model of Microstrip Line with Cascaded Elementary L-Cells</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Large-Scale Building Thermal Modeling Based on Artificial Neural Networks: Application to Smart Energy Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Methodology of Tree Microstrip Interconnects Modelling For Signal Distribution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-981-15-0552-2_3⟩</w:t>
+              <w:t xml:space="preserve">Artificial Intelligence Techniques for a Scalable Energy Transition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.15-44, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-42726-9_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707087v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-Scale Building Thermal Modeling Based on Artificial Neural Networks: Application to Smart Energy Management</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Discrete Periodical Model of Microstrip Line with Cascaded Elementary L-Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Ravelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Artificial Intelligence Techniques for a Scalable Energy Transition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-42726-9_2⟩</w:t>
+              <w:t xml:space="preserve">Analytical Methodology of Tree Microstrip Interconnects Modelling For Signal Distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer Singapore, pp.35-57, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-15-0552-2_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707083v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of Interconnected Flat Open-Channel Flow: Application to Inland Navigation Canals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10431,92 +10522,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duviella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Hydroinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Singapore, pp.75-90, 2018, Springer Water, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-10-7218-5_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of Navigation Conditions Using Model Predictive Control - The Cuinchy-Fontinettes Case Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaudia Horváth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10525,120 +10616,120 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudy Negenborn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Chuquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Logistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 9335, Springer International Publishing, pp.222-237, 2015, Lecture Notes in Computer Science, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-24264-4_16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId279"/>
+      <w:footerReference w:type="default" r:id="rId281"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10785,51 +10876,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504665v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Henna" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boutte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Rajaoarisoa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2026.3655476" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457302v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Ravelo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Guerin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenceslas Rahajandraibe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bouwmans" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lall&#233;ch&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2026.3652728" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837315v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raubertin Randrianandraina" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Nalepa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Gama" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2024.109601" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707007v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Kuk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szymon Bobek" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moamar Sayed-Mouchaweh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2024.108046" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706998v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Alami" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dujardin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Benouar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khacem Kaddouri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings14061602" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440919v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2023.3321988" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706983v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Bouzidi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Claeys" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fi16080282" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707030v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Menhoudj" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Benzaama" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Mokhtari" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ref.2022.12.001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475053v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2022.3213904" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561576v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer Kouider M&#8217;sirdi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Clavier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnca.2023.103605" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707020v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Hichem Benzaama" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farjallah Alassaad" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Touati" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2023.107780" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707025v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeldjalil Benbakhti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18186/thermal.1401040" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440903v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2023.3276389" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509432v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Gies" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2021.3109543" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707038v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayu Wan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongzhu Yuan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2022.3172881" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03903825v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rivo Randriatsiferana" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Alicalapa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lorion" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jsen.2022.3212933" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707032v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Boukhelf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine El Mendili" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2022.104691" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969122v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav Frnda" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3226514" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707041v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Rajaoarisoa" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Lekhal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2021.117363" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274859v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Sanchez Galan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.68" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325251v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Zaraket" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Murad" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Syed Yazdani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnca.2021.103140" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604500v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;bora Alves" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Blesa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duviella" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21227551" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224979v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ravelo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rajaoarisoa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Maurice" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2019.101126" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022852v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Elys&#233;e Guy Ravelo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ngoho Moungoho" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glauco Fontgalland" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3033038" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225109v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Randriatsiferana" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ngoho" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Rahajandraibe" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3024556" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469746v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ngoho" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325257v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09205071.2020.1819443" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469744v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224418v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ajib" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lecoeuche" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2020.101523" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314900v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Segovia" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nejjari" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Duviella" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Puig" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2018.12.017" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319477v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blesa" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Horv&#225;th" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959651818773187" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150379v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lozenguez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Segovia Castillo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desquesnes" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Doniec" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duviella" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330568v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M.D. Motchon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Etienne" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.09.138" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319574v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.06.195" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319463v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2018055" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319575v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.09.658" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322380v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sayed-Mouchaweh" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.1202" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707069v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Horv&#225;th" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Bolea" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jisys-2013-0071" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01482865v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Herimanjaka Rajaoarisoa" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouider Nacer M'Sirdi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Balmat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01479731v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Naamane" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Duplaix" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966643v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. M'Sirdi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L H Rajaoarisoa" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Naamane" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Duplaix" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J F Balmat" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707111v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACDSA59508.2024.10467452" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707104v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Wannous" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD60883.2024.10553938" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707121v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chapuy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMLA58977.2023.00238" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707145v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMLA55696.2022.00234" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707139v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Veloso" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-36030-5_33" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707129v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Jeremie Randriarison" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD57653.2023.10152401" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707149v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Alves" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/WDSA-CCWI2022.2022.14056" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707159v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Segovia" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Nejjari" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicen&#231; Puig" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29007/p2cx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707171v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707170v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707180v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC.2017.7963463" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707190v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2017.8102629" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707186v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/783/1/012018" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707174v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006418604590467" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707196v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Nouasse" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Horv&#224;th" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2016.05.023" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707223v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chuquet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-ZA-1003.01027" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707064v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Horvath" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaly Petreczky" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chuquet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862483" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707218v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-za-1003.01548" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707232v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2013.6760654" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707201v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130619-3-RU-3018.00447" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707242v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Balmat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer M'Sirdi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2011.6161065" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056670v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.07.646" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056644v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.07.206" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647736v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Anderson" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Martin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noury Bouraqadi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Etienne" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Langueh" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835197v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-H. Benzaama" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. K. M'Sirdi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED54222.2022.9837246" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446913v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lucien" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokou A.A. Langueh" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED54222.2022.9837186" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056747v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Anderson" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Garc&#237;a" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056723v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100710v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komi Midzodzi Pekpe" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2583" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604773v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC40024.2019.9030085" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04383440v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fabresse" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lozenguez" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150577v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160844v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308886v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chiron" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166670v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778916v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778917v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778919v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. K. Boukas" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778920v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966642v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707076v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valencia Lala" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Desheng" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glauco Fontgalland Filho" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51859/amplla.sst631.1122-2" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707087v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-15-0552-2_3" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707083v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-42726-9_2" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707059v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-7218-5_5" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707093v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Negenborn" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24264-4_16" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504665v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Henna" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boutte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Rajaoarisoa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2026.3655476" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457302v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Ravelo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Guerin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenceslas Rahajandraibe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bouwmans" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lall&#233;ch&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2026.3652728" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837315v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raubertin Randrianandraina" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Nalepa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Gama" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2024.109601" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707007v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Kuk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szymon Bobek" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moamar Sayed-Mouchaweh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2024.108046" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706998v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Alami" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dujardin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Benouar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khacem Kaddouri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings14061602" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706983v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Bouzidi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Claeys" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fi16080282" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440919v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2023.3321988" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475053v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2022.3213904" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561576v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer Kouider M&#8217;sirdi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Clavier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnca.2023.103605" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440903v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2023.3276389" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707025v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Hichem Benzaama" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeldjalil Benbakhti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18186/thermal.1401040" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707020v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farjallah Alassaad" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Touati" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2023.107780" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707030v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Menhoudj" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Benzaama" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Mokhtari" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ref.2022.12.001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707038v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayu Wan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongzhu Yuan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2022.3172881" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03903825v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rivo Randriatsiferana" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Alicalapa" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lorion" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jsen.2022.3212933" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707032v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Boukhelf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine El Mendili" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2022.104691" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969122v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav Frnda" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3226514" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509432v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Gies" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2021.3109543" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325251v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Zaraket" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Murad" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Syed Yazdani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnca.2021.103140" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274859v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Sanchez Galan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.68" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707041v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Rajaoarisoa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Lekhal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2021.117363" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604500v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;bora Alves" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Blesa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duviella" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21227551" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469744v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ngoho" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3024556" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224418v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ajib" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lecoeuche" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2020.101523" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224979v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ravelo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rajaoarisoa" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Maurice" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2019.101126" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325257v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glauco Fontgalland" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Elys&#233;e Guy Ravelo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09205071.2020.1819443" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022852v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ngoho Moungoho" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3033038" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469746v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225109v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Randriatsiferana" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ngoho" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Rahajandraibe" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314900v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Segovia" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nejjari" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Duviella" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Puig" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2018.12.017" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330568v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M.D. Motchon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Etienne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.09.138" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319574v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blesa" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.06.195" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319463v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2018055" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319575v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.09.658" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319477v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Horv&#225;th" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959651818773187" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150379v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lozenguez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Segovia Castillo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desquesnes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Doniec" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duviella" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322380v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sayed-Mouchaweh" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.1202" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707069v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Horv&#225;th" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Bolea" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jisys-2013-0071" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01482865v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Herimanjaka Rajaoarisoa" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouider Nacer M'Sirdi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Balmat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01479731v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Naamane" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Duplaix" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966643v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. M'Sirdi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L H Rajaoarisoa" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Naamane" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Duplaix" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J F Balmat" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707104v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Wannous" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD60883.2024.10553938" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707121v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chapuy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMLA58977.2023.00238" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707111v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACDSA59508.2024.10467452" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707145v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMLA55696.2022.00234" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707139v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Veloso" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-36030-5_33" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707129v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Jeremie Randriarison" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD57653.2023.10152401" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707149v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Alves" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/WDSA-CCWI2022.2022.14056" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707159v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Segovia" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Nejjari" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicen&#231; Puig" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29007/p2cx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707171v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707170v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707190v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2017.8102629" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707186v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/783/1/012018" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707174v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006418604590467" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707180v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC.2017.7963463" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707196v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Nouasse" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Horv&#224;th" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2016.05.023" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707218v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-za-1003.01548" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707064v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Horvath" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaly Petreczky" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chuquet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862483" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707223v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chuquet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-ZA-1003.01027" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707201v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130619-3-RU-3018.00447" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707232v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2013.6760654" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707242v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Balmat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer M'Sirdi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2011.6161065" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05568254v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCCA.2011.6031513" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056644v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.07.206" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647736v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Anderson" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Martin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noury Bouraqadi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Etienne" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Langueh" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835197v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-H. Benzaama" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. K. M'Sirdi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED54222.2022.9837246" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056747v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Anderson" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Garc&#237;a" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokou A.A. Langueh" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056723v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446913v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lucien" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED54222.2022.9837186" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056670v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.07.646" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100710v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komi Midzodzi Pekpe" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2583" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604773v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC40024.2019.9030085" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04383440v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fabresse" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lozenguez" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150577v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160844v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308886v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chiron" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166670v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778916v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778917v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778919v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. K. Boukas" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778920v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966642v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707076v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valencia Lala" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Desheng" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glauco Fontgalland Filho" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51859/amplla.sst631.1122-2" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707083v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-42726-9_2" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707087v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-15-0552-2_3" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707059v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-7218-5_5" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707093v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Negenborn" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24264-4_16" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>