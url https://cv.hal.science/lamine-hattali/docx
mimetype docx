--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -929,265 +929,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03471088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interfacial fracture toughness measurement in both steady state and transient regimes using four-point bending test</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The effect of build orientation on both flexural quasi-static and fatigue behaviours of filament deposited PA6 polymer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Terekhina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Tarasova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Egorov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innokentiy Skornyakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guillaumat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fracture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10704-020-00437-3⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 140, pp.105825. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2020.105825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03896924v1</w:t>
+                <w:t xml:space="preserve">hal-03471157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of build orientation on both flexural quasi-static and fatigue behaviours of filament deposited PA6 polymer</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interfacial fracture toughness measurement in both steady state and transient regimes using four-point bending test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Zebar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hattali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Mesrati</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 140, pp.105825. </w:t>
+              <w:t xml:space="preserve">International Journal of Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 222 (1-2), pp.123-135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2020.105825⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10704-020-00437-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03471157v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03896924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the difference in material structure and fatigue properties of polyamide specimens produced by fused filament fabrication and selective laser sintering</w:t>
               </w:r>
@@ -1736,51 +1736,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bradai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Mesrati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Universal Journal of Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 4 (1), pp.10-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1866,51 +1866,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rassim Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Amokrane Bradai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Mesrati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3750,51 +3750,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8AFCBCA2"/>
+    <w:nsid w:val="DFB99FEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3981,51 +3981,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lamine-hattali" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8298-9160" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/137485794" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262971v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahinez Medjane" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhakim Benslimane" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Mesrati" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Hattali" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/CompMechComputApplIntJ.2023048398" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208304v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Smirnov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Terekhina" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Tarasova" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Grigoriev" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-023-11849-5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896956v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harouche Mohamed Karim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hattali Lamine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mesrati Nadir" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406220917712" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891392v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Auffray" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Gouge" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-021-08216-7" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470957v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Egorov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Innokentiy Skornyakov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillaumat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-021-07223-y" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471088v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2021.106725" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896924v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zebar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hattali" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mesrati" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-020-00437-3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471157v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2020.105825" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470886v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-020-06026-x" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926644v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Vincent-Dospital" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Toussaint" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Santucci" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vanel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bonamy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM01062F" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756904v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bar&#233;s" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Dubois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Dalmas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03559-4" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650220v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quinsat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lartigue" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Brown" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-017-0433-9" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009400v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sadki" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Hattali" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bradai" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Younes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13189/ujc.2016.040102" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04443166v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Sadki" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rassim Younes" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Amokrane Bradai" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.40.131-142" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169344v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ait-Sadi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hemmouche" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hattali" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Britah" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Iost" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2015.04.034" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01086096v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.264301" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658231v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ponson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.706-709.920" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657384v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tr&#233;heux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658195v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valette" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ropital" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-010-4502-8" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D9C72F51C038DB0D51F0AA74412FD7D90F18A459/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658250v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.89-91.238" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658202v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-009-3426-7" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F122B4B63A2D7B1675C12450F82363E5CEE3627C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657486v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Stremsdoerfer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2008.06.035" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830163v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Herlent" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume H&#233;rault" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouh Zeggai" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hattali, M L" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Almanza" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03473135v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358916v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45781-9_28" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439704v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Auradou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L.M. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lazarus" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383535v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ait Sadi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Necib" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00505340v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lamine-hattali" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8298-9160" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/137485794" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262971v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahinez Medjane" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhakim Benslimane" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Mesrati" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Hattali" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/CompMechComputApplIntJ.2023048398" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208304v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Smirnov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Terekhina" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Tarasova" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Grigoriev" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-023-11849-5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896956v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harouche Mohamed Karim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hattali Lamine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mesrati Nadir" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406220917712" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891392v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Auffray" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Gouge" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-021-08216-7" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470957v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Egorov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Innokentiy Skornyakov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillaumat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-021-07223-y" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471088v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2021.106725" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471157v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2020.105825" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896924v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zebar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hattali" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mesrati" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-020-00437-3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470886v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-020-06026-x" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926644v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Vincent-Dospital" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Toussaint" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Santucci" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vanel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bonamy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM01062F" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756904v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bar&#233;s" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Dubois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Dalmas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03559-4" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650220v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quinsat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lartigue" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Brown" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-017-0433-9" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009400v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sadki" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Hattali" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bradai" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Younes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13189/ujc.2016.040102" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04443166v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Sadki" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rassim Younes" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Amokrane Bradai" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.40.131-142" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169344v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ait-Sadi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hemmouche" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hattali" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Britah" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Iost" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2015.04.034" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01086096v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.264301" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658231v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ponson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.706-709.920" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657384v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tr&#233;heux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658195v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valette" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ropital" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-010-4502-8" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D9C72F51C038DB0D51F0AA74412FD7D90F18A459/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658250v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.89-91.238" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658202v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-009-3426-7" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F122B4B63A2D7B1675C12450F82363E5CEE3627C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657486v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Stremsdoerfer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2008.06.035" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830163v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Herlent" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume H&#233;rault" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouh Zeggai" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hattali, M L" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Almanza" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03473135v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358916v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45781-9_28" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439704v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Auradou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L.M. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lazarus" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383535v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ait Sadi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Necib" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00505340v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>