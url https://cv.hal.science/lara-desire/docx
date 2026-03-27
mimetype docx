--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -878,281 +878,281 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02656796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotions et cognition : stratégie pour répondre à la question de la sensibilité des animaux</w:t>
+                <w:t xml:space="preserve">Emotions and cognition: a new approach to animal welfare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Désiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violaine Colson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Désiré</w:t>
+                <w:t xml:space="preserve">Christine Duvaux-Ponter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Productions Animales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 20 (1), pp.17-22</w:t>
+              <w:t xml:space="preserve">Animal Welfare Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 16 (Supplement 1), pp.37-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01173429v1</w:t>
+                <w:t xml:space="preserve">hal-02004764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotions and cognition: a new approach to animal welfare</w:t>
+                <w:t xml:space="preserve">Emotions et cognition : stratégie pour répondre à la question de la sensibilité des animaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lara Désiré</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Duvaux-Ponter</w:t>
+                <w:t xml:space="preserve">L. Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Welfare Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 16 (Supplement 1), pp.37-43</w:t>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 20 (1), pp.17-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02004764v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Appraisal process in sheep (&amp;lt;i&amp;gt;Ovis aries&amp;lt;/i&amp;gt;): Interactive effect of suddenness and unfamiliarity on cardiac and behavioral responses.</w:t>
               </w:r>
@@ -2006,277 +2006,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04447159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driving simulator: an innovative tool to test new road infrastructures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Where we look when we drive: A multidisciplinary approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Bremond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Vienne</w:t>
+                <w:t xml:space="preserve">Jean Michel Auberlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Caro</w:t>
+                <w:t xml:space="preserve">Viola Cavallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Florence Rosey</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vérane Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TRA - Transport Research Arena</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Paris, France. 10p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01072739v1</w:t>
+                <w:t xml:space="preserve">hal-01044746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Where we look when we drive: A multidisciplinary approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roland Bremond</w:t>
+                <w:t xml:space="preserve">Driving simulator: an innovative tool to test new road infrastructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Vienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Michel Auberlet</w:t>
+                <w:t xml:space="preserve">Stéphane Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viola Cavallo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vérane Faure</w:t>
+                <w:t xml:space="preserve">Jean-Michel Auberlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Rosey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TRA - Transport Research Arena</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Paris, France. 10p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01044746v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01072739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acceptabilité &amp;lt;i&amp;gt;a priori&amp;lt;/i&amp;gt; et acceptation : le cas d'un dispositif technologique de gestion de trafic</w:t>
               </w:r>
@@ -2338,277 +2338,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02004786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facteurs perceptifs dans la décision de traversée de rue</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Visual cues in pedestrian's crossing decision: in search of a quantitative model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Bremond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Tom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariane Tom</w:t>
+                <w:t xml:space="preserve">Elodie Gigout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54ème congrès de la Société Française de Psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Transportation Research Board - 91st Annual Meeting TRB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Washington D.C., France. 14p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02005110v1</w:t>
+                <w:t xml:space="preserve">hal-00876467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual cues in pedestrian's crossing decision: in search of a quantitative model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roland Bremond</w:t>
+                <w:t xml:space="preserve">Facteurs perceptifs dans la décision de traversée de rue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Désiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Brémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Tom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariane Tom</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lara Désiré</w:t>
+                <w:t xml:space="preserve">Elodie Gigout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Board - 91st Annual Meeting TRB</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, Washington D.C., France. 14p</w:t>
+              <w:t xml:space="preserve">54ème congrès de la Société Française de Psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00876467v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des comportements en termes de vitesse durant le déploiement d'un système innovant d'information: la nécessité de prendre en compte l'acceptabilité du dispositif</w:t>
               </w:r>
@@ -2696,159 +2696,159 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02005128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What emotions sheep can feel ?</w:t>
+                <w:t xml:space="preserve">What emotions sheep can feel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Greiveldinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lara Désiré</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Desire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème Journées du GDR d'Ethologie / International Workshop Behaviour - Cognition - Welfare</w:t>
+              <w:t xml:space="preserve">5. Journées du GDR d’Ethologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Villetaneuse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02005073v1</w:t>
+                <w:t xml:space="preserve">hal-02756436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotions and cognition: a behavioural approach to better assess animal welfare</w:t>
+                <w:t xml:space="preserve">What emotions sheep can feel ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Greiveldinger</w:t>
@@ -2866,181 +2866,181 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint East and West Central Europe ISAE Regional Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Bratislava, Slovakia</w:t>
+              <w:t xml:space="preserve">5ème Journées du GDR d'Ethologie / International Workshop Behaviour - Cognition - Welfare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Villetaneuse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02005069v1</w:t>
+                <w:t xml:space="preserve">hal-02005073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What emotions sheep can feel</w:t>
+                <w:t xml:space="preserve">Emotions and cognition: a behavioural approach to better assess animal welfare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Greiveldinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lara Desire</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées du GDR d’Ethologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Villetaneuse, France</w:t>
+              <w:t xml:space="preserve">Joint East and West Central Europe ISAE Regional Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Bratislava, Slovakia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02756436v1</w:t>
+                <w:t xml:space="preserve">hal-02005069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotions and cognition: a new approach to animal welfare</w:t>
               </w:r>
@@ -3065,64 +3065,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Duvaux-Ponter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The UFAW/BVA Ethics Committee International Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Londres, United Kingdom</w:t>
@@ -3190,51 +3190,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Desire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3460,51 +3460,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02005077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novelty enhances the emotional response triggered by suddenness</w:t>
+                <w:t xml:space="preserve">Déterminants cognitifs de l'émotion chez l'ovin (&amp;lt;i&amp;gt;Ovis aries&amp;lt;i&amp;gt;)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
@@ -3522,97 +3522,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37th International Congress of the ISAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2003, Abano Terme, Italy</w:t>
+              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2003, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02005078v1</w:t>
+                <w:t xml:space="preserve">hal-02005131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterminants cognitifs de l'émotion chez l'ovin (&amp;lt;i&amp;gt;Ovis aries&amp;lt;i&amp;gt;)</w:t>
+                <w:t xml:space="preserve">Novelty enhances the emotional response triggered by suddenness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Boissy</w:t>
@@ -3630,73 +3630,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2003, Tours, France</w:t>
+              <w:t xml:space="preserve">37th International Congress of the ISAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2003, Abano Terme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02005131v1</w:t>
+                <w:t xml:space="preserve">hal-02005078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of suddenness and novelty on psychophysiological parameters in sheep</w:t>
               </w:r>
@@ -4785,51 +4785,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4A31AF09"/>
+    <w:nsid w:val="099D2AED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4933,51 +4933,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="CE2A9C59"/>
+    <w:nsid w:val="9863C59F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5167,51 +5167,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lara-desire" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5099-3977" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-6741-2015" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cerema.fr/fr/innovation-recherche/recherche/equipes/psycap-equipe-recherche-psychologie-appliquee" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cerema.fr/fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007202v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Lobjois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;rane Faure" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Benguigui" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2020.105046" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466983v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemonnier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Bremond" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baccino" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2020.01.012" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651019v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Aubert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Desire" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Greiveldinger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delval" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004761v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Assi&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Seegers" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Makoschey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara D&#233;sir&#233;-Bousqui&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bareille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656796v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173429v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Colson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004764v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Duvaux-Ponter" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004769v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Despr&#233;s" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Toporenko" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0735-7036.120.3.280" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004771v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0735-7036.118.4.363" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004774v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Neindre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004776v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0376-6357(02)00081-5" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3BLJFZF8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869123v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard H. Porter" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Orgeur" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736876v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuotian Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Barbedette" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Gohier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rosey" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447159v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saudrais" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Desire" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Barbedette" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Morel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072739v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vienne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Auberlet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01044746v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Auberlet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola Cavallo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004786v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005110v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Br&#233;mond" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Tom" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gigout" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Axelle Grani&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876467v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005128v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Guy&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maillard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005073v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005069v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756436v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173445v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764244v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827285v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005077v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005078v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005131v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005082v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vimal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005085v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873671v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005079v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005098v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Poteaux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bidaux S." TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Baudoin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430282v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saint Pierre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Tattegrain" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_vitesse_enjeux_contemporains_et_politiques_publiques_laurent_carnis_dominique_mignot-9782336404011-78306.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816419v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004779v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02005145v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004CLF21498" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lara-desire" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5099-3977" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-6741-2015" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cerema.fr/fr/innovation-recherche/recherche/equipes/psycap-equipe-recherche-psychologie-appliquee" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cerema.fr/fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007202v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Lobjois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;rane Faure" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Benguigui" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2020.105046" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466983v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemonnier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Bremond" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baccino" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2020.01.012" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651019v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Aubert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Desire" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Greiveldinger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delval" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004761v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Assi&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Seegers" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Makoschey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara D&#233;sir&#233;-Bousqui&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bareille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656796v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004764v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Duvaux-Ponter" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173429v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Colson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004769v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Despr&#233;s" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Toporenko" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0735-7036.120.3.280" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004771v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0735-7036.118.4.363" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004774v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Neindre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004776v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0376-6357(02)00081-5" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3BLJFZF8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869123v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard H. Porter" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Orgeur" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736876v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuotian Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Barbedette" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Gohier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rosey" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447159v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saudrais" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Desire" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Barbedette" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Morel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01044746v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Auberlet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola Cavallo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072739v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vienne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caro" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Auberlet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004786v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876467v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Tom" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gigout" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Axelle Grani&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005110v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Br&#233;mond" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005128v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Guy&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maillard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756436v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005073v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005069v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173445v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764244v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827285v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005077v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005131v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005078v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005082v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vimal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005085v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873671v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005079v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005098v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Poteaux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bidaux S." TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Baudoin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430282v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saint Pierre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Tattegrain" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_vitesse_enjeux_contemporains_et_politiques_publiques_laurent_carnis_dominique_mignot-9782336404011-78306.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816419v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004779v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02005145v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004CLF21498" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>