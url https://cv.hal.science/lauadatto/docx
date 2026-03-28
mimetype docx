--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -232,230 +232,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05003377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Aouinaït (2022), Open Innovation Strategies, Smart Innovation, London, ISTE/Wiley, 222 p.</w:t>
+                <w:t xml:space="preserve">L’Intelligence Artificielle et les Technologies Quantiques au regard de la Cybersécurité - Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michelle Mongo</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fehmi Jaafar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schallum Pierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Technologie et innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (23)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04012890v1</w:t>
+                <w:t xml:space="preserve">hal-04333357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Intelligence Artificielle et les Technologies Quantiques au regard de la Cybersécurité - Introduction</w:t>
+                <w:t xml:space="preserve">Camille Aouinaït (2022), Open Innovation Strategies, Smart Innovation, London, ISTE/Wiley, 222 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Schallum Pierre</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Son Thi Kim LE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Mongo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technologie et innovation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Eco-innovation and the Circular Economy, 41 (2), pp.251-255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/jie.041.0251⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04333357v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04012890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement inédit d’un processus de spécification logicielle par une organisation experte de gestion de projets open source à échelle industrielle : innovations de procédés et impact sur la politique de brevets</w:t>
               </w:r>
@@ -1203,449 +1203,150 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04333260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
-[...297 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Intelligence Artificielle et les Technologies Quantiques au regard de la Cybersécurité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fehmi Jaafar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schallum Pierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technologie et innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 23 (8), pp.1-4, 2023, Intelligence artificielle et Cybersécurité</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04333360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1655,51 +1356,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovation Ecosystems in the New Economic Era</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1720,759 +1421,759 @@
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Son Thi Kim LE</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Mongo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 31, pp.384, 2023, Business and Innovation, Dimitri Uzunidis, 9782875745248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/b20656⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04099899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catastrophes majeures au XXIe siècle : santé, environnement, alimentation, guerre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Uzunidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edition Le Manuscrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Magna Carta, Dimitri Uzunidis, 9782304054194</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04333377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catastrophes majeures au XXIe siècle : santé, environnement, alimentation, guerre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Uzunidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions Le Manuscrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Magna Carta, Dimitri Uzunidis, 9782304054194</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04053979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crise pandémique. Dangers et opportunités d’innovations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Uzunidis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edition Le Manuscrit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Magna Carta, Dimitri Uzunidis, 9782304052541</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
-              <w:r>
-[...33 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04333367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 2 (Special Themes)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 1 (Main Themes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Uzunidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fedoua Kasmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wiley, 2021, 9781786307019</w:t>
+              <w:t xml:space="preserve">Wiley - ISTE, 2021, Innovation, Entrepreneurship and Management, 978-1-786-30456-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03628219v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03628217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 1 (Main Themes)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 1 : Main Themes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Uzunidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fedoua Kasmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wiley - ISTE, 2021, Innovation, Entrepreneurship and Management, 978-1-786-30456-8</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ISTE Editions Ltd; Wiley, 1, 464p., 2021, 9781786304568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119832492⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03628217v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04333339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 2 : Special Themes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Uzunidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fedoua Kasmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Adatto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ISTE Editions Ltd; Wiley, 2, 336p., 2021, 9781786307019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119832522⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
-              <w:r>
-[...46 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04333335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 1 : Main Themes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 2 (Special Themes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Uzunidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fedoua Kasmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ISTE Editions Ltd; Wiley, 1, 464p., 2021, 9781786304568. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Wiley, 2021, 9781786307019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04333339v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03628219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Batteries électriques, réindustrialisation et écosystèmes d’innovation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2507,331 +2208,630 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Mongo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04179379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cybersécurité, technologies quantiques, intelligence artificielle : le contexte pandémique alerte</w:t>
+                <w:t xml:space="preserve">La force de l’information et l’avenir du futur du Plan Quantique français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04333352v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04333325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La force de l’information et l’avenir du futur du Plan Quantique français</w:t>
+                <w:t xml:space="preserve">Cybersécurité, technologies quantiques, intelligence artificielle : le contexte pandémique alerte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fehmi Jaafar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schallum Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04333325v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04333352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Open source hardware et impression 3D : production décentralisée de dispositifs médicaux dans le contexte de la pandémie de Covid-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04333320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masques, valves, ventilateurs… L’impression 3D au secours des soins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Adatto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04333363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medical devices building on open paradigm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Adatto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Adatto; Camille Aouinaït; Son Thi Kim LE; Michelle Mongo. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Innovation Ecosystems in the New Economic Era. Digital Revolution and Ecological Transition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Business and Innovation (Volume 31), 9782875745248</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04333393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cybersécurité, technologies quantiques, intelligence artificielle : le contexte pandémique alerte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Adatto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fehmi Jaafar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schallum Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Adatto, Laurent; Uzunidis, Dimitri. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crise pandémique. Dangers et opportunités d’innovations. Itinérances en période trouble (2020-2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edition Le Manuscrit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Magna Carta, 9782304052541</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04342674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-04333363v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Open source and open data: filiation, analogies and common dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Adatto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 2: Special Themes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chapitre 26, pp.217-223, 2021, 9781786307019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04333348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId59"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2986,51 +2986,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003377v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Aouina&#239;t" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Son Thi Kim LE" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Mongo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Adatto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1270" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012890v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.041.0251" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333357v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fehmi Jaafar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schallum Pierre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333316v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2020.0564" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333310v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333250v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.293" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-405L3FP4-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085324v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Mongo Desage" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03699297v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54820/entrenova-2022-0035" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333313v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333286v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333276v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333260v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333393v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1314629" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342674v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemanuscrit.fr/livres/crise-pandemique-dangers-et-opportunites-dinnovations/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333348v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333360v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04099899v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b20656" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333377v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Uzunidis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemanuscrit.fr/livres/catastrophes-majeures-au-xxie-siecle-sante-environnement-alimentation-guerre/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053979v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemanuscrit.fr/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333367v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628219v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fedoua Kasmi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628217v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333335v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119832522" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333339v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119832492" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04179379v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333352v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333325v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333320v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333363v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003377v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Aouina&#239;t" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Son Thi Kim LE" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Mongo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Adatto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1270" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333357v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fehmi Jaafar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schallum Pierre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012890v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.041.0251" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333316v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2020.0564" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333310v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333250v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.293" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-405L3FP4-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085324v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Mongo Desage" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03699297v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54820/entrenova-2022-0035" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333313v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333286v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333276v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333260v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333360v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04099899v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1314629" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b20656" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333377v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Uzunidis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemanuscrit.fr/livres/catastrophes-majeures-au-xxie-siecle-sante-environnement-alimentation-guerre/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053979v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemanuscrit.fr/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333367v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemanuscrit.fr/livres/crise-pandemique-dangers-et-opportunites-dinnovations/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628217v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fedoua Kasmi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333339v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119832492" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333335v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119832522" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628219v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04179379v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333325v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333352v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333320v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333363v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333393v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342674v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333348v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>