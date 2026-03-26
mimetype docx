--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -72,1084 +72,1353 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ignorance et l’inaction publique</w:t>
+                <w:t xml:space="preserve">L’avis consultatif de la Cour internationale de justice : fondements et portée des obligations internationales en matière climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Canali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'inaction publique, sous la direction de Sara Brimo</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+              <w:t xml:space="preserve">Revue du droit public et de la science politique en France et à l'étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05426055v1</w:t>
+                <w:t xml:space="preserve">hal-05555149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’amicus en droit à son utilisation dans les procès climatiques</w:t>
+                <w:t xml:space="preserve">L’ignorance, les sciences et le droit. Propos introductifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Canali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Delcroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïdou Diop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expertises et argumentaires juridiques Contribution à l’étude des procès climatiques</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Savoir, incertitude, ignorance, 19, pp.21-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13wet⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04872725v1</w:t>
+                <w:t xml:space="preserve">hal-05334809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ville d’Oakland et the People of State of California c. BP P.L.C et al. (2018)</w:t>
+                <w:t xml:space="preserve">Le procès et le changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Canali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les grandes affaires climatiques</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03171552v1</w:t>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 21, pp.1016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05102599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ville d’Oakland et the People of State of California c. BP P.L.C et al. 2018</w:t>
+                <w:t xml:space="preserve">La preuve par l’expertise dans le contentieux français des changements climatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Canali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les grandes affaires climatiques</w:t>
-[...49 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Revue juridique de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...62 lines deleted...]
-                <w:t xml:space="preserve">hal-02106913v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03983027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ignorance, les sciences et le droit. Propos introductifs</w:t>
+                <w:t xml:space="preserve">La juridictionnalisation des problématiques climatiques Entre technisation de la cause et politisation du cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Canali</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...27 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DICE Éditions. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05334809v1</w:t>
+              <w:t xml:space="preserve">La judiciarisation de la politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05442130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le procès et le changement climatique</w:t>
+                <w:t xml:space="preserve">L’ignorance et l’inaction publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Canali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recueil Dalloz</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">halshs-05102599v1</w:t>
+              <w:t xml:space="preserve">L'inaction publique, sous la direction de Sara Brimo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LexisNexis, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05426055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La preuve par l’expertise dans le contentieux français des changements climatiques</w:t>
+                <w:t xml:space="preserve">De l’amicus en droit à son utilisation dans les procès climatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Canali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue juridique de l'environnement</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Expertises et argumentaires juridiques Contribution à l’étude des procès climatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.189 - 207, 2024, 979-10-97578-27-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12zb0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04872725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ville d’Oakland et the People of State of California c. BP P.L.C et al. (2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Canali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les grandes affaires climatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 979-10-97578-09-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03171552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ville d’Oakland et the People of State of California c. BP P.L.C et al. 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Canali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christel Cournil. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les grandes affaires climatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03983027v1</w:t>
+                <w:t xml:space="preserve"> UMR Droits International, Comparé et Européen (DICE)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.451-463, 2020, Confluence des droits, 979-1-0975-7809-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les procès fictifs, une réaction pertinente à l’inapplication du droit ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Canali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chetna Malviya</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R. Le Boeuf et O. Le Bot, L’inapplication du droit, éd. DICE, coll. Confluence des droits, Aix-en-Provence, à paraître 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, L'inapplication du droit</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02106913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitigating global health disasters through a more intentional international law framework</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ikeoluwa Emmanuela Akinbode</w:t>
+                <w:t xml:space="preserve">Savoir, incertitude, ignorance Les enjeux de connaissance dans le droit des sciences et techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Canali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Bousquet</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïdou Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laura Canali</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Delcroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spring day de l'Ecole Doctorale 583</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05069683v1</w:t>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 19, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05555155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Connecting Scientific Evidence to Litigation Strategies: the issue of the admissibility of expert evidence in Human Rights Litigation”</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mitigating global health disasters through a more intentional international law framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ikeoluwa Emmanuela Akinbode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eve Truilhe</w:t>
+                <w:t xml:space="preserve">Jérémy Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dusserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Canali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Translating Climate Science for the Human Rights Court Room: An Interdisciplinary Encounter between Science and Law</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04580349v1</w:t>
+              <w:t xml:space="preserve">Spring day de l'Ecole Doctorale 583</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Nîmes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05069683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thèse (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">“Connecting Scientific Evidence to Litigation Strategies: the issue of the admissibility of expert evidence in Human Rights Litigation”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Canali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium on Translating Climate Science for the Human Rights Court Room: An Interdisciplinary Encounter between Science and Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le procès et le changement climatique- Étude de la réalisation juridictionnelle du droit climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Canali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Université Aix-Marseille (AMU), 2023. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05441980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId30"/>
+      <w:footerReference w:type="default" r:id="rId33"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1296,51 +1565,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426055v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Canali" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872725v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12zb0" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171552v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192619v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dice.univ-amu.fr/fr/dice/dice/publications/confluence-droits/ouvrages#numero10" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02106913v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetna Malviya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334809v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Delcroix" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;dou Diop" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13wet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05102599v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983027v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069683v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikeoluwa Emmanuela Akinbode" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bousquet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dusserre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580349v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Truilhe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05441980v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555149v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Canali" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334809v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Delcroix" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;dou Diop" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13wet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05102599v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983027v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442130v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426055v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872725v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12zb0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171552v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192619v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dice.univ-amu.fr/fr/dice/dice/publications/confluence-droits/ouvrages#numero10" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02106913v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetna Malviya" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555155v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069683v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikeoluwa Emmanuela Akinbode" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bousquet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dusserre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580349v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Truilhe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05441980v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>