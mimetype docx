--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -895,303 +895,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01990925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performing broadband optical transmission links by appropriate spectral combination of broadband SOA gain, Raman amplification and transmission fiber losses</w:t>
+                <w:t xml:space="preserve">Modeling of a 10-km optical link exploiting power-over-fiber for cabled submarine observatories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tammam Motaweh</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pascal Morel</w:t>
+                <w:t xml:space="preserve">Evangelia Dimitriadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Ghisa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Quintard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Guegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pérennou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.optcom.2016.10.031⟩</w:t>
+              <w:t xml:space="preserve">Optical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.OE.56.11.116108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01454931v1</w:t>
+                <w:t xml:space="preserve">hal-01670598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of a 10-km optical link exploiting power-over-fiber for cabled submarine observatories</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Véronique Quintard</w:t>
+                <w:t xml:space="preserve">Performing broadband optical transmission links by appropriate spectral combination of broadband SOA gain, Raman amplification and transmission fiber losses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tammam Motaweh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Sharaiha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Ghişa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Guegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 385, pp.66-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optcom.2016.10.031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/1.OE.56.11.116108⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01670598v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01454931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comments on &amp;quot;Performances of a Fully Integrated All-OpticalPulse Reshaper Based on Cascaded Coupled Nonlinear Microring Resonators</w:t>
               </w:r>
@@ -2866,286 +2866,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04068776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave Photonic Approach to Antenna Remote on Airborne Radar Warning Receiver System</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploitation de l'amplification Raman de signaux RF analogiques dans le contexte de capteurs distants optoalimenté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romildo de Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Ghişa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Quintard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Kiohara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olympio Lucchini Coutinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JNOG, OPTIQUE Dijon 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Dijon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03596043v1</w:t>
+                <w:t xml:space="preserve">hal-03596400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploitation de l'amplification Raman de signaux RF analogiques dans le contexte de capteurs distants optoalimenté</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microwave Photonic Approach to Antenna Remote on Airborne Radar Warning Receiver System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Kiohara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romildo de Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Streitenberger Ivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naiara Tieme Mippo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olympio Lucchini Coutinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNOG, OPTIQUE Dijon 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Fortaleza, Brazil. pp.1-3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IMOC53012.2021.9624933⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03596400v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03596043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical links exploiting Power over Fiber and Raman Amplification for Sensor control: application to cabled observatories for hostile or constraint environments</w:t>
               </w:r>
@@ -3898,307 +3898,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01441869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power and data over fiber for sea-floor observatories</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cherif Diouf</w:t>
+                <w:t xml:space="preserve">Étude théorique de la propagation optique simultanée de données et d'une pompe de forte puissance pour une liaison tout-optique de 10 km adaptée à des observatoires de fond de mer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramez Hamié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelia Dimitriadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Ghisa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Quintard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Guegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SubOptic 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Dubaï, United Arab Emirates</w:t>
+              <w:t xml:space="preserve">OPTIQUE Bordeaux 2016, Journées Nationales d'Optique Guidée (JNOG'36)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01441909v1</w:t>
+                <w:t xml:space="preserve">hal-01699437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude théorique de la propagation optique simultanée de données et d'une pompe de forte puissance pour une liaison tout-optique de 10 km adaptée à des observatoires de fond de mer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mikael Guegan</w:t>
+                <w:t xml:space="preserve">Power and data over fiber for sea-floor observatories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Perhirin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Audo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge de Blasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Diouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OPTIQUE Bordeaux 2016, Journées Nationales d'Optique Guidée (JNOG'36)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">SubOptic 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Dubaï, United Arab Emirates</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01699437v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01441909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation spectrale de la propagation optique forte puissance sur une liaison dédiée à l'opto-alimentation de capteurs marins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evangelia Dimitriadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Ghisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4292,51 +4292,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectral Model of Non-linear Phenomena in a Power-over-Fiber System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Ghisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Audo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prod'Homme Hugo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4404,64 +4404,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the optical phenomena in a 10 km long optically powered data link dedicated to a submarine cabled observatory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Audo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Perhirin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Quintard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4538,64 +4538,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A power-over-fiber system and its low consumption remote equipment for submarine applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Perhirin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Audo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Guegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4672,90 +4672,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amplificateur optique hybride SOA-Raman à bande passante optimisée (89nm) pour les réseaux CWDM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tammam Motaweh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Sharaiha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Ghişa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Guegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4791,274 +4791,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01139417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of integrated coupled nonlinear microring resonators all-optical pulse restorer</w:t>
+                <w:t xml:space="preserve">Optical measurement of the phase shift introduced by a slow light medium based on coupled erbium doped fiber resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Dumeige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Kim Ngan Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Ghisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thi Kim Ngan Nguyen</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Trebaol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Feron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics West 20087 - Optoelectronic Materials, Devices, and Applications (OPTO 2008)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, San Jose (CA), United States. pp.68960S, </w:t>
+              <w:t xml:space="preserve">SPIE Photonics West 2008 - Optoelectronic Materials, Devices, and Applications (OPTO 2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, San Jose (CA), United States. pp.690407, </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.763593⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.763552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00350901v1</w:t>
+                <w:t xml:space="preserve">hal-00315738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical measurement of the phase shift introduced by a slow light medium based on coupled erbium doped fiber resonators</w:t>
+                <w:t xml:space="preserve">Simulation of integrated coupled nonlinear microring resonators all-optical pulse restorer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Dumeige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Ghisa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Kim Ngan Nguyen</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephane Trebaol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Feron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics West 2008 - Optoelectronic Materials, Devices, and Applications (OPTO 2008)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, San Jose (CA), United States. pp.690407, </w:t>
+              <w:t xml:space="preserve">SPIE Photonics West 20087 - Optoelectronic Materials, Devices, and Applications (OPTO 2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, San Jose (CA), United States. pp.68960S, </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.763552⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.763593⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00315738v1</w:t>
+                <w:t xml:space="preserve">hal-00350901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode hybride spectrale/temporelle de mesure de grands facteurs de qualité et de gains sélectifs</w:t>
               </w:r>
@@ -5914,402 +5914,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00281337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A characterization bench to analyse various types of optical WGM resonators for high spectral purity microwave sources applications</w:t>
+                <w:t xml:space="preserve">Spectroscopic and lasing properties of Er3+-doped glass microspheres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. B. Constant</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Xavier Dollat</w:t>
+                <w:t xml:space="preserve">Gualtiero Nunzi-Conti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Chiasera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Ghisa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Berneschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimo Brenci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2006 IEEE Frequency Control Symposium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/FREQ.2006.275440⟩</w:t>
+              <w:t xml:space="preserve">1st conference on Advances In Optical Materials (AIOM 2005), 12-15 october 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2006, Tucson (AZ), United States. Vol.352, Issues 23-25, pp.2297-2680, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2006.01.089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00167415v1</w:t>
+                <w:t xml:space="preserve">hal-00164292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectroscopic and lasing properties of Er3+-doped glass microspheres</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Chiasera</w:t>
+                <w:t xml:space="preserve">Fonction optique non-linéaire intégrée à base de micro-résonateurs couplés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Dumeige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Ghisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Féron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st conference on Advances In Optical Materials (AIOM 2005), 12-15 october 2005</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées du Groupement De Recherche "Ondes" (GDR "Ondes")</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Orsay, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00164292v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00168391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonction optique non-linéaire intégrée à base de micro-résonateurs couplés</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A characterization bench to analyse various types of optical WGM resonators for high spectral purity microwave sources applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. B. Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Henri Merrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Onillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dollat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du Groupement De Recherche "Ondes" (GDR "Ondes")</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2006 IEEE Frequency Control Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Miami (FL), United States. pp.519-527, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/FREQ.2006.275440⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00168391v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00167415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispersive multistability in microring resonators</w:t>
               </w:r>
@@ -6623,90 +6623,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical Microresonators used for Stabilisation and Miniaturisation of High Spectral Purity Microwave Sources for Space Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. B. Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Henri Merrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Onillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dollat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6774,51 +6774,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimo Brenci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franco Cosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gualtiero Nunzi-Conti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Pelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7020,51 +7020,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Dumeige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Ghisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Féron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du Groupement De Recherche "Ondes" (GDR "Ondes"), juin 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, Marseille, France. pp.62-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7236,51 +7236,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Dumeige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Ghisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Féron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du Groupement De Recherche "Ondes" (GDR "Ondes")</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2005, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7455,77 +7455,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sources hyperfréquences à haute pureté spectrale à base de micro-résonateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. B. Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Henri Merrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Onillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bonnefont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7845,51 +7845,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144267v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Kiohara" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romildo Souza" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Quintard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Guegan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ghisa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s25134159" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197196v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2023.3305570" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068790v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romildo de Souza" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Gu&#233;gan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2022.3181899" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469523v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramez Hami&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; P&#233;rennou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2631-8695/ab30d5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469908v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos D Paschaloudis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos L Zekios" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter C Allilomes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyriakos E Zoiros" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2019.2935805" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990925v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Diouf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454931v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tammam Motaweh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Sharaiha" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ghi&#351;a" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Morel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2016.10.031" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W0T60NPM-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670598v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Dimitriadou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.56.11.116108" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474718v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dumeige" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Kim Ngan Nguyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann G. Boucher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Feron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2008.2004956" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474733v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Trebaol" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Tavernier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2009.10.014" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-94SFQSLH-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475768v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gualtiero Nunzi Conti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soria" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Berneschi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Brenci" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Cosi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.55.46" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352362v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.78.013818" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00366236v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.25.002073" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00275610v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2007.901529" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147036v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475367v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boyer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474898v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISETC63109.2024.10797367" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142803v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142778v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072773v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romildo De Souza" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068776v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWP54208.2022.9997661" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596043v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Streitenberger Ivo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naiara Tieme Mippo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olympio Lucchini Coutinho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMOC53012.2021.9624933" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596400v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469779v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834301v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SaPIW.2018.8401646" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834544v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670686v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2017.8084970" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699324v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2017.8268832" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441869v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia M. Dimitriadou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441909v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Colas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Perhirin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge de Blasi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699437v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699430v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Na" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108426v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prod'Homme Hugo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107909v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS-Bergen.2013.6608174" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107918v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS-Bergen.2013.6608175" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139417v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350901v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.763593" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315738v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.763552" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370630v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367731v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276359v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Merrer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lacroix" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Brahimi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bonnefont" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Llopis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370607v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383686v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350925v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Jestin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Armellini" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Chiappini" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Chiasera" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.762916" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281337v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jestin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Armellini" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167415v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B. Constant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Onillon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dollat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FREQ.2006.275440" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164292v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gualtiero Nunzi-Conti" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2006.01.089" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QDJP3XB3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168391v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice F&#233;ron" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164290v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1464-4258/8/7/S27" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-K3FFGXNP-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167265v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.662113" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199372v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185889v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163897v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Pelli" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo C. Righini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147674v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Thual" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Ferrari" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163901v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198715v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168378v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383753v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00232814v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00383746v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144267v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Kiohara" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romildo Souza" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Quintard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Guegan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ghisa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s25134159" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197196v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2023.3305570" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068790v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romildo de Souza" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Gu&#233;gan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2022.3181899" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469523v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramez Hami&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; P&#233;rennou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2631-8695/ab30d5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469908v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos D Paschaloudis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos L Zekios" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter C Allilomes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyriakos E Zoiros" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2019.2935805" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990925v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Diouf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670598v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Dimitriadou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.56.11.116108" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454931v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tammam Motaweh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Sharaiha" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ghi&#351;a" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Morel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2016.10.031" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W0T60NPM-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474718v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dumeige" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Kim Ngan Nguyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann G. Boucher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Feron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2008.2004956" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474733v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Trebaol" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Tavernier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2009.10.014" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-94SFQSLH-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475768v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gualtiero Nunzi Conti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soria" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Berneschi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Brenci" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Cosi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.55.46" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352362v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.78.013818" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00366236v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.25.002073" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00275610v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2007.901529" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147036v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475367v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boyer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474898v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISETC63109.2024.10797367" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142803v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142778v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072773v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romildo De Souza" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068776v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWP54208.2022.9997661" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596400v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olympio Lucchini Coutinho" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596043v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Streitenberger Ivo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naiara Tieme Mippo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMOC53012.2021.9624933" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469779v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834301v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SaPIW.2018.8401646" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834544v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670686v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2017.8084970" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699324v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2017.8268832" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441869v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia M. Dimitriadou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699437v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441909v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Colas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Perhirin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge de Blasi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699430v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Na" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108426v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prod'Homme Hugo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107909v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS-Bergen.2013.6608174" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107918v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS-Bergen.2013.6608175" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139417v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315738v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.763552" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350901v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.763593" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370630v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367731v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276359v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Merrer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lacroix" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Brahimi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bonnefont" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Llopis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370607v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383686v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350925v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Jestin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Armellini" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Chiappini" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Chiasera" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.762916" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281337v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jestin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Armellini" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164292v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gualtiero Nunzi-Conti" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2006.01.089" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QDJP3XB3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168391v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice F&#233;ron" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167415v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B. Constant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Onillon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dollat" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FREQ.2006.275440" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164290v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1464-4258/8/7/S27" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-K3FFGXNP-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167265v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.662113" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199372v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185889v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163897v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Pelli" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo C. Righini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147674v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Thual" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Ferrari" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163901v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198715v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168378v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383753v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00232814v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00383746v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>