--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> LAURA ODASSO </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">maîtresse de conférences</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LU : Jacquelot F. (dir), Rapport «Repenser les modalités de détermination de l’âge du mineur étranger non accompagné. Perspectives empiriques et comparées », IERDJ, 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeunes et Mineurs en Mobilité — Jóvenes y Menores en Movilidad — Young people and Children on the Move</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Situations et champs des possibles des jeunes et mineurs non accompagnés – un éclairage franco-allemand, 9, pp.108-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05119625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Faire intimité » en migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audran Aulanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SociologieS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, IntimitéS en migration. Une approche par les rapports à soi, aux autres et aux choses, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13svk⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05048961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre à réussir les formalités d’immigration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de la recherche sur l'éducation et les savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 24, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1540h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05364949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intimacy as a competency: information-seeking practices in (marriage) migration online support groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Families, Relationships and Societies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (2), pp.304-320. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1332/20467435Y2024D000000021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04725039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Legal-administrative intermediation in the migration field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Bonizzoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etnografia e ricerca qualitativa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2 (2), pp.195-212. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3240/114399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04725038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intimigr’ : Dire et exposer l’intimité en migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audran Aulanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dadour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Duclos-Valois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Fogel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Latouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Facto - Institut Convergences Migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Intimité, au cœur des migrations, 37, pp.42-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Année du Maghreb au fil de quelques couvertures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Breteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michela De Giacometti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1360u⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05357455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Intimités en tension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Breteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michela De Giacometti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Dossier : Intimités en tension, 29, pp.11-21. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anneemaghreb.11549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04447499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust in disaster resilience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fornalé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Armiero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Disaster Prevention and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 32 (2), pp.253-267. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/DPM-04-2022-0082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doing Family Online: (In)formal Knowledge Circulation, Information Seeking Practices and Support Communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Geoffrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Family Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 72 (2), pp.389-405. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/fare.12865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les frontières de la parentalité. Contrôle migratoire et unité familiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Gourdeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française des affaires sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2, pp.189-208. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfas.232.0189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mettre l’intime en bande dessinée. Un dialogue avec Léna Merhej et Noémie Honein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michela de Giacometti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Dossier : Intimités en tension, 29, pp.137-162. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anneemaghreb.11810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04447481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Private and family life&amp;quot; in times of pandemic. Continuities and ruptures of a discriminatory policy: The French case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Fogel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, COVID-19, migrations and itineraries. Mobilities through the prism of immobility: Paradox and reality, 38 (1-2), </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.21859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04365104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed-status informal couples in a cascading crisis. Immobilisation, mobilisation, and normalisation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration Studies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/migration/mnad011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ‘inconfinables’ or the creation of ‘superfluous lives’ in times of crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odasso Laura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fornalé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (6), </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33182/ml.v19i6.2225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03851745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Vie privée et familiale » en temps de pandémie. Continuités et ruptures d’une politique discriminatoire : le cas de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Fogel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 38 (1-2), pp.115-137. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.20140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03768815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Les migrations familiales au crible de l’État</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fillod-Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Interdisciplinaire d'Etudes Juridiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 86 (1), pp.91-108. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/riej.086.0091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signifier sa pratique du droit des étrangers : éthos professionnel et clivages parmi les intermédiaires du droit au recours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit &amp; société : théorie et sciences sociales du droit. [Carnet hypotheses.org]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1 (107), pp.83-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ordinaire de la migration de mariage Érosion de la citoyenneté et accession sélective à la nation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métropolitiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit des migrations et ses intermédiaires : usages sociopolitiques du droit et production des politiques migratoires. Présentation du dossier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Miaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romane Sabrié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit &amp; société : théorie et sciences sociales du droit. [Carnet hypotheses.org]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Le droit de la migration et ses intermédiaires, 107, pp.7-15. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/drs1.107.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negotiating Legitimacy: Binational Couples in the face of Immigration Bureaucracy in Belgium and Italy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 63 (1), pp.1-30. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18357/anthropologica6312021273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why do we have to circumcise our son?’ Meanings behind male circumcision in the life stories of mixed couples with a Muslim partner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Cerchiaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (7), pp.1826-1844</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des choix intimes dérangeants. Narratives privées et discours publics sur l’immigration et l’islam dans l’Italie contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rives Méditerranéennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 60, pp.39-59. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rives.7313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Family Rights-Claiming as Act of Citizenship: An Intersectional Perspective on the Performance of Intimate Citizenship Identities: Global Studies in Culture and Power</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identities. Global studies in culture and power</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des récits entre droit au séjour et droit à l’incohérence : l’accompagnement juridique dans les associations de défense des droits des étrangers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, N°18 (1), pp.67-78. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/corp1.018.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Penser les relations familiales à l’aune du tournant affectif et intime dans l’Italie contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrica Asquer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rives Méditerranéennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, La construction d’une culture de l’intimité familiale. Le cas de l’Italie contemporaine (XXe - XXIe siècle), 60, pp.5-20. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rives.7258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les implications du dispositif d’immigration : pratiques de définitions et de redéfinitions publiques et privées des intimités binationales en France et en Belgique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfances, Familles, Générations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02516128v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des &amp;quot;mariages noirs&amp;quot; : les violences conjugales et le contrôle de la migration familiale en Belgique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches familiales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Famille et protection - Les femmes et les violences conjugales, 16, pp.87-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le visage assombri de la gestion de l’immigration à l’italienne: émotions et racialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tumultes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Quo vadis Italia?, 2 (53), pp.157-173. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tumu.053.0157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le genre de l’engagement pour la défense du droit à la vie familiale en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sextant, ULB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Striges en tous genres, 35 (1), pp.71-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier l’État au prisme du genre : réflexions éthiques et méthodologiques transatlantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Calandrón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Maskens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sextant, ULB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Striges en tous genres, 35 (1), pp.37-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une absence genrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 144, pp.155-172. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remmm.12030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671511v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentations des unions binationales et mixtes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'Etudes Romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, dossier : Ecrire et dire les migrations. Représentations de l'espace et de l'altérité, 36, pp.241-265</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Views of Europe: National Civil Society Organisations for Binational Family Rights on the Road to Brussels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Contemporary European Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (2), pp.138 - 153. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.30950/jcer.v14i2.873⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intermarriage, Mixedness and Social Change. Binational and Cross-cultural Families : A Joint Process of Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Weiterbildung </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Section: Grundfragen und Trends | International, 2 (41), pp.28-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’action des groupes militants en faveur des couples binationaux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches familiales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, dossier spécial: Mixités conjugales et familiales, 14, pp.119-133. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rf.014.0119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le droit en contexte de migration. Le droit de vivre en famille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Mascia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue nouvelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Papiers pour tous ou tous sans papiers !, 1, pp.36-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Migration, amour et État</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Institut de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (85)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01875692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contrôle du mariage binational en Belgique : les règles du jeu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Mascia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Institut de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 85 (1-4), pp.41-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01631197v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Institut de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Dossier spécial: Migration, amour et État : un ménage à trois ?, 85 (1-4), pp.11-22 / 193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01631206v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Becoming women: awareness of migration and double loyalty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Gigliotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Zeitschrift für Qualitative Forschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Socialization, family, and gender in the context of migration, 15 (1-2), pp.131-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Binational Lovers under Suspicion in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Salcedo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chemins de la mixité conjugale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 25 (147-148), pp.11-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01429384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture. « Battegay Alain, Derycke Marc, Roux Jacques, Têtu Delage Marie-Thérèse, Citoyennetés profanes en Europe, Paris : Le Manuscrit, 2012, 472 p. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.239-243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture. Trevisan Semi, Emanuela et Sekkat Hatimi Hanane, Mémoire et représentations des juifs au Maroc : les voisins absents de Meknès, Paris : Éd. Publisud, 2011, 315 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01686937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le coppie bi-nazionali: norme europee e esperienze nazionali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Panzeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianluigi Moscato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Antonio Domínguez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologia di comunità</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01686933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension du &amp;quot;dossier : Migrations racismes résistances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.195-197</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book reviews: Orelus Pierre W. (2011). Courageous Voices of Immigrants and Transnationals of Color. Counter Narratives against Discrimination in Schools and Beyond. Peter Lang New York.162 pp.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordic Journal of Migration Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.269-270. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/v10202-011-0048-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01686941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixité coniugale e trasmissione. Quale futuro per la lingua araba?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et sociétés plurilingues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32, pp.44-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01686926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sample, distance and analytical choices.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rundbrief Deutsche Gesellschaft für Soziologie. Sektion Biographie Forschung. </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Rundbrief 57 / Dezember 2009, 57, pp.34-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du matériel et du symbolique dans les représentations des intimités mixtes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Altérités et résistance à l’épreuve du genre en Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02512710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une sociologie sonore électroacoustique ? L'expérience de « Résidus d'histoires »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maestri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'informatique musicale JIM19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behind male Circumcision: Medicalization, Gender and ethnicity in the Life Stories of Mixed Couples with an Arab-Muslim Partner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Cerchiaro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIX International Sociological Association world congress of sociology « Power, Violence and Justice: Reflections, Responses and Responsibilities »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Racines et routes. Représentations et narration d’enfants des couples mixtes en France et Italie (1990-2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mariages mixtes dans les sociétés européennes, XVIIIe-XXIe siècles Pour une histoire sociale de la mixité matrimoniale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Rome, Ecole Française de Rome, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Binational Couples Experiences of Bureaucratic Procedures: Legal Consciousness and Participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mo(u)vement, CASCA/IUAES Conférence, RM-MRB 10, The bureaucratic routes to migration: migrants' lived experience of paperwork, clerks and other immigration intermediaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Ottawa, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RÉSIDUS D'HISTOIRES : AUTOETHNOGRAPHIE D'UN PROJET SOCIO-SONORE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maestri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche-Création et méthodologies didactiques dans les arts et la technologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01731238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dépendance et suspicion : du contrôle des unions binationales aux violences conjugales. Une approche pragmatique des effets des politiques migratoires familiales belges (et françaises)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps, genre et vulnérabilité. Les femmes et les violences conjugales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définition des ayants droit. Associations, avocats et magistrats vis-à-vis du séjour et de la protection en contexte migratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e congrès de l'Association Française de Sociologie, « Sociologie des pouvoirs, pouvoirs de la sociologie »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizations for Bi-national Family Rights on the Road to Brussels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Civil Society beyond Brussels, Access Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Amsterdam, Pays-Bas</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When also EU citizens become “Other”. Contradictions, Actions and Resistances in Migration Policies : the Tricky Role of Civil Society</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference The Problematisation of Family Migration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Binational Families and their Children. Old Social Texture and New Challenges of Europeanization from Below</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th ESA Conference, Differences Inequalities and Sociological Imagination, Research Streaming 3 Europeanization from Below ?, Session : Mixed and Mobile Families in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moroccan-European Couples. Life Histories, Stigma and Shifting Legal Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium : Migration to Morocco and the UK : Past, Present and Future - Between Policy and the Everyday,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Rabat, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mots, expressions et regards entre migrants d’hier et d’aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Mémoire de l’immigration et identité italienne à l’heure de l’immigration, Centre interlangues, Textes, Images et Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-Border Marriages : a Border-Network Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Mascia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2th IMISCOE Conference, Rights Democracy and Migration conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Geneva, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stigmatization and Legal Constraints in Arab-European Couples’ Intimacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Sociological Association (ESA), Conference : Contested Migration Regimes : European Perspectives and Beyond, Midterm, Research Network 35 : Sociology of Migration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Francfort, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intermarriages in Belgium, France and Italy: Challenges of Bottom-up Actions at the International</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Families beyond Borders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Sofia, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Border-network & Migration of Contact. Intermarriages in Belgium, France and Italy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New research challenges on intermarriage and mixedness in Europe and beyond</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IntimitéS en migration. Une approche par les rapports à soi, aux autres et aux choses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audran Aulanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Duclos-Valois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Latouche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SociologieS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Dossiers, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13svd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05049378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intimité, au coeur des migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Chossière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glenda Santana de Andrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Facto - Institut Convergences Migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 37, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04512753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affinités électives. Familles migrantes et gardiens de la nation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fillod-Chabaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Interdisciplinaire d'Etudes Juridiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 86, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit des migrations et ses intermédiaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Miaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romane Sabrié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit &amp; société : théorie et sciences sociales du droit. [Carnet hypotheses.org]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 107(1), 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction d’une culture de l’intimité familiale. Le cas de l’Italie contemporaine (XXe – XXIe siècle)&amp;quot;, Rives Méditerranéennes 60</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrica Asquer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire et défaire les liens familiaux. Usages et pratiques du droit en contexte migratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fillod-Chabaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Le sens social, 978-2-7535-7936-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Border Lampedusa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Proglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Palgrave MacMillan. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave MacMillan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-3-319-59329-6. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-59330-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01875657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixités conjugales. Discrédits, résistances et créativités dans les familles avec un partenaire arabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01875636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La détermination de l’âge des jeunes migrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Voléry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fanny Jacquelot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La détermination de l’âge des mineurs non accompagnés. Des nouveaux horizons pour une reconstruction des méthodes en France et en droit comparé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruylant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.103-127, 2025, 9782802776017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05119623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La détermination de l’âge des jeunes migrants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Voléry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fanny Jacquelot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La détermination de l’âge des mineurs non accompagnés. Des nouveaux horizons pour une reconstruction des méthodes en France et en droit comparé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Bruylant, pp.103-127, 2025, 9782802776017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterosexual marriage-related regimes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mary Romero. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Handbook on Intersectionality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing Lrtd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.257-273, In press, Research Handbook on Intersectionality</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vie familiale et droit à la mobilité dans et vers l'Union européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Collin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas des migrations dans le monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2022, Atlas des migrations internationales, 9782200632823</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gli ‘inconfinabili’: l’eccezione che conferma la regola?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fornalé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confini, migrazioni e diritti umani</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.239 - 263, 2022, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54103/milanoup.83.90⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03851117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intimacy Brokers. The Fragile Boundaries of Activism for Heterosexual and Same-Sex Binational Couples in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in Anne-Marie d’Aoust (dir.), Transnational Marriage and Partner Migration: Constellations of Security, Citizenship and Rights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rutgers University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.171-188, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des femmes à la rencontre de femmes. L’empathie et ses limites dans la relation d’aide juridique en contexte de regroupement familial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazzocchetti Jacinthe; Briké Xavier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parcours des femmes en exil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Academia-L’Harmattan, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résidus d’histoires. Auto-ethnographie d’une œuvre musicale socio-sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maestri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Giacco Grazia, John Didier, Sabine Chatelain et Frédéric Verry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Définir l’identité de la Recherche Création. États de lieux et au-delà</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EME, pp.263-280, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controversial Approaches to Measuring Mixed Race in Belgium: the (in)visibility of the Mixed Race Population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Aspinall; Zarine Rocha. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Palgrave International Handbook of Mixed Racial and Ethnic Classification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave MacMillan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I figli delle coppie miste in Francia e in Italia . Progetti genitoriali e processi di definizione di sé (1990-2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michaël Gasperoni; Vincent Gourdon; Cyril Grange. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mariages mixtes dans les sociétés contemporaines. Diversité religieuse, différences nationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 335, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.261-278, 2019, 9788833132433</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governare le coppie binazionali in Italia e in Europa attraverso le politiche migratorie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mara Tognetti Bordogna. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I matrimoni misti nel nuovo millennio. Legami familiari tra costruzione sociale e regolamentazione amministrativa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.93-124, 2019, Politiche migratorie, 978-8891779472</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expériences migratoires de familles mixtes : jalons temporels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baby-Collin Virginie, Mazzella Sylvie, Mourlane Stéphane, Regnard Céline, Sintes Pierre (dir). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations internationales et temporalités en Méditerranée. Les migrations à l’épreuve du temps (XIXe-XXIe Siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.211-224, 2017, Atelier méditerranéen, 9782811118143</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01589041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moroccan-European Couples. Life Histories, Stigma and Shifting Legal Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laamiri Mohamed ; Driss Ouaouicha. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration to Morocco and the United Kingdom</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Moroccan British Society Publication ; and Al-Akhawayn University, pp.117-147, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixités conjugales. Introduction générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mixités conjugales. Discrédits, résistances et créativités dans les familles avec un partenaire arabe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, collection "Essais", 978-2-7535-5129-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01412872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moroccan Immigration to Europe : Old Legacies and New Ties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gabriele Proglio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Decolonising the Mediterranean. European Colonial Heritages in North Africa and the Middle East</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambridge Scholar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.73-90, 2016, History, 978-1-4438-0070-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01429383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intermarriages: Love and Law in European Countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">University of Kyoto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 6th Next Generation Global Workshop, Revisiting the Intimate and Public Spheres and the East-West Encounter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyoto University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.431-443, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariage mixte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roland Pfefferkorn; Alain Bihr. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des inégalités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.238-240, 2014, Dictionnaire des inégalités</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">العلاقات الدولية والالفة. كيف يؤثر التاريخ في الزيجات العربية والاوروبية؟، مجموعة مؤلفين، التاريخ الشفوي المجلد الثاني</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oral History. Approaches in the Social and Anthropological Field</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, II, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Center for Research and Policy Studies Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.59-90, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Love Across Borders. Rights and Changes. Intervention dans projet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">On Hospitality. Love across Borders, School for Tourists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do We Need Belonging ? A Plea For Mixity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piemonte e area del Mediterraneo. Una relazione in crescita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] I quaderni di Paralleli Economia - n° 7, Institut Euro-Méditerranéen du Nord-Ouest, Paralleli (Turin, Italie). 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId180"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> LAURA ODASSO </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">maîtresse de conférences</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LU : Jacquelot F. (dir), Rapport «Repenser les modalités de détermination de l’âge du mineur étranger non accompagné. Perspectives empiriques et comparées », IERDJ, 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeunes et Mineurs en Mobilité — Jóvenes y Menores en Movilidad — Young people and Children on the Move</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Situations et champs des possibles des jeunes et mineurs non accompagnés – un éclairage franco-allemand, 9, pp.108-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05119625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Faire intimité » en migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audran Aulanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SociologieS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, IntimitéS en migration. Une approche par les rapports à soi, aux autres et aux choses, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13svk⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05048961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre à réussir les formalités d’immigration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de la recherche sur l'éducation et les savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 24, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1540h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05364949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intimacy as a competency: information-seeking practices in (marriage) migration online support groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Families, Relationships and Societies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (2), pp.304-320. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1332/20467435Y2024D000000021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04725039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Legal-administrative intermediation in the migration field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Bonizzoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etnografia e ricerca qualitativa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2 (2), pp.195-212. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3240/114399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04725038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intimigr’ : Dire et exposer l’intimité en migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audran Aulanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dadour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Duclos-Valois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Fogel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Latouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Facto - Institut Convergences Migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Intimité, au cœur des migrations, 37, pp.42-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Année du Maghreb au fil de quelques couvertures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Breteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michela De Giacometti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1360u⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05357455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Intimités en tension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Breteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michela De Giacometti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Dossier : Intimités en tension, 29, pp.11-21. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anneemaghreb.11549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04447499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doing Family Online: (In)formal Knowledge Circulation, Information Seeking Practices and Support Communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Geoffrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Family Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 72 (2), pp.389-405. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/fare.12865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust in disaster resilience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fornalé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Armiero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Disaster Prevention and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 32 (2), pp.253-267. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/DPM-04-2022-0082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les frontières de la parentalité. Contrôle migratoire et unité familiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Gourdeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française des affaires sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2, pp.189-208. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfas.232.0189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mettre l’intime en bande dessinée. Un dialogue avec Léna Merhej et Noémie Honein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michela de Giacometti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Dossier : Intimités en tension, 29, pp.137-162. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anneemaghreb.11810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04447481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Private and family life&amp;quot; in times of pandemic. Continuities and ruptures of a discriminatory policy: The French case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Fogel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, COVID-19, migrations and itineraries. Mobilities through the prism of immobility: Paradox and reality, 38 (1-2), </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.21859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04365104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed-status informal couples in a cascading crisis. Immobilisation, mobilisation, and normalisation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration Studies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/migration/mnad011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ‘inconfinables’ or the creation of ‘superfluous lives’ in times of crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odasso Laura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fornalé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (6), </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33182/ml.v19i6.2225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03851745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Vie privée et familiale » en temps de pandémie. Continuités et ruptures d’une politique discriminatoire : le cas de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Fogel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 38 (1-2), pp.115-137. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.20140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03768815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Les migrations familiales au crible de l’État</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fillod-Chabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Interdisciplinaire d'Etudes Juridiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 86 (1), pp.91-108. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/riej.086.0091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signifier sa pratique du droit des étrangers : éthos professionnel et clivages parmi les intermédiaires du droit au recours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit &amp; société : théorie et sciences sociales du droit. [Carnet hypotheses.org]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1 (107), pp.83-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ordinaire de la migration de mariage Érosion de la citoyenneté et accession sélective à la nation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métropolitiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit des migrations et ses intermédiaires : usages sociopolitiques du droit et production des politiques migratoires. Présentation du dossier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Miaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romane Sabrié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit &amp; société : théorie et sciences sociales du droit. [Carnet hypotheses.org]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Le droit de la migration et ses intermédiaires, 107, pp.7-15. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/drs1.107.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negotiating Legitimacy: Binational Couples in the face of Immigration Bureaucracy in Belgium and Italy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 63 (1), pp.1-30. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18357/anthropologica6312021273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why do we have to circumcise our son?’ Meanings behind male circumcision in the life stories of mixed couples with a Muslim partner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Cerchiaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (7), pp.1826-1844</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des choix intimes dérangeants. Narratives privées et discours publics sur l’immigration et l’islam dans l’Italie contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rives Méditerranéennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 60, pp.39-59. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rives.7313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Family Rights-Claiming as Act of Citizenship: An Intersectional Perspective on the Performance of Intimate Citizenship Identities: Global Studies in Culture and Power</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identities. Global studies in culture and power</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des récits entre droit au séjour et droit à l’incohérence : l’accompagnement juridique dans les associations de défense des droits des étrangers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, N°18 (1), pp.67-78. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/corp1.018.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Penser les relations familiales à l’aune du tournant affectif et intime dans l’Italie contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrica Asquer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rives Méditerranéennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, La construction d’une culture de l’intimité familiale. Le cas de l’Italie contemporaine (XXe - XXIe siècle), 60, pp.5-20. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rives.7258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les implications du dispositif d’immigration : pratiques de définitions et de redéfinitions publiques et privées des intimités binationales en France et en Belgique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfances, Familles, Générations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02516128v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des &amp;quot;mariages noirs&amp;quot; : les violences conjugales et le contrôle de la migration familiale en Belgique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches familiales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Famille et protection - Les femmes et les violences conjugales, 16, pp.87-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le visage assombri de la gestion de l’immigration à l’italienne: émotions et racialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tumultes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Quo vadis Italia?, 2 (53), pp.157-173. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tumu.053.0157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier l’État au prisme du genre : réflexions éthiques et méthodologiques transatlantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Calandrón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Maskens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sextant, ULB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Striges en tous genres, 35 (1), pp.37-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le genre de l’engagement pour la défense du droit à la vie familiale en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sextant, ULB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Striges en tous genres, 35 (1), pp.71-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une absence genrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 144, pp.155-172. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remmm.12030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671511v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentations des unions binationales et mixtes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'Etudes Romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, dossier : Ecrire et dire les migrations. Représentations de l'espace et de l'altérité, 36, pp.241-265</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Views of Europe: National Civil Society Organisations for Binational Family Rights on the Road to Brussels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Contemporary European Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (2), pp.138 - 153. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.30950/jcer.v14i2.873⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intermarriage, Mixedness and Social Change. Binational and Cross-cultural Families : A Joint Process of Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Weiterbildung </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Section: Grundfragen und Trends | International, 2 (41), pp.28-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’action des groupes militants en faveur des couples binationaux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches familiales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, dossier spécial: Mixités conjugales et familiales, 14, pp.119-133. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rf.014.0119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le droit en contexte de migration. Le droit de vivre en famille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Mascia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue nouvelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Papiers pour tous ou tous sans papiers !, 1, pp.36-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Migration, amour et État</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Institut de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (85)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01875692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contrôle du mariage binational en Belgique : les règles du jeu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Mascia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Institut de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 85 (1-4), pp.41-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01631197v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Institut de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Dossier spécial: Migration, amour et État : un ménage à trois ?, 85 (1-4), pp.11-22 / 193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01631206v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Becoming women: awareness of migration and double loyalty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Gigliotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Zeitschrift für Qualitative Forschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Socialization, family, and gender in the context of migration, 15 (1-2), pp.131-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Binational Lovers under Suspicion in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Salcedo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chemins de la mixité conjugale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 25 (147-148), pp.11-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01429384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture. « Battegay Alain, Derycke Marc, Roux Jacques, Têtu Delage Marie-Thérèse, Citoyennetés profanes en Europe, Paris : Le Manuscrit, 2012, 472 p. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.239-243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de lecture. Trevisan Semi, Emanuela et Sekkat Hatimi Hanane, Mémoire et représentations des juifs au Maroc : les voisins absents de Meknès, Paris : Éd. Publisud, 2011, 315 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01686937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le coppie bi-nazionali: norme europee e esperienze nazionali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Panzeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianluigi Moscato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Antonio Domínguez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologia di comunità</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01686933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension du &amp;quot;dossier : Migrations racismes résistances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.195-197</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book reviews: Orelus Pierre W. (2011). Courageous Voices of Immigrants and Transnationals of Color. Counter Narratives against Discrimination in Schools and Beyond. Peter Lang New York.162 pp.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordic Journal of Migration Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.269-270. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/v10202-011-0048-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01686941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixité coniugale e trasmissione. Quale futuro per la lingua araba?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et sociétés plurilingues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32, pp.44-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01686926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sample, distance and analytical choices.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rundbrief Deutsche Gesellschaft für Soziologie. Sektion Biographie Forschung. </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Rundbrief 57 / Dezember 2009, 57, pp.34-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une sociologie sonore électroacoustique ? L'expérience de « Résidus d'histoires »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maestri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'informatique musicale JIM19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du matériel et du symbolique dans les représentations des intimités mixtes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Altérités et résistance à l’épreuve du genre en Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02512710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behind male Circumcision: Medicalization, Gender and ethnicity in the Life Stories of Mixed Couples with an Arab-Muslim Partner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Cerchiaro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIX International Sociological Association world congress of sociology « Power, Violence and Justice: Reflections, Responses and Responsibilities »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Racines et routes. Représentations et narration d’enfants des couples mixtes en France et Italie (1990-2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mariages mixtes dans les sociétés européennes, XVIIIe-XXIe siècles Pour une histoire sociale de la mixité matrimoniale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Rome, Ecole Française de Rome, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Binational Couples Experiences of Bureaucratic Procedures: Legal Consciousness and Participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mo(u)vement, CASCA/IUAES Conférence, RM-MRB 10, The bureaucratic routes to migration: migrants' lived experience of paperwork, clerks and other immigration intermediaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Ottawa, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dépendance et suspicion : du contrôle des unions binationales aux violences conjugales. Une approche pragmatique des effets des politiques migratoires familiales belges (et françaises)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps, genre et vulnérabilité. Les femmes et les violences conjugales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RÉSIDUS D'HISTOIRES : AUTOETHNOGRAPHIE D'UN PROJET SOCIO-SONORE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maestri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche-Création et méthodologies didactiques dans les arts et la technologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01731238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définition des ayants droit. Associations, avocats et magistrats vis-à-vis du séjour et de la protection en contexte migratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e congrès de l'Association Française de Sociologie, « Sociologie des pouvoirs, pouvoirs de la sociologie »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizations for Bi-national Family Rights on the Road to Brussels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Civil Society beyond Brussels, Access Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Amsterdam, Pays-Bas</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When also EU citizens become “Other”. Contradictions, Actions and Resistances in Migration Policies : the Tricky Role of Civil Society</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference The Problematisation of Family Migration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Binational Families and their Children. Old Social Texture and New Challenges of Europeanization from Below</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th ESA Conference, Differences Inequalities and Sociological Imagination, Research Streaming 3 Europeanization from Below ?, Session : Mixed and Mobile Families in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mots, expressions et regards entre migrants d’hier et d’aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Mémoire de l’immigration et identité italienne à l’heure de l’immigration, Centre interlangues, Textes, Images et Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moroccan-European Couples. Life Histories, Stigma and Shifting Legal Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium : Migration to Morocco and the UK : Past, Present and Future - Between Policy and the Everyday,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Rabat, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-Border Marriages : a Border-Network Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Mascia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2th IMISCOE Conference, Rights Democracy and Migration conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Geneva, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stigmatization and Legal Constraints in Arab-European Couples’ Intimacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Sociological Association (ESA), Conference : Contested Migration Regimes : European Perspectives and Beyond, Midterm, Research Network 35 : Sociology of Migration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Francfort, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intermarriages in Belgium, France and Italy: Challenges of Bottom-up Actions at the International</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Families beyond Borders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Sofia, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Border-network & Migration of Contact. Intermarriages in Belgium, France and Italy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New research challenges on intermarriage and mixedness in Europe and beyond</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IntimitéS en migration. Une approche par les rapports à soi, aux autres et aux choses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audran Aulanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Duclos-Valois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Latouche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SociologieS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Dossiers, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13svd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05049378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intimité, au coeur des migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Chossière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glenda Santana de Andrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Facto - Institut Convergences Migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 37, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04512753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affinités électives. Familles migrantes et gardiens de la nation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fillod-Chabaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Interdisciplinaire d'Etudes Juridiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 86, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit des migrations et ses intermédiaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Miaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romane Sabrié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit &amp; société : théorie et sciences sociales du droit. [Carnet hypotheses.org]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 107(1), 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction d’une culture de l’intimité familiale. Le cas de l’Italie contemporaine (XXe – XXIe siècle)&amp;quot;, Rives Méditerranéennes 60</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrica Asquer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire et défaire les liens familiaux. Usages et pratiques du droit en contexte migratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fillod-Chabaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Le sens social, 978-2-7535-7936-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Border Lampedusa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Proglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Palgrave MacMillan. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave MacMillan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-3-319-59329-6. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-59330-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01875657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixités conjugales. Discrédits, résistances et créativités dans les familles avec un partenaire arabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01875636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La détermination de l’âge des jeunes migrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Voléry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fanny Jacquelot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La détermination de l’âge des mineurs non accompagnés. Des nouveaux horizons pour une reconstruction des méthodes en France et en droit comparé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruylant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.103-127, 2025, 9782802776017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05119623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La détermination de l’âge des jeunes migrants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Voléry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fanny Jacquelot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La détermination de l’âge des mineurs non accompagnés. Des nouveaux horizons pour une reconstruction des méthodes en France et en droit comparé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Bruylant, pp.103-127, 2025, 9782802776017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterosexual marriage-related regimes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mary Romero. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Handbook on Intersectionality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing Lrtd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.257-273, In press, Research Handbook on Intersectionality</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vie familiale et droit à la mobilité dans et vers l'Union européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Collin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas des migrations dans le monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2022, Atlas des migrations internationales, 9782200632823</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gli ‘inconfinabili’: l’eccezione che conferma la regola?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Fornalé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confini, migrazioni e diritti umani</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.239 - 263, 2022, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54103/milanoup.83.90⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03851117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intimacy Brokers. The Fragile Boundaries of Activism for Heterosexual and Same-Sex Binational Couples in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in Anne-Marie d’Aoust (dir.), Transnational Marriage and Partner Migration: Constellations of Security, Citizenship and Rights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rutgers University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.171-188, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des femmes à la rencontre de femmes. L’empathie et ses limites dans la relation d’aide juridique en contexte de regroupement familial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazzocchetti Jacinthe; Briké Xavier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parcours des femmes en exil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Academia-L’Harmattan, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résidus d’histoires. Auto-ethnographie d’une œuvre musicale socio-sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maestri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Giacco Grazia, John Didier, Sabine Chatelain et Frédéric Verry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Définir l’identité de la Recherche Création. États de lieux et au-delà</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EME, pp.263-280, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controversial Approaches to Measuring Mixed Race in Belgium: the (in)visibility of the Mixed Race Population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Aspinall; Zarine Rocha. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Palgrave International Handbook of Mixed Racial and Ethnic Classification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave MacMillan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I figli delle coppie miste in Francia e in Italia . Progetti genitoriali e processi di definizione di sé (1990-2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michaël Gasperoni; Vincent Gourdon; Cyril Grange. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mariages mixtes dans les sociétés contemporaines. Diversité religieuse, différences nationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 335, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.261-278, 2019, 9788833132433</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governare le coppie binazionali in Italia e in Europa attraverso le politiche migratorie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mara Tognetti Bordogna. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I matrimoni misti nel nuovo millennio. Legami familiari tra costruzione sociale e regolamentazione amministrativa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.93-124, 2019, Politiche migratorie, 978-8891779472</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expériences migratoires de familles mixtes : jalons temporels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baby-Collin Virginie, Mazzella Sylvie, Mourlane Stéphane, Regnard Céline, Sintes Pierre (dir). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations internationales et temporalités en Méditerranée. Les migrations à l’épreuve du temps (XIXe-XXIe Siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karthala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.211-224, 2017, Atelier méditerranéen, 9782811118143</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01589041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moroccan-European Couples. Life Histories, Stigma and Shifting Legal Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laamiri Mohamed ; Driss Ouaouicha. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration to Morocco and the United Kingdom</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Moroccan British Society Publication ; and Al-Akhawayn University, pp.117-147, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixités conjugales. Introduction générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mixités conjugales. Discrédits, résistances et créativités dans les familles avec un partenaire arabe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, collection "Essais", 978-2-7535-5129-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01412872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moroccan Immigration to Europe : Old Legacies and New Ties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gabriele Proglio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Decolonising the Mediterranean. European Colonial Heritages in North Africa and the Middle East</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambridge Scholar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.73-90, 2016, History, 978-1-4438-0070-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01429383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intermarriages: Love and Law in European Countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">University of Kyoto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 6th Next Generation Global Workshop, Revisiting the Intimate and Public Spheres and the East-West Encounter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyoto University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.431-443, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariage mixte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roland Pfefferkorn; Alain Bihr. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des inégalités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.238-240, 2014, Dictionnaire des inégalités</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">العلاقات الدولية والالفة. كيف يؤثر التاريخ في الزيجات العربية والاوروبية؟، مجموعة مؤلفين، التاريخ الشفوي المجلد الثاني</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oral History. Approaches in the Social and Anthropological Field</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, II, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Center for Research and Policy Studies Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.59-90, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Love Across Borders. Rights and Changes. Intervention dans projet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">On Hospitality. Love across Borders, School for Tourists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do We Need Belonging ? A Plea For Mixity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piemonte e area del Mediterraneo. Una relazione in crescita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Odasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] I quaderni di Paralleli Economia - n° 7, Institut Euro-Méditerranéen du Nord-Ouest, Paralleli (Turin, Italie). 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId180"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119625v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Odasso" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048961v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audran Aulanier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13svk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364949v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1540h" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725039v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1332/20467435Y2024D000000021" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725038v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bonizzoni" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3240/114399" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944002v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dadour" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Duclos-Valois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Fogel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Latouche" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357455v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Breteau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela De Giacometti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1360u" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447499v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.11549" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235191v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Fornal&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Armiero" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/DPM-04-2022-0082" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906326v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Geoffrion" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fare.12865" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906362v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gourdeau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.232.0189" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447481v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela de Giacometti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.11810" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365104v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Fogel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.21859" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108841v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/migration/mnad011" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851745v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odasso Laura" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33182/ml.v19i6.2225" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768815v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.20140" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906386v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fillod-Chabaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/riej.086.0091" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231080v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231242v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231066v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Miaz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Sabri&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drs1.107.0007" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231075v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18357/anthropologica6312021273" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231087v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cerchiaro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469977v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.7313" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455234v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119269v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.018.0067" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469980v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica Asquer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.7258" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516128v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875742v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308895v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tumu.053.0157" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671505v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671510v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Calandr&#243;n" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Maskens" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671511v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.12030" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671504v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710867v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30950/jcer.v14i2.873" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513337v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513334v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rf.014.0119" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513338v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Mascia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875692v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631197v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631206v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513342v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Gigliotti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687841v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Salcedo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429384v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694397v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686937v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686933v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Panzeri" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluigi Moscato" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694399v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686941v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/v10202-011-0048-3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686926v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694388v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512710v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129253v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maestri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878336v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878341v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878340v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731238v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878337v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878339v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878342v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890565v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878343v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890583v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890570v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890558v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890591v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687835v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671521v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049378v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13svd" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512753v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chossi&#232;re" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenda Santana de Andrade" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906329v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906334v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906338v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455250v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=5059" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875657v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Proglio" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.palgrave.com/us/book/9783319593296" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-59330-2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875636v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4233" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119623v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Julien" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Vol&#233;ry" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier-intersentia.com/fr/determination-l-age-mineurs-non-accompagnes-9782802776017.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531423v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906343v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-elgar.com/shop/gbp/research-handbook-on-intersectionality-9781800378049.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811299v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851117v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54103/milanoup.83.90" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906349v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rutgersuniversitypress.org/transnational-marriage-and-partner-migration/9781978816701" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394128v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394118v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877059v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.palgrave.com/gp/book/9783030228736" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875752v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.viella.it/libro/9788833132433" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910633v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francoangeli.it/Ricerca/Scheda_libro.aspx?codicelibro=1144.46" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589041v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.karthala.com/atelier-mediterraneen/3168-migrations-et-temporalites-en-mediterranee-9782811118143.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513339v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412872v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429383v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridgescholars.com/decolonising-the-mediterranean" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694406v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kuasu.cpier.kyoto-u.ac.jp/english/education/workshop/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513341v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694408v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dohainstitute.org/en/Pages/index.aspx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878335v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694402v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875755v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119625v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Odasso" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048961v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audran Aulanier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13svk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364949v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1540h" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725039v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1332/20467435Y2024D000000021" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725038v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bonizzoni" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3240/114399" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944002v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dadour" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Duclos-Valois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Fogel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Latouche" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357455v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Breteau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela De Giacometti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1360u" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447499v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.11549" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906326v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Geoffrion" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fare.12865" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235191v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Fornal&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Armiero" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/DPM-04-2022-0082" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906362v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gourdeau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.232.0189" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447481v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela de Giacometti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.11810" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365104v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Fogel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.21859" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108841v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/migration/mnad011" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851745v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odasso Laura" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33182/ml.v19i6.2225" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768815v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.20140" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906386v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fillod-Chabaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/riej.086.0091" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231080v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231242v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231066v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Miaz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Sabri&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drs1.107.0007" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231075v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18357/anthropologica6312021273" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231087v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cerchiaro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469977v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.7313" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455234v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119269v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.018.0067" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469980v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica Asquer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.7258" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516128v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875742v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308895v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tumu.053.0157" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671510v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Calandr&#243;n" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Maskens" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671505v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671511v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.12030" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671504v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710867v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30950/jcer.v14i2.873" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513337v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513334v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rf.014.0119" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513338v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Mascia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875692v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631197v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631206v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513342v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Gigliotti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687841v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Salcedo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429384v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694397v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686937v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686933v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Panzeri" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluigi Moscato" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694399v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686941v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/v10202-011-0048-3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686926v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694388v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129253v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maestri" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512710v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878336v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878341v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878340v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878337v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731238v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878339v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878342v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890565v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878343v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890570v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890583v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890558v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890591v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687835v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671521v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049378v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13svd" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512753v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chossi&#232;re" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenda Santana de Andrade" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906329v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906334v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906338v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455250v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=5059" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875657v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Proglio" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.palgrave.com/us/book/9783319593296" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-59330-2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875636v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4233" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119623v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Julien" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Vol&#233;ry" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier-intersentia.com/fr/determination-l-age-mineurs-non-accompagnes-9782802776017.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531423v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906343v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-elgar.com/shop/gbp/research-handbook-on-intersectionality-9781800378049.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811299v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851117v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54103/milanoup.83.90" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906349v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rutgersuniversitypress.org/transnational-marriage-and-partner-migration/9781978816701" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394128v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394118v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877059v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.palgrave.com/gp/book/9783030228736" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875752v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.viella.it/libro/9788833132433" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910633v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francoangeli.it/Ricerca/Scheda_libro.aspx?codicelibro=1144.46" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589041v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.karthala.com/atelier-mediterraneen/3168-migrations-et-temporalites-en-mediterranee-9782811118143.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513339v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412872v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429383v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridgescholars.com/decolonising-the-mediterranean" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694406v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kuasu.cpier.kyoto-u.ac.jp/english/education/workshop/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513341v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694408v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dohainstitute.org/en/Pages/index.aspx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878335v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694402v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875755v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>