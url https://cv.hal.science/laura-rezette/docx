--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -100,433 +100,433 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of wheat flour composition on dough properties: Focus on the minor components</w:t>
+                <w:t xml:space="preserve">How natural variability of gluten and arabinoxylans drives wheat dough extensional properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Rezette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Saulnier</w:t>
+                <w:t xml:space="preserve">Guy Della Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+                <w:t xml:space="preserve">Kamal Kansou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Méléard</w:t>
+                <w:t xml:space="preserve">Laurent Chaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cereal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 124, </w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 162, pp.111022. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcs.2025.104233⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2024.111022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05494780v1</w:t>
+                <w:t xml:space="preserve">hal-05078696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dataset for common wheat (Triticum aestivum L.) grain and flour characterization using classical and advanced analyses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of wheat flour composition on dough properties: Focus on the minor components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Rezette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Munch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laura Rezette</w:t>
+                <w:t xml:space="preserve">Luc Saulnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Buche</w:t>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Chambrey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Deborde</w:t>
+                <w:t xml:space="preserve">Benoît Méléard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2025.111375⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cereal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 124, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcs.2025.104233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04937377v2</w:t>
+                <w:t xml:space="preserve">hal-05494780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How natural variability of gluten and arabinoxylans drives wheat dough extensional properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dataset for common wheat (Triticum aestivum L.) grain and flour characterization using classical and advanced analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Munch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Rezette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Della Valle</w:t>
+                <w:t xml:space="preserve">Patrice Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamal Kansou</w:t>
+                <w:t xml:space="preserve">Baptiste Chambrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Chaunier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Le Gall</w:t>
+                <w:t xml:space="preserve">Catherine Deborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 162, pp.111022. </w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 59, pp.111375. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2024.111022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2025.111375⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05078696v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04937377v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -673,77 +673,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Rezette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Della Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Lourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Kansou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Bread and Cereals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Nantes, France</w:t>
@@ -798,77 +798,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Rezette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Della Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Lourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Kansou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th ICC International Cereal and Bread Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Nantes, France</w:t>
@@ -910,51 +910,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating the variability of wheat minor components to model farinograph absorption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Rezette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Kansou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1067,51 +1067,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of wheat flour minor components in water absorption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Rezette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Kansou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Della Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1348,51 +1348,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494780v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rezette" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Saulnier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t M&#233;l&#233;ard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gall" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2025.104233" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04937377v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Munch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Buche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chambrey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111375" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05078696v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Kansou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2024.111022" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-05398863v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024ONIR205F" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848680v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Della Valle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04826651v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04826261v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marion" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04826735v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Marais" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05078696v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rezette" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Kansou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gall" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2024.111022" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494780v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Saulnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t M&#233;l&#233;ard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2025.104233" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04937377v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Munch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Buche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chambrey" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111375" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-05398863v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024ONIR205F" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848680v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Della Valle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04826651v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04826261v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marion" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04826735v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Marais" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>