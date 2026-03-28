--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -696,291 +696,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04202803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of ochratoxin A, aflatoxin B1 and its biosynthetic precursors in cheese – Method development and market sample screening</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intestinal toxicity of the new type A trichothecenes, NX and 3ANX</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim Lara Gützkow</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carine Al Ayoubi</w:t>
+                <w:t xml:space="preserve">Manon Neves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Puel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Lippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2022.109241⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 288 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2021.132415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03751996v1</w:t>
+                <w:t xml:space="preserve">hal-03367020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intestinal toxicity of the new type A trichothecenes, NX and 3ANX</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alix Pierron</w:t>
+                <w:t xml:space="preserve">Analysis of ochratoxin A, aflatoxin B1 and its biosynthetic precursors in cheese – Method development and market sample screening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Lara Gützkow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Al Ayoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Rohn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Neves</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ronald Maul</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 288 (1), </w:t>
+              <w:t xml:space="preserve">Food Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 143, pp.109241. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2021.132415⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2022.109241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367020v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03751996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposure of intestinal explants to NX, but not to DON, enriches the secretome in mitochondrial proteins</w:t>
               </w:r>
@@ -1496,865 +1496,865 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03367022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mycotoxines en alimentation humaine : un défi pour la recherche</w:t>
+                <w:t xml:space="preserve">Proteomic Changes Associated With Sperm Fertilizing Ability in Meat-Type Roosters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Payros</w:t>
+                <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Garofalo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alix Pierron</w:t>
+                <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Soler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carine Al-Ayoubi</w:t>
+                <w:t xml:space="preserve">Aurore Thélie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Grasseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cnd.2021.02.001⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, 15 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcell.2021.655866⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03196066v1</w:t>
+                <w:t xml:space="preserve">hal-03213124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic Changes Associated With Sperm Fertilizing Ability in Meat-Type Roosters</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Les mycotoxines en alimentation humaine : un défi pour la recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Payros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Garofalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Luiz Cordeiro</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Al-Ayoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9, 15 p. </w:t>
+              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 56 (3), pp.170-183. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fcell.2021.655866⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cnd.2021.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03213124v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Versicolorin A enhances the genotoxicity of aflatoxin B1 in human liver cells by inducing the transactivation of the Ah-receptor</w:t>
+                <w:t xml:space="preserve">Exposure to Zearalenone Leads to Metabolic Disruption and Changes in Circulating Adipokines Concentrations in Pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Budin</w:t>
+                <w:t xml:space="preserve">Veronika Nagl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hai-Yen Man</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Puel</w:t>
+                <w:t xml:space="preserve">Bertrand Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara M A van Vugt-Lussenburg</w:t>
+                <w:t xml:space="preserve">Ursula Ruczizka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximiliane Dippel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Chemical Toxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fct.2021.112258⟩</w:t>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (11), pp.790. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins13110790⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03312478v1</w:t>
+                <w:t xml:space="preserve">hal-03498217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure to Zearalenone Leads to Metabolic Disruption and Changes in Circulating Adipokines Concentrations in Pigs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Versicolorin A enhances the genotoxicity of aflatoxin B1 in human liver cells by inducing the transactivation of the Ah-receptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Grenier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Pinton</w:t>
+                <w:t xml:space="preserve">Clémence Budin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ursula Ruczizka</w:t>
+                <w:t xml:space="preserve">Hai-Yen Man</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Al-Ayoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximiliane Dippel</w:t>
+                <w:t xml:space="preserve">Barbara M A van Vugt-Lussenburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (11), pp.790. </w:t>
+              <w:t xml:space="preserve">Food and Chemical Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 153, pp.112258. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/toxins13110790⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fct.2021.112258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03498217v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03312478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrinsic alterations in peripheral neutrophils from cystic fibrosis newborn piglets</w:t>
+                <w:t xml:space="preserve">Acute Exposure to Zearalenone Disturbs Intestinal Homeostasis by Modulating the Wnt/β-Catenin Signaling Pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deborah Brea</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laura Soler</w:t>
+                <w:t xml:space="preserve">Tarek Lahjouji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Fleurot</w:t>
+                <w:t xml:space="preserve">Aurora Bertaccini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Neves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Melo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claire Chevaleyre</w:t>
+                <w:t xml:space="preserve">Isabelle P. Oswald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcf.2020.02.016⟩</w:t>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (2), pp.113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins12020113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03012482v1</w:t>
+                <w:t xml:space="preserve">hal-03134461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute Exposure to Zearalenone Disturbs Intestinal Homeostasis by Modulating the Wnt/β-Catenin Signaling Pathway</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intrinsic alterations in peripheral neutrophils from cystic fibrosis newborn piglets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Brea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarek Lahjouji</w:t>
+                <w:t xml:space="preserve">Isabelle Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurora Bertaccini</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Puel</w:t>
+                <w:t xml:space="preserve">Sandrine Melo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle P. Oswald</w:t>
+                <w:t xml:space="preserve">Claire Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (2), pp.113. </w:t>
+              <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (5), pp.830-836. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/toxins12020113⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcf.2020.02.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03134461v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03012482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intact cell MALDI-TOF mass spectrometry, a promising proteomic profiling method in farm animal clinical and reproduction research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Uzbekova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2440,51 +2440,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteome changes induced by a short, non-cytotoxic exposure to the mycoestrogen zearalenone in the pig intestine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stella Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2600,51 +2600,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Gutiérrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Bassols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matilde Piñeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2691,64 +2691,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The importance of accounting for sex in the search of proteomic signatures of mycotoxin exposure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle P. Oswald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 178, pp.114-122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2821,51 +2821,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Thelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Paula Teixeira-Mechin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2916,51 +2916,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data on endogenous chicken sperm peptides and small proteins obtained through Top-Down High Resolution Mass Spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2968,51 +2968,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Thelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Paula Teixeira-Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Data in Brief</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 8, pp.1421-1425. </w:t>
@@ -3550,628 +3550,628 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomics and protein analyses of ovine and caprine body fluids: current studies and future promises</w:t>
+                <w:t xml:space="preserve">Growth promotion in broilers by both oxytetracycline and Macleaya cordata extract is based on their anti-inflammatory properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jani Mavromati</w:t>
+                <w:t xml:space="preserve">Alireza Khadem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phillip Cash</w:t>
+                <w:t xml:space="preserve">Nadia Everaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Restelli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
+                <w:t xml:space="preserve">Theo A. Niewold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Protein and Peptide Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">British Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 112 (07), pp.1110-1118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0007114514001871⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605754v1</w:t>
+                <w:t xml:space="preserve">hal-01605745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embryonic protein undernutrition by albumen removal programs the hepatic amino acid and glucose metabolism during the perinatal period in an avian model</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Proteomics and protein analyses of ovine and caprine body fluids: current studies and future promises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tjing-Tjing Hu</w:t>
+                <w:t xml:space="preserve">Jani Mavromati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phillip Cash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Restelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Current Protein and Peptide Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (1), pp.45-55</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605746v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic approaches to study the pig intestinal system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Embryonic protein undernutrition by albumen removal programs the hepatic amino acid and glucose metabolism during the perinatal period in an avian model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Els Willems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tjing-Tjing Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Jose Garrido</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Johan Buyse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Decuypere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Protein and Peptide Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/1389203715666140221112956⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0094902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01604239v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different stressors elicit different responses in the salivary biomarkers cortisol, haptoglobin, and chromogranin A in pigs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Proteomic approaches to study the pig intestinal system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.P.H. Moons</w:t>
+                <w:t xml:space="preserve">Théo A Niewold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.A. Kashiha</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Juan Jose Garrido</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in Veterinary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rvsc.2014.06.002⟩</w:t>
+              <w:t xml:space="preserve">Current Protein and Peptide Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (2), pp.89-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/1389203715666140221112956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01608066v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth promotion in broilers by both oxytetracycline and Macleaya cordata extract is based on their anti-inflammatory properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Different stressors elicit different responses in the salivary biomarkers cortisol, haptoglobin, and chromogranin A in pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanne Ott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alireza Khadem</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
+                <w:t xml:space="preserve">C.P.H. Moons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Everaert</w:t>
+                <w:t xml:space="preserve">M.A. Kashiha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theo A. Niewold</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Bahr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 112 (07), pp.1110-1118. </w:t>
+              <w:t xml:space="preserve">Research in Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 97 (1), pp.124-128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0007114514001871⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rvsc.2014.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605745v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of potential markers for systemic disease in saliva of pigs by proteomics: a pilot study</w:t>
               </w:r>
@@ -5684,51 +5684,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mycotoxine zéaralénone perturbe l’expression des gènes hépatiques impliqués dans la signalisation immuno-métabolique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Le Moël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Garofalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Corti Isgro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5790,277 +5790,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05116122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LE BUTYRATE REDUIT LA DYSFONCTION DE LA BARRIERE EPITHELIALE INDUITE PAR LA MYCOTOXINE DEOXYNIVALENOL DANS UN MODELE D’ORGANOÏDES D’INTESTIN DE PORCELETS</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eloïse Mussard</w:t>
+                <w:t xml:space="preserve">Assessment of toxicity to food contaminants as mycotoxins in pigs: development and use of ex vivo organ culture models as an alternative to animal experimentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Payros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Garofalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Al-Ayoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Achard</w:t>
+                <w:t xml:space="preserve">Olivia Labat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CECED</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Séminaire du réseau HOLO-AE : Holobionte et animaux d'élevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04827748v1</w:t>
+                <w:t xml:space="preserve">hal-04905008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of toxicity to food contaminants as mycotoxins in pigs: development and use of ex vivo organ culture models as an alternative to animal experimentation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marion Garofalo</w:t>
+                <w:t xml:space="preserve">LE BUTYRATE REDUIT LA DYSFONCTION DE LA BARRIERE EPITHELIALE INDUITE PAR LA MYCOTOXINE DEOXYNIVALENOL DANS UN MODELE D’ORGANOÏDES D’INTESTIN DE PORCELETS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Alberge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Mussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Al-Ayoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Lencina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Labat</w:t>
+                <w:t xml:space="preserve">Caroline Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du réseau HOLO-AE : Holobionte et animaux d'élevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">CECED</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04905008v1</w:t>
+                <w:t xml:space="preserve">hal-04827748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What Aspergillus is Hiding: Toxicity of the AFB1 Precursor Versicolorin A.</w:t>
               </w:r>
@@ -6641,103 +6641,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic changes associated with sperm fertilizing ability in meat type roosters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Thelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SRF Fertility 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, London, United Kingdom</w:t>
@@ -6760,247 +6760,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03163982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zearalenone and pigs : to reprotoxicity and beyond</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
+                <w:t xml:space="preserve">Predicting mycotoxin toxicity using mass-spectrometry profiling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Labas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana-Paula Teixeira-Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Banliat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle P. Oswald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Mycotoxin Forum. Virtual pre-conference on Animal Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Parma, Italy</w:t>
+              <w:t xml:space="preserve">42. Mycotoxin Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03367033v1</w:t>
+                <w:t xml:space="preserve">hal-03354731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting mycotoxin toxicity using mass-spectrometry profiling</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle P. Oswald</w:t>
+                <w:t xml:space="preserve">Zearalenone and pigs : to reprotoxicity and beyond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42. Mycotoxin Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">World Mycotoxin Forum. Virtual pre-conference on Animal Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Parma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03354731v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Versicolorin A and Aflatoxin B1: like father, like son?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Electronic Conference on Toxins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7025,103 +7025,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular phenotyping of intestinal epithelial cells exposed to mycotoxins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Paula Teixeira-Mechin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Banliat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Lahjouji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34. Réunion annuelle du Club d'Etudes des Cellules Epithéliales Digestives (CECED)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Toulouse, France</w:t>
@@ -7163,51 +7163,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A preliminary investigation on the effects of quercetin on aflatoxin B1 (AFB1) toxicity and transport in an in vitro model of functional Caco-2 intestinal cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ghadiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Dellafiora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7314,51 +7314,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Thelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Paula Teixeira-Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7452,51 +7452,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Paula Teixeira-Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CRB-Anim Biennal Seminar 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre de Ressources Biologiques pour la Génomique des Animaux d'Elevages et d'Intérêt Economique. FRA., Feb 2015, Paris, France. 17 diapositives</w:t>
@@ -7519,307 +7519,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avancée dans les technologies de la reproduction aviaire à travers des méthodes peptido-protéomiques/Proteome differences between male and female chicken primordial germ cells (PGCs)</w:t>
+                <w:t xml:space="preserve">ICM-MS phenotyping in applied animal sciences: Two examples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Labas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Thelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Grasseau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valérie Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Paula Teixeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting of CRB-Anim WP 2.2</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre de Ressources Biologiques pour la Génomique des Animaux d'Elevages et d'Intérêt Economique. FRA., Dec 2015, Nouzilly, France. 24 diapositives</w:t>
+              <w:t xml:space="preserve">Bruker Life Sciences User Meeting 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruker. FRA., Dec 2015, Paris, France. 18 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02801921v1</w:t>
+                <w:t xml:space="preserve">hal-02793238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ICM-MS phenotyping in applied animal sciences: Two examples</w:t>
+                <w:t xml:space="preserve">Avancée dans les technologies de la reproduction aviaire à travers des méthodes peptido-protéomiques/Proteome differences between male and female chicken primordial germ cells (PGCs)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Thelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Grasseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Labas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Paula Teixeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bruker Life Sciences User Meeting 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Bruker. FRA., Dec 2015, Paris, France. 18 diapositives</w:t>
+              <w:t xml:space="preserve">Annual Meeting of CRB-Anim WP 2.2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de Ressources Biologiques pour la Génomique des Animaux d'Elevages et d'Intérêt Economique. FRA., Dec 2015, Nouzilly, France. 24 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02793238v1</w:t>
+                <w:t xml:space="preserve">hal-02801921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accurate male fertility phenotyping is possible ! : The sperm intact cell MALDI-TOF MS approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Thelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7827,51 +7827,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Paula Teixeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès français de Spectrométrie de Masse et d'Analyse Protéomique (SMAP 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Spectrométrie de Masse (SFSM). FRA., Sep 2015, Ajaccio, France</w:t>
@@ -7900,51 +7900,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neutrophils in cystic fibrosis. Are they intrinsically defective?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Brea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8019,346 +8019,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02799967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reproductive cells phenotyping in domestic birds through proteomics/Proteomic and epigenetic analysis of chicken primordial germ cells (PGCs)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laura Soler Vasco</w:t>
+                <w:t xml:space="preserve">An integrative study of the early immune response against ETEC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Guerin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marina Govoroun</w:t>
+                <w:t xml:space="preserve">Marcel Hulst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan van Der Meulen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Mazzucchelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mari Smits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CRB ANIM - Réunion du Réseau de Centres de Ressources Biologiques pour les animaux domestiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Rennes, France. 15 diapositives</w:t>
+              <w:t xml:space="preserve">5. Management Committee Meeting and 4. Meeting of Working Groups 1,2 &amp; 3 of COST Action FA 1002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02793999v1</w:t>
+                <w:t xml:space="preserve">hal-01605757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intact Cell MALDI-TOF MS: a male chicken fertility phenotypic tool</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Reproductive cells phenotyping in domestic birds through proteomics/Proteomic and epigenetic analysis of chicken primordial germ cells (PGCs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Thelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Soler Vasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Govoroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Management Committee Meeting and 4. Meeting of Working Groups 1,2 &amp; 3 of COST Action FA 1002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Milan, Italy</w:t>
+              <w:t xml:space="preserve">CRB ANIM - Réunion du Réseau de Centres de Ressources Biologiques pour les animaux domestiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Rennes, France. 15 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605755v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02793999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrative study of the early immune response against ETEC</w:t>
+                <w:t xml:space="preserve">Intact Cell MALDI-TOF MS: a male chicken fertility phenotypic tool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Management Committee Meeting and 4. Meeting of Working Groups 1,2 &amp; 3 of COST Action FA 1002</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605757v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the use of OTC as feed additive in the pig serum proteome</w:t>
               </w:r>
@@ -8521,51 +8521,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Paula Teixeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Final Showcase Meeting of Farm Animal Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Università degli studi di Milano [Milano]. Milan, ITA., Nov 2014, Milan, Italy</w:t>
@@ -8607,51 +8607,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomics and pig intestinal research: love at first sight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Mazzucchelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8823,51 +8823,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Niewold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin de Pauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Mazzucchelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Meeting of Working Groups 1, 2 and 3 of COST Action FA1002</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Kosice, Slovakia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8918,51 +8918,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisca Dilda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Restelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Grilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9136,307 +9136,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production and characterization of a polyclonal antibody against bovine Serum amyloid A</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of a promising pig intestinal health marker as regenerating islet-derived 3-gamma (REG3g)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sara Santogostina</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katharina Nöbauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manfred Gemeiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ebrahim Razzazi-Fazeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Congress of the Italian Association of Veterinary Pathologists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Perugia, Italy</w:t>
+              <w:t xml:space="preserve">1. Symposium of the Belgian Proteomics Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605760v1</w:t>
+                <w:t xml:space="preserve">hal-01605766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a promising pig intestinal health marker as regenerating islet-derived 3-gamma (REG3g)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Production and characterization of a polyclonal antibody against bovine Serum amyloid A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Ceciliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler-Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Ebrahim Razzazi-Fazeli</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Grilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Roccabianca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Santogostina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Symposium of the Belgian Proteomics Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">9. Congress of the Italian Association of Veterinary Pathologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Perugia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605766v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of meat juice samples during two years storage at -20ºC for Hp and CRP measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.M. Gutiérrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9474,51 +9474,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Porcine SAA is not likely an apolipoprotein bound to circulating HDL3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Gutiérrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9707,51 +9707,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recombinant porcine serum amyloid A: an alternative to traditional purification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9815,51 +9815,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Widespread expression of serum amyloid a in porcine tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Cerón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9940,51 +9940,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saliva as a non-invasive sampling methodology to quantify acute phase proteins in pigs in field conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10042,247 +10042,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01606142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Canine CRP measurement in whole-blood and saliva: An alternative to serum quantification</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Use of C-reactive protein and total sialic acid to detect malignancies in canine effusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.D. Parra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Tecles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Papasouliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Trumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. ECVIM-CA Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">ESVCP Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606881v1</w:t>
+                <w:t xml:space="preserve">hal-01606143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of C-reactive protein and total sialic acid to detect malignancies in canine effusions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Canine CRP measurement in whole-blood and saliva: An alternative to serum quantification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.D. Parra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESVCP Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">16. ECVIM-CA Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01606143v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10300,51 +10300,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les &amp;quot;precision-cut liver slices&amp;quot; : un modèle ex-vivo d’analyse des mycotoxines estrogéniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Garofalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Corti Isgro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10925,103 +10925,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration of the spermatozoa functions involved in the infertility of broiler infertility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Thelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Congress on Animal Reproduction ICAR 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Bologna, Italy. 2020</w:t>
@@ -11050,77 +11050,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a new molecular phenotyping tool for mycotoxin toxicity screening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Banliat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Lahjouji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11175,90 +11175,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intact cell MALDI-TOF MS on sperm: A new molecular test for male fertility diagnosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Thelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Paula Teixeira-Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11374,51 +11374,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Paula Teixeira-Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1 Journées du GdR 3606 Repro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Rennes, France. 105 p., 2015, 1ères Journées Scientifiques du GdR Repro</w:t>
@@ -11441,234 +11441,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing in domestic birds reproduction technology trough-omics techniques</w:t>
+                <w:t xml:space="preserve">Phenotyping chicken male fertility by Intact Cell MALDI-TOF Mass Spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Thelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Labas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Grasseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Paula Teixeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AgreenSkills Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Toulouse, France. , 1 p., 2014</w:t>
+              <w:t xml:space="preserve">13. Human Proteome Organization World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Madrid, Spain. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02792232v1</w:t>
+                <w:t xml:space="preserve">hal-02793270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotyping chicken male fertility by Intact Cell MALDI-TOF Mass Spectrometry</w:t>
+                <w:t xml:space="preserve">Advancing in domestic birds reproduction technology trough-omics techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Blesbois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Human Proteome Organization World</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Madrid, Spain. 2014</w:t>
+              <w:t xml:space="preserve">AgreenSkills Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Toulouse, France. , 1 p., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02793270v1</w:t>
+                <w:t xml:space="preserve">hal-02792232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenotyping of reproductive cells in domestic birds through an-omics approach</w:t>
               </w:r>
@@ -11919,51 +11919,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic research in blood and derived fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Miller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12137,51 +12137,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Base de données protéomiques Top down en reproduction animale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12251,51 +12251,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phénotypage moléculaire par ICM-MS de la semence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Blesbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12780,51 +12780,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0022353C"/>
+    <w:nsid w:val="5C37A589"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13011,51 +13011,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laura-soler-vasco" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5605-0080" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720797v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Pierron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Balbo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Soler-Vasco" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinton" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Puel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25189790" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835843v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Al-Ayoubi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Rocher" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Naylies" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lippi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vignard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.125138" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04827655v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Alberge" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Mussard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lencina" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Marrauld" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2024.2430424" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04202803v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alonso-Jauregui" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaya Azqueta" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Mirey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.122276" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03751996v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Lara G&#252;tzkow" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Al Ayoubi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Rohn" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Maul" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2022.109241" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367020v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Neves" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.132415" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03702831v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Miller" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Terciolo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Hummel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina N&#246;bauer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-022-03318-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03788364v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Gallo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barilly" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Poli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2022.983031" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03720574v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Oules" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Person" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine S. Bruel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Bouville" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2022.113272" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367022v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Alves" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Brionne" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Jacques" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Gu&#233;rin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-98454-2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196066v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Payros" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Garofalo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Soler" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2021.02.001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03213124v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Vitorino Carvalho" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Th&#233;lie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grasseau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Cordeiro" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.655866" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03312478v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Budin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai-Yen Man" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara M A van Vugt-Lussenburg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2021.112258" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03498217v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Nagl" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Grenier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Ruczizka" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiliane Dippel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins13110790" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03012482v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Brea" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fleurot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Melo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chevaleyre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2020.02.016" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03134461v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Lahjouji" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurora Bertaccini" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle P. Oswald" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins12020113" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02860780v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Uzbekova" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Blesbois" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Druart" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Labas" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2020.02.037" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624213v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Alexandre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seva Juan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallar&#233;s Francisco Jos&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahjouji Tarek" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2020.103842" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128030v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bassols" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Pi&#241;eiro" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.587741" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626985v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2017.12.017" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409330v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Thelie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Paula Teixeira-Mechin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.M116.058289" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630224v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Paula Teixeira-Gomes" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2016.07.050" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605744v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebrahim Razzazi-Fazeli" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flemming Jessen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.201500529" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605747v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Hermes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o A. Niewold" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ajps.2016.711144" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353264v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Ceciliani" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Grilli" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia T. Marques" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Giudice" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2015.08.004" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605451v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carpentier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Niewold" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2015.07.006" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605754v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jani Mavromati" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Cash" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Restelli" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605746v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Els Willems" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tjing-Tjing Hu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Buyse" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Decuypere" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0094902" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604239v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o A Niewold" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jose Garrido" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1389203715666140221112956" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608066v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanne Ott" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.P.H. Moons" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Kashiha" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bahr" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rvsc.2014.06.002" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605745v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Khadem" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Everaert" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo A. Niewold" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114514001871" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605752v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mari&#224; Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Gemeiner" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2012.10.007" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9PZCPF34-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605749v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M&#252;llebner" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Cer&#243;n" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Duvigneau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2013.09.018" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-42K7Z735-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605751v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Molenaar" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ncola Merola" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eckersall" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2012.10.011" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XBWVBD7M-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605748v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Escribano" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;nez-Subiela Silvia" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; J. Cer&#243;n" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112002005" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605750v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rvsc.2012.06.008" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8QM2XVJT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601781v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Mart&#237;nez-Subiela" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1040638711416623" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601782v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tvjl.2011.02.016" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NHCQW5ND-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605753v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Luyten" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anneleen Stinckens" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Buys" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2011.02.019" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VQX0VXR2-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601824v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Jos&#233; Pallar&#233;s" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2009.06.013" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4Z5DZKCB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601172v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Tecles" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Gutierrez" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Fuentes" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/104063870802000615" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601171v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix H.D. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asta Tvarijonaviciute" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/104063870802000507" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116122v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Le Mo&#235;l" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Corti Isgro" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04827748v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Achard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905008v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Labat" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687954v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687936v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04687945v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Soler Vasco" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835992v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03720596v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03720586v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276115v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Govoroun" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fouch&#233;court" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine G&#233;rard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03163982v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367033v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03354731v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Banliat" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03354729v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791539v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736125v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ghadiri" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dellafiora" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dall'Asta" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nebbia" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741433v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741867v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801921v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Teixeira" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793238v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743142v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799967v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guillon" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Chevaleyre" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Barc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793999v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Guerin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605755v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605757v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Hulst" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan van Der Meulen" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mazzucchelli" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Smits" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605756v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796244v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605765v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin de Pauw" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605758v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605759v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603148v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisca Dilda" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Lecchi" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605763v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605760v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Roccabianca" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Santogostina" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605766v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606513v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607287v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. David Eckersall" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Merola" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606091v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606147v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fuentes" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mulero" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606148v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gutierrez" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606142v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606881v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Parra" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606143v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Papasouliotis" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Trumel" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116148v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357518v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358003v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679290v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Oul&#232;s" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bruel" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679235v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478459v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786316v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743540v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/354096.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2016.03.051" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739053v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792232v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793270v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799075v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605764v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Scarafoni" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.3920/978-90-8686-751-6_25" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947647v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601750v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/402954" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-792-9_10" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606433v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galland" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606488v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04840578v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687397v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Rocher" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Nayles" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04687471v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laura-soler-vasco" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5605-0080" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720797v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Pierron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Balbo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Soler-Vasco" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinton" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Puel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25189790" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835843v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Al-Ayoubi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Rocher" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Naylies" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lippi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vignard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.125138" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04827655v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Alberge" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Mussard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lencina" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Marrauld" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2024.2430424" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04202803v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alonso-Jauregui" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaya Azqueta" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Mirey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.122276" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367020v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Neves" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.132415" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03751996v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Lara G&#252;tzkow" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Al Ayoubi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Rohn" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Maul" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2022.109241" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03702831v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Miller" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Terciolo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Hummel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina N&#246;bauer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-022-03318-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03788364v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Gallo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barilly" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Poli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2022.983031" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03720574v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Oules" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Person" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine S. Bruel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Bouville" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2022.113272" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367022v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Alves" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Brionne" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Jacques" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Gu&#233;rin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-98454-2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03213124v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Vitorino Carvalho" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Soler" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Th&#233;lie" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grasseau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Cordeiro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.655866" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196066v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Payros" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Garofalo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2021.02.001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03498217v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Nagl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Grenier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Ruczizka" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiliane Dippel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins13110790" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03312478v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Budin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai-Yen Man" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara M A van Vugt-Lussenburg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2021.112258" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03134461v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Lahjouji" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurora Bertaccini" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle P. Oswald" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins12020113" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03012482v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Brea" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fleurot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Melo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chevaleyre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2020.02.016" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02860780v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Uzbekova" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Blesbois" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Druart" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Labas" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2020.02.037" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624213v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Alexandre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seva Juan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallar&#233;s Francisco Jos&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahjouji Tarek" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2020.103842" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128030v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bassols" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Pi&#241;eiro" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.587741" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626985v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2017.12.017" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409330v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Thelie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Paula Teixeira-Mechin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.M116.058289" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630224v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Paula Teixeira-Gomes" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2016.07.050" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605744v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebrahim Razzazi-Fazeli" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flemming Jessen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.201500529" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605747v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Hermes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o A. Niewold" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ajps.2016.711144" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353264v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Ceciliani" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Grilli" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia T. Marques" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Giudice" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2015.08.004" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605451v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carpentier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Niewold" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2015.07.006" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605745v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Khadem" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Everaert" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo A. Niewold" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114514001871" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605754v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jani Mavromati" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Cash" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Restelli" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605746v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Els Willems" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tjing-Tjing Hu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Buyse" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Decuypere" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0094902" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604239v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o A Niewold" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jose Garrido" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1389203715666140221112956" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608066v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanne Ott" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.P.H. Moons" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Kashiha" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bahr" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rvsc.2014.06.002" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605752v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mari&#224; Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Gemeiner" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2012.10.007" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9PZCPF34-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605749v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M&#252;llebner" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Cer&#243;n" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Duvigneau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2013.09.018" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-42K7Z735-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605751v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Molenaar" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ncola Merola" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eckersall" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2012.10.011" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XBWVBD7M-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605748v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Escribano" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;nez-Subiela Silvia" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; J. Cer&#243;n" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112002005" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605750v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rvsc.2012.06.008" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8QM2XVJT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601781v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Mart&#237;nez-Subiela" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1040638711416623" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601782v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tvjl.2011.02.016" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NHCQW5ND-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605753v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Luyten" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anneleen Stinckens" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Buys" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2011.02.019" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VQX0VXR2-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601824v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Jos&#233; Pallar&#233;s" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2009.06.013" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4Z5DZKCB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601172v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Tecles" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Gutierrez" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Fuentes" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/104063870802000615" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601171v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix H.D. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asta Tvarijonaviciute" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/104063870802000507" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116122v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Le Mo&#235;l" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Corti Isgro" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905008v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Labat" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04827748v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Achard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687954v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687936v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04687945v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Soler Vasco" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835992v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03720596v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03720586v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276115v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Govoroun" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fouch&#233;court" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine G&#233;rard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03163982v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03354731v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Banliat" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367033v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03354729v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791539v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736125v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ghadiri" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dellafiora" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dall'Asta" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nebbia" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741433v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741867v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793238v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Teixeira" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801921v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743142v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799967v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guillon" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Chevaleyre" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Barc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605757v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Hulst" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan van Der Meulen" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mazzucchelli" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Smits" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793999v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Guerin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605755v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605756v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796244v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605765v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin de Pauw" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605758v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605759v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603148v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisca Dilda" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Lecchi" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605763v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605766v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605760v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Roccabianca" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Santogostina" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606513v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607287v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. David Eckersall" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Merola" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606091v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606147v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fuentes" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mulero" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606148v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gutierrez" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606142v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606143v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Parra" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Papasouliotis" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Trumel" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606881v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116148v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357518v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358003v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679290v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Oul&#232;s" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bruel" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679235v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478459v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786316v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743540v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/354096.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2016.03.051" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739053v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793270v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792232v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799075v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605764v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Scarafoni" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.3920/978-90-8686-751-6_25" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947647v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601750v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/402954" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-792-9_10" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606433v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galland" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606488v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04840578v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687397v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Rocher" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Nayles" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04687471v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>