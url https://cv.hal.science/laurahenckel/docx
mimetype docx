--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -115,602 +115,602 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intensive management negatively impacts field margin ecosystem service indicators at both field and landscape levels</w:t>
+                <w:t xml:space="preserve">Assessing the non-target effects of herbicides on field margin plant communities after controlling for soil, climate, local context and landscape metrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Genty</w:t>
+                <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Guillemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isis Poinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Christine Meynard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Chayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 36 (1), pp.e70161. </w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 400, pp.110190. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/eap.70161⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2025.110190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05446068v1</w:t>
+                <w:t xml:space="preserve">hal-05446093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the non-target effects of herbicides on field margin plant communities after controlling for soil, climate, local context and landscape metrics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Intensive management negatively impacts field margin ecosystem service indicators at both field and landscape levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Meynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie‐charlotte Bopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isis Poinas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Meynard</w:t>
+                <w:t xml:space="preserve">Aurélien Chayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 400, pp.110190. </w:t>
+              <w:t xml:space="preserve">Ecological Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 36 (1), pp.e70161. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2025.110190⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/eap.70161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05446093v1</w:t>
+                <w:t xml:space="preserve">hal-05446068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Major field margin vegetation types in France and their relationships with climate, agricultural landscapes and management intensity</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Considering farming management at the landscape scale: descriptors and trends on biodiversity. A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Brusse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Tougeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Barbottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Botany Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/23818107.2023.2269243⟩</w:t>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 44 (3), pp.30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-024-00966-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04309328v1</w:t>
+                <w:t xml:space="preserve">hal-04571920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Considering farming management at the landscape scale: descriptors and trends on biodiversity. A review</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aude Barbottin</w:t>
+                <w:t xml:space="preserve">Major field margin vegetation types in France and their relationships with climate, agricultural landscapes and management intensity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Isis Poinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Dubois</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Audrey Alignier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 44 (3), pp.30. </w:t>
+              <w:t xml:space="preserve">Botany Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 171 (2), pp.235-252. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13593-024-00966-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/23818107.2023.2269243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04571920v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04309328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agricultural drivers of field margin plant communities are scale-dependent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isis Poinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine N. Meynard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -796,51 +796,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Hawes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Young</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -943,51 +943,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henna Fabritius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicklas Forsell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 59 (6), pp.1659-1669. </w:t>
@@ -1019,325 +1019,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03716577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Land-use history impacts functional diversity across multiple trophic groups</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Configurational crop heterogeneity increases within‐field plant diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Alignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaétane Le Provost</w:t>
+                <w:t xml:space="preserve">Xavier Solé‐senan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Badenhausser</w:t>
+                <w:t xml:space="preserve">Irene Robleño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Le Bagousse-Pinguet</w:t>
+                <w:t xml:space="preserve">Bàrbara Baraibar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Clough</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laura Henckel</w:t>
+                <w:t xml:space="preserve">Lenore Fahrig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 117 (3), pp.1573-1579. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 57 (4), pp.654-663. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1910023117⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1365-2664.13585⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02432192v1</w:t>
+                <w:t xml:space="preserve">hal-02518943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Configurational crop heterogeneity increases within‐field plant diversity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Land-use history impacts functional diversity across multiple trophic groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Solé‐senan</w:t>
+                <w:t xml:space="preserve">Gaétane Le Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Robleño</w:t>
+                <w:t xml:space="preserve">Isabelle Badenhausser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bàrbara Baraibar</w:t>
+                <w:t xml:space="preserve">Yoann Le Bagousse-Pinguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lenore Fahrig</w:t>
+                <w:t xml:space="preserve">Yann Clough</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 57 (4), pp.654-663. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117 (3), pp.1573-1579. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2664.13585⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1910023117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02518943v1</w:t>
+                <w:t xml:space="preserve">hal-02432192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the usefulness of citizen science data for habitat suitability modelling: Opportunistic reporting versus sampling based on a systematic protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ute Bradter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1417,321 +1417,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05446111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing crop heterogeneity enhances multitrophic diversity across agricultural regions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the relative importance of space and environment in farmland bird community assembly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Henckel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Meynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clélia Sirami</w:t>
+                <w:t xml:space="preserve">Vincent Devictor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Gross</w:t>
+                <w:t xml:space="preserve">Nicolas Mouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aliette Bosem Baillod</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1906419116⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14 (3), pp.e0213360. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0213360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02265052v1</w:t>
+                <w:t xml:space="preserve">hal-02143462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the relative importance of space and environment in farmland bird community assembly</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christine Meynard</w:t>
+                <w:t xml:space="preserve">Increasing crop heterogeneity enhances multitrophic diversity across agricultural regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clélia Sirami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Devictor</w:t>
+                <w:t xml:space="preserve">Aliette Bosem Baillod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Mouquet</w:t>
+                <w:t xml:space="preserve">Colette Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Romain Carrié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 14 (3), pp.e0213360. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 116 (33), pp.16442-16447. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0213360⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1906419116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02143462v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02265052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organic fields sustain weed metacommunity dynamics in farmland landscapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Borger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1739,51 +1739,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helmut Meiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Gaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 282 (1808), pp.20150002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1875,77 +1875,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Brusse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Marrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Barbottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Tougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFE² GfÖ EEF. Joint meeting, International Conference on Ecological Sciences. Ecology and Evolution: New perspectives and societal challenges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Metz, France</w:t>
@@ -1987,90 +1987,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Land use legacy on functional trait diversity across trophic levels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtane Le Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Le Bagousse-Pinguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Violle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Badenhausser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International EcoSummit 2016. Ecological Sustainability: Engineering Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Montpellier, France</w:t>
@@ -2125,51 +2125,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Serpantié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Toillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de l’Association de Science Régionale de Langue Française, ASRDLF, Clermont-Ferrand, 6-8 juillet 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2226,90 +2226,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local and Landscape Scale Effects of Heterogeneity in Shaping Bird Communities and Population Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gavin Siriwardena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Miguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Kleijn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2388,51 +2388,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de l’hétérogénéité des paysages agricoles (composition et configuration) et de l’intensification des pratiques culturales sur la structure des communautés écologiques (oiseaux et adventices) en systèmes intensifs tempérés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biodiversité et Ecologie. Université Monpellier 2, 2015. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2491,103 +2491,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farmland: un projet de recherché européens (ERA-Net) sur l’hétérogénéité des paysages agricoles, la biodiversité et les services écosystémiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Badenhausser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Gauffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Colloque des Zones Ateliers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Paris, France. 2013</w:t>
@@ -2785,51 +2785,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446068v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Genty" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meynard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;charlotte Bopp" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Henckel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chayre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.70161" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446093v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fried" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Guillemin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Poinas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.110190" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04309328v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2023.2269243" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04571920v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Brusse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Tougeron" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Barbottin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-024-00966-4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04254641v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine N. Meynard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2023.08.003" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095131v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Soul&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Hawes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Young" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Michel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2023.110289" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716577v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Moor" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannette Eggers" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henna Fabritius" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicklas Forsell" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14175" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432192v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tane Le Provost" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Badenhausser" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Bagousse-Pinguet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Clough" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1910023117" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02518943v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sol&#233;&#8208;senan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Roble&#241;o" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#224;rbara Baraibar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenore Fahrig" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13585" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446111v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ute Bradter" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari J&#246;nsson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Isaac" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tord Sn&#228;ll" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13128" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265052v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Sirami" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gross" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliette Bosem Baillod" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Bertrand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Carri&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1906419116" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143462v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Devictor" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mouquet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0213360" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199764v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Borger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Meiss" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2015.0002" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04084855v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Brusse" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Marrec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800251v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tane Le Provost" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Violle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875719v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Serpanti&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Toillier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134701v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin Siriwardena" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Miguet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kleijn" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-811050-8.00014-5" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01349643v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810138v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Gauffre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Guillon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446093v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Henckel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fried" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Guillemin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Poinas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meynard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.110190" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446068v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Genty" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;charlotte Bopp" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chayre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.70161" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04571920v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Brusse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Tougeron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Barbottin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-024-00966-4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04309328v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2023.2269243" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04254641v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine N. Meynard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2023.08.003" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095131v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Soul&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Hawes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Young" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Michel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2023.110289" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716577v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Moor" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannette Eggers" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henna Fabritius" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicklas Forsell" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14175" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02518943v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sol&#233;&#8208;senan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Roble&#241;o" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#224;rbara Baraibar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenore Fahrig" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13585" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432192v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tane Le Provost" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Badenhausser" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Bagousse-Pinguet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Clough" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1910023117" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446111v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ute Bradter" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari J&#246;nsson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Isaac" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tord Sn&#228;ll" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13128" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143462v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Devictor" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mouquet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0213360" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265052v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Sirami" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gross" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliette Bosem Baillod" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Bertrand" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Carri&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1906419116" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199764v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Borger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Meiss" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2015.0002" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04084855v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Brusse" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Marrec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800251v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tane Le Provost" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Violle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875719v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Serpanti&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Toillier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134701v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin Siriwardena" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Miguet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kleijn" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-811050-8.00014-5" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01349643v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810138v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Gauffre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Guillon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>