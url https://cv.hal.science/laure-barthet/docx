--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -111,417 +111,417 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toulouse. La ville rose à la lumière de l'archéologie</w:t>
+                <w:t xml:space="preserve">Construire au sommet : l'exemple de Montségur (Ariège)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Barthet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologia</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+              <w:t xml:space="preserve">Construire au sommet : Spécificités, fonctionnalités, imaginaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Viviane Delpech (ITAM-UPPA), Apr 2025, Pau (Université de Pau), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05128503v1</w:t>
+                <w:t xml:space="preserve">hal-05022659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Toulouse des rois wisigoths</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La découverte d'une épée médiévale en milieu fluvial à Hautot-sur-Seine (Seine-Maritime) : étude et problématique de restauration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Moitrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Barthet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claudine Jacquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dossiers d'Archéologie</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+              <w:t xml:space="preserve">Journées archéologiques de Normandie, Rouen, 30 septembre-1er octobre 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Direction régionale des affaires culturelles de Normandie; Service régional de l'archéologie de Normandie, Sep 2016, Rouen, France. p. 197-207, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.purh.17465⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04843279v1</w:t>
+                <w:t xml:space="preserve">hal-02467441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire au sommet : l'exemple de Montségur (Ariège)</w:t>
+                <w:t xml:space="preserve">Toulouse. La ville rose à la lumière de l'archéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Barthet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construire au sommet : Spécificités, fonctionnalités, imaginaires</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05022659v1</w:t>
+              <w:t xml:space="preserve">Archéologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 642, pp.34-47, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05128503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La découverte d'une épée médiévale en milieu fluvial à Hautot-sur-Seine (Seine-Maritime) : étude et problématique de restauration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patricia Moitrel</w:t>
+                <w:t xml:space="preserve">La Toulouse des rois wisigoths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Barthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laure Barthet</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Jacquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées archéologiques de Normandie, Rouen, 30 septembre-1er octobre 2016</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02467441v1</w:t>
+              <w:t xml:space="preserve">Dossiers d'Archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 398, pp.42-45, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -859,1636 +859,1636 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04947855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (4)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cathares. Toulouse dans la croisade</w:t>
+                <w:t xml:space="preserve">Faux châteaux &amp;quot;cathares&amp;quot;, vrais châteaux royaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Barthet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Musée Saint-Raymond, Les guides du MSR (5), 96 p., 2024, 978-2-909454-50-4</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+              <w:t xml:space="preserve">Laure Barthet; Laurent Macé. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Cathares". Toulouse dans la croisade. Catalogue de l'exposition au musée Saint-Raymond et au Couvent des Jacobins du 5 avril 2024 au 5 janvier 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, musée Saint-Raymond, In Fine, pp.400, 2024, 978-2-38203-173-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04843355v1</w:t>
+                <w:t xml:space="preserve">hal-04842868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cathares&amp;quot;. Toulouse dans la croisade</w:t>
+                <w:t xml:space="preserve">Réflexions sur l'équipement chevaleresque occitan au temps de la croisade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Barthet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laure Barthet; Laurent Macé. Musée Saint-Raymond; In Fine, 465 p., 2024, 978-2-38203-173-5</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+              <w:t xml:space="preserve">Laure Barthet; Laurent Macé. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Cathares". Toulouse dans la croisade. Catalogue de l'exposition au musée Saint-Raymond et au Couvent des Jacobins du 5 avril 2024 au 5 janvier 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, musée Saint-Raymond, In Fine, pp.130-132, 2024, 978-2-38203-173-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04835813v1</w:t>
+                <w:t xml:space="preserve">hal-04842850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wisigoths, rois de Toulouse</w:t>
+                <w:t xml:space="preserve">Petite chronologie de la croisade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Barthet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laure Barthet; Laurent Macé. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Cathares". Toulouse dans la croisade. Catalogue de l'exposition au musée Saint-Raymond et au Couvent des Jacobins du 5 avril 2024 au 5 janvier 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, musée Saint-Raymond, In Fine, pp.76-79, 2024, 978-2-38203-173-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04166361v1</w:t>
+                <w:t xml:space="preserve">hal-04842843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wisigoths. Rois de Toulouse. Textes de l'exposition présentée au Musée Saint-Raymond, musée d'Archéologie de Toulouse, du 27 février au 27 décembre 2020</w:t>
+                <w:t xml:space="preserve">Bas-relief dit &amp;quot;Pierre du siège</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Barthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laure Barthet; Laurent Macé. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Cathares". Toulouse dans la croisade. Catalogue de l'exposition au musée Saint-Raymond et au Couvent des Jacobins du 5 avril 2024 au 5 janvier 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, musée Saint-Raymond, In Fine, pp.256-257, 2024, 978-2-38203-173-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-04843335v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combattre à Montségur : étude archéologique du siège de 1243-1244</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Barthet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laure Barthet; Laurent Macé. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Cathares". Toulouse dans la croisade. Catalogue de l'exposition au musée Saint-Raymond et au Couvent des Jacobins du 5 avril 2024 au 5 janvier 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, musée Saint-Raymond, In Fine, pp.336-340, 2024, 978-2-38203-173-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le reliquaire de saint Éxupère : une commande en relation avec la croisade contre les Albigeois ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Barthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernand Peloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laure Barthet; Laurent Macé; Jean Catalo. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Cathares". Toulouse dans la croisade</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In fine; Musée Saint-Raymond, pp.364-366, 2024, 978-2-38203-173-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04549914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inexpugnables. Les fortifications de la ville de Toulouse.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Barthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Macé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Catalo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laure Barthet; Laurent Macé. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Cathares". Toulouse dans la croisade. Catalogue de l'exposition au musée Saint-Raymond et au Couvent des Jacobins du 5 avril 2024 au 5 janvier 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, musée Saint-Raymond, In Fine, pp.252-255, 2024, 978-2-38203-173-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rôle de l'archéologie dans la société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Agogué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Barthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théresia Duvernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Meylan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AIBL. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assises scientifiques de l’archéologie française, en France et à l’étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.177-193, 2024, 978-2-87754-720-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05023523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'expédition d'Avignonet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Barthet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laure Barthet; Laurent Macé. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Cathares". Toulouse dans la croisade. Catalogue de l'exposition au musée Saint-Raymond et au Couvent des Jacobins du 5 avril 2024 au 5 janvier 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, musée Saint-Raymond, In Fine, pp.333, 2024, 978-2-38203-173-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les épées d'époque carolingienne du musée Dobrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Barthet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les temps carolingiens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collections du musée Dobrée, Grand Patrimoine de Loire-Atlantique, pp.60-67 (article) ; 100-113 (notices), 2021, 979-10-95263-04-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843263v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montségur et la notion d'authenticité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Barthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Châteaux et cités fortifiés : les apports des nouvelles connaissances à la notion d'authenticité : colloque international organisé du 27 au 29 septembre 2018 à la Cité de Carcassonne (France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Loubatières, pp.118-129, 2021, 978-2-38203-173-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La culture de Wielbark</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Barthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Kazanski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée Saint-Raymond, Toulouse. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wisigoths, rois de Toulouse, catalogue de l'exposition du musée Saint-Raymond</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Musée Saint-Raymond, Toulouse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.29-33, 2020, 9782909454450</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842890v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crise et patrimoine monumental : l'exemple de Grand Patrimoine de Loire-Atlantique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Barthet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mylène Le Roux. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crise et patrimoine monumental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.167-180, 2015, Droit du patrimoine culturel et naturel, 9782343070162</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deux maquettes du Moyen Empire conservées au musée Dobrée de Nantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mainterot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Barthet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P. Mainterot, H. Jagot. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Du haut de ces pyramides.. : l'expédition d'Égypte et la naissance de l'égyptologie (1798-1850)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fage, 2013, 978-2-84975-315-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03259359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prise de la barbacane de Montségur (Ariège) en février 1244. Une introduction à l'archéologie de la poliorcétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Barthet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Artillerie et fortification : 1200-1600</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.41-48, 2011, 978-2-7535-1342-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (15)</w:t>
+        <w:t xml:space="preserve">Ouvrages (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combattre à Montségur : étude archéologique du siège de 1243-1244</w:t>
+                <w:t xml:space="preserve">Cathares&amp;quot;. Toulouse dans la croisade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Barthet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laure Barthet; Laurent Macé. </w:t>
-[...28 lines deleted...]
-                <w:t xml:space="preserve">hal-04842866v1</w:t>
+              <w:t xml:space="preserve">Laure Barthet; Laurent Macé. Musée Saint-Raymond; In Fine, 465 p., 2024, 978-2-38203-173-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04835813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bas-relief dit &amp;quot;Pierre du siège</w:t>
+                <w:t xml:space="preserve">Cathares. Toulouse dans la croisade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Barthet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-04842858v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée Saint-Raymond, Les guides du MSR (5), 96 p., 2024, 978-2-909454-50-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faux châteaux &amp;quot;cathares&amp;quot;, vrais châteaux royaux</w:t>
+                <w:t xml:space="preserve">Wisigoths, rois de Toulouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Barthet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">hal-04842868v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Boube</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée Saint-Raymond, musée d'Archéologie de Toulouse. 383 p., 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04166361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réflexions sur l'équipement chevaleresque occitan au temps de la croisade</w:t>
+                <w:t xml:space="preserve">Wisigoths. Rois de Toulouse. Textes de l'exposition présentée au Musée Saint-Raymond, musée d'Archéologie de Toulouse, du 27 février au 27 décembre 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Barthet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...144 lines deleted...]
-            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...780 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">musée Saint-Raymond, Les guides du MSR (3), 88 p., 2020, 978-2-909454-46-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-04843224v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2704,51 +2704,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B6DDD2E8"/>
+    <w:nsid w:val="8310CC31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2935,51 +2935,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laure-barthet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128503v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barthet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843279v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Jacquet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022659v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467441v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Moitrel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bell" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.17465" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128511v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Capus" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842768v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sabatier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pds.3186" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03640190v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fraysse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947855v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843355v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04835813v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166361v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Boube" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843335v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842866v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842858v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842868v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842850v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842843v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842856v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mac&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Catalo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04549914v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Peloux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05023523v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Agogu&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Dupuis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;resia Duvernay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Meylan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842863v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842821v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843263v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04842890v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kazanski" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saintraymond.toulouse.fr/shop/Wisigoths-rois-de-Toulouse_p405.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984320v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/crise-et-patrimoine-monumental/26534?srsltid=AfmBOopWquDMKQ1OuHBlWhcitx0x5EDwYUYSovj4RCMWwrEFo-7tZCkX" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03259359v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mainterot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843224v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843305v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Hurard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Leho&#235;rff" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Tzortzis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laure-barthet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022659v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barthet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467441v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Moitrel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.17465" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128503v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843279v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Jacquet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128511v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Capus" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842768v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sabatier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pds.3186" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03640190v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fraysse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947855v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842868v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842850v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842843v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842858v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842866v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04549914v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Peloux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842856v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mac&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Catalo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05023523v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Agogu&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Dupuis" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;resia Duvernay" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Meylan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842863v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843263v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842821v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04842890v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kazanski" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saintraymond.toulouse.fr/shop/Wisigoths-rois-de-Toulouse_p405.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984320v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/crise-et-patrimoine-monumental/26534?srsltid=AfmBOopWquDMKQ1OuHBlWhcitx0x5EDwYUYSovj4RCMWwrEFo-7tZCkX" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03259359v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mainterot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843224v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04835813v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843355v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166361v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Boube" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843335v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843305v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Hurard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Leho&#235;rff" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Tzortzis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>