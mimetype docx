--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -720,425 +720,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04343305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aminopolyols from Carbohydrates: Amination of Sugars and Sugar‐Derived Tetrahydrofurans with Transaminases</w:t>
+                <w:t xml:space="preserve">Metagenomic ene-reductases for the bioreduction of sterically challenging enones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabiana Subrizi</w:t>
+                <w:t xml:space="preserve">Dragana Dobrijevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Ward</w:t>
+                <w:t xml:space="preserve">Abil Aliev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tom Sheppard</w:t>
+                <w:t xml:space="preserve">Daniel Méndez-Sánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helen Hailes</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Natalie Dawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 58 (12), pp.3854-3858. </w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (63), pp.36608-36614. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.201813712⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C9RA06088J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04344477v1</w:t>
+                <w:t xml:space="preserve">hal-04344658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metagenomic ene-reductases for the bioreduction of sterically challenging enones</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Functionalised tetrahydrofuran fragments from carbohydrates or sugar beet pulp biomass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Benhamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragana Dobrijevic</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laure Benhamou</w:t>
+                <w:t xml:space="preserve">Robert Foster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abil Aliev</w:t>
+                <w:t xml:space="preserve">David Ward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Méndez-Sánchez</w:t>
+                <w:t xml:space="preserve">Katherine Wheelhouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalie Dawson</w:t>
+                <w:t xml:space="preserve">Lisa Sloan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (63), pp.36608-36614. </w:t>
+              <w:t xml:space="preserve">Green Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (8), pp.2035-2042. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C9RA06088J⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C9GC00448C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04344658v1</w:t>
+                <w:t xml:space="preserve">hal-04344494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionalised tetrahydrofuran fragments from carbohydrates or sugar beet pulp biomass</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aminopolyols from Carbohydrates: Amination of Sugars and Sugar‐Derived Tetrahydrofurans with Transaminases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabiana Subrizi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Ward</w:t>
+                <w:t xml:space="preserve">John Ward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katherine Wheelhouse</w:t>
+                <w:t xml:space="preserve">Tom Sheppard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Sloan</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Helen Hailes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Green Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 21 (8), pp.2035-2042. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (12), pp.3854-3858. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C9GC00448C⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.201813712⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04344494v1</w:t>
+                <w:t xml:space="preserve">hal-04344477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ring-Closing Synthesis of Dibenzothiophene Sulfonium Salts and Their Use as Leaving Groups for Aromatic 18 F-Fluorination</w:t>
               </w:r>
@@ -1565,64 +1565,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Walker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dejan-Krešimir Bučar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abil Aliev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Sheppard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 14 (34), pp.8039-8043. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1695,64 +1695,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Lanigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abil Aliev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Sheppard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 13 (34), pp.9050-9054. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1780,265 +1780,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04344211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irreversible endo ‐Selective Diels–Alder Reactions of Substituted Alkoxyfurans: A General Synthesis of endo ‐Cantharimides</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Palladium(II)-Catalysed Oxidation of Alkenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dejan‐krešimir Bučar</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sam Mann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Benhamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Sheppard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201406286⟩</w:t>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 47 (20), pp.3079-3117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0035-1560465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04344195v1</w:t>
+                <w:t xml:space="preserve">hal-04344272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palladium(II)-Catalysed Oxidation of Alkenes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sam Mann</w:t>
+                <w:t xml:space="preserve">Irreversible endo ‐Selective Diels–Alder Reactions of Substituted Alkoxyfurans: A General Synthesis of endo ‐Cantharimides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Foster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Benhamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Porter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Benhamou</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dejan‐krešimir Bučar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Hailes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 47 (20), pp.3079-3117. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 21 (16), pp.6107-6114. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-0035-1560465⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.201406286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04344272v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04344195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymmetric Synthesis of Secondary Alcohols and 1,2-Disubstituted Epoxides via Organocatalytic Sulfenylation</w:t>
               </w:r>
@@ -2050,51 +2050,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Rota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Sheppard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SYNLETT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 27 (01), pp.33-36. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2284,51 +2284,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Persis Dhankher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Sheppard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 20 (41), pp.13375-13381. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3167,51 +3167,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iron-catalysed Transfer Hydrogenation for the Oxidation of Unprotected Polyols derived from Biomass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Branquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3286,307 +3286,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05109838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combinations of transition metal catalysis and biocatalysis: easy access to high-value amines through a hybrid cascade.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Catalyse au fer pour l’oxydation des sucres non-protégés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Benhamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Branquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Vall Sidi Boune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uchchhal Bandyopadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lancien</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Comesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CBSO 2024 : 30e colloque du Club de Biocatalyse en Synthèse Organique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CBSO &amp; laboratoires BioEcoAgro et UCCS, Oct 2024, Saint-Valery-Sur-Somme, France</w:t>
+              <w:t xml:space="preserve">Session de printemps 2024 - GDR-DUMBIO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de Recherche CNRS-INRAE DUMBIO, Jun 2024, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04814915v1</w:t>
+                <w:t xml:space="preserve">hal-04808351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalyse au fer pour l’oxydation des sucres non-protégés</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combinations of transition metal catalysis and biocatalysis: easy access to high-value amines through a hybrid cascade.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lancien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Duflot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Monsinjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Comesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Session de printemps 2024 - GDR-DUMBIO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe de Recherche CNRS-INRAE DUMBIO, Jun 2024, Le Havre, France</w:t>
+              <w:t xml:space="preserve">CBSO 2024 : 30e colloque du Club de Biocatalyse en Synthèse Organique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CBSO &amp; laboratoires BioEcoAgro et UCCS, Oct 2024, Saint-Valery-Sur-Somme, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808351v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iron Catalysis for the Oxidation of Unprotected Sugars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Branquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3667,51 +3667,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iron Catalysis for the Oxidation of Unprotected Sugars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Branquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3792,51 +3792,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformations catalytiques de dérivés de la biomasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Branquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3917,51 +3917,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iron Catalysis for the Oxidation of Unprotected Sugars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Branquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4664,51 +4664,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="117E6CAF"/>
+    <w:nsid w:val="4A1D589A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4812,51 +4812,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="27F857D1"/>
+    <w:nsid w:val="6D7190F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5046,51 +5046,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laure-benhamou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0419-7739" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/156592029" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491802v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Branquet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Cuffel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Comesse" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Martel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Benhamou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5c01279" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04599910v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uchchhal Bandyopadhyay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lancien" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lhoste" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202400411" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04343305v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Vall Sidi Boune" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hucher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Taillier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dalla" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2GC02606F" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344477v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana Subrizi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ward" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Sheppard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Hailes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201813712" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344658v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragana Dobrijevic" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abil Aliev" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel M&#233;ndez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Dawson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9RA06088J" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344494v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Foster" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ward" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Wheelhouse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sloan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9GC00448C" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344457v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gendron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Sander" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Cybulska" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pak Kwan Brian Sin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b06730" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344430v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coomber" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dejan-Kre&#353;imir Bu&#269;ar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Smith" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Porter" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.7b02665" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344330v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Murray" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Bellany" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alethea Tabor" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5OB01892G" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344358v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Walker" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6OB01419D" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344211v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Gibson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Lanigan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5OB01398D" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344195v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dejan&#8208;kre&#353;imir Bu&#269;ar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201406286" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344272v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Mann" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Benhamou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1560465" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344303v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Rota" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1560769" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990940v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bastin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Lugan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lavigne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent C&#233;sar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt53089b" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344171v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Persis Dhankher" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201403940" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344150v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Besnard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Peter K&#252;ndig" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om4009982" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709046v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Chardon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bellemin-Laponnaz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cr100328e" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710100v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Vujkovic" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Gornitzka" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om1003607" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178363v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Wolf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Labande" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rinaldo Poli" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om900813p" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710191v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B907908D" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-8JKCM8SL-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02462875v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om7005003" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-P4JTP2M5-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05109838v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine El Ouafi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04814915v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Wang" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Duflot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Monsinjon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04808351v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04808905v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04808229v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04808971v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04807715v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809868v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809876v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04814876v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04814861v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laure-benhamou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0419-7739" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/156592029" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491802v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Branquet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Cuffel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Comesse" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Martel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Benhamou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5c01279" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04599910v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uchchhal Bandyopadhyay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lancien" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lhoste" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202400411" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04343305v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Vall Sidi Boune" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hucher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Taillier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dalla" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2GC02606F" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344658v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragana Dobrijevic" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abil Aliev" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel M&#233;ndez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Dawson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9RA06088J" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344494v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Foster" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ward" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Wheelhouse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sloan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9GC00448C" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344477v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana Subrizi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ward" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Sheppard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Hailes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201813712" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344457v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gendron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Sander" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Cybulska" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pak Kwan Brian Sin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b06730" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344430v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coomber" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dejan-Kre&#353;imir Bu&#269;ar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Smith" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Porter" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.7b02665" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344330v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Murray" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Bellany" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alethea Tabor" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5OB01892G" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344358v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Walker" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6OB01419D" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344211v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Gibson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Lanigan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5OB01398D" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344272v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Mann" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Benhamou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1560465" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344195v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dejan&#8208;kre&#353;imir Bu&#269;ar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201406286" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344303v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Rota" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1560769" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990940v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bastin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Lugan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lavigne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent C&#233;sar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt53089b" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344171v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Persis Dhankher" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201403940" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344150v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Besnard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Peter K&#252;ndig" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om4009982" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709046v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Chardon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bellemin-Laponnaz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cr100328e" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710100v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Vujkovic" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Gornitzka" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om1003607" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178363v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Wolf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Labande" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rinaldo Poli" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om900813p" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710191v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B907908D" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-8JKCM8SL-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02462875v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om7005003" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-P4JTP2M5-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05109838v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine El Ouafi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04808351v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04814915v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Wang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Duflot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Monsinjon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04808905v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04808229v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04808971v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04807715v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809868v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809876v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04814876v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04814861v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>